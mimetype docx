--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="91c0523" w14:textId="91c0523">
+    <w:p w14:paraId="829c731" w14:textId="829c731">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приозерск қаласының әлеуметтік көмек көрсетудің, оның мөлшерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қарағанды облысы Приозерск қалалық мәслихатының 2025 жылғы 20 мамырдағы № 28/216 шешімі. Қарағанды облысының Әділет департаментінде 2025 жылғы 21 мамырда № 6773-09 болып тіркелді</w:t>
+        <w:t>Қарағанды облысы Приозерск қалалық мәслихатының 2025 жылғы 20 мамырдағы № 28/216 шешімі. Қарағанды облысының Әділет департаментінде 2025 жылғы 21 мамырда № 6773-09 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2536,447 +2536,465 @@
         <w:t>
       10) 25 қазан – Қазақстан Республикасы күніне:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:bookmarkStart w:name="z99" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приозерск қаласының мектепке дейінгі ұйымдарда тәрбиеленетін және білім алатын балалары бар көпбалалы отбасылар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z100" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) 16 желтоқсан – Қазақстан Республикасының Тәуелсіздік күніне:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z101" w:id="95"/>
-[...15 lines deleted...]
-      жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18 жасқа дейінгі мүгедектігі бар балалар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z102" w:id="96"/>
-[...15 lines deleted...]
-      18 жасқа дейінгі мүгедектігі бар балалар;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) азаматқа (отбасына) не оның мүлкіне табиғи зілзала салдарынан залал келтіруі табиғи зілзала басталған күннен бастап алты айдан кешіктірілмей, адамның (отбасы мүшелерінің) табысына қарамастан жылына 1 рет беріледі, әлеуметтік көмектің мөлшері 100 (жүз) айлық есептік көрсеткішті құрайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z103" w:id="97"/>
-[...15 lines deleted...]
-      12) азаматқа (отбасына) не оның мүлкіне табиғи зілзала салдарынан залал келтіруі табиғи зілзала басталған күннен бастап алты айдан кешіктірілмей, адамның (отбасы мүшелерінің) табысына қарамастан жылына 1 рет беріледі, әлеуметтік көмектің мөлшері 100 (жүз) айлық есептік көрсеткішті құрайды;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) азаматқа (отбасына) не оның мүлкіне өрт салдарынан залал келтіруі өрт басталған күннен бастап алты айдан кешіктірілмей, адамның (отбасы мүшелерінің) табысына қарамастан жылына 1 рет беріледі, әлеуметтік көмектің мөлшері 100 (жүз) айлық есептік көрсеткішті құрайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z104" w:id="98"/>
-[...15 lines deleted...]
-      13) азаматқа (отбасына) не оның мүлкіне өрт салдарынан залал келтіруі өрт басталған күннен бастап алты айдан кешіктірілмей, адамның (отбасы мүшелерінің) табысына қарамастан жылына 1 рет беріледі, әлеуметтік көмектің мөлшері 100 (жүз) айлық есептік көрсеткішті құрайды;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) әлеуметтік маңызы бар аурудың болуы, адамның (отбасы мүшелерінің) табысына қарамастан жылына 1 рет беріледі, әлеуметтік көмектің мөлшері 30 (отыз) айлық есептік көрсеткішті құрайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z105" w:id="99"/>
-[...15 lines deleted...]
-      14) әлеуметтік маңызы бар аурудың болуы, адамның (отбасы мүшелерінің) табысына қарамастан жылына 1 рет беріледі, әлеуметтік көмектің мөлшері 30 (отыз) айлық есептік көрсеткішті құрайды;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) тиісті қаржы жылына Қазақстан Республикасының заңнамасында белгіленген ең төменгі күнкөріс деңгейіне 0,8 еселенген қатынаста шектен аспайтын жан басына шаққандағы орташа табыстың болуы, 15 (он бес) айлық есептік көрсеткіш мөлшерінде жылына 1 рет беріледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z106" w:id="100"/>
-[...15 lines deleted...]
-      15) тиісті қаржы жылына Қазақстан Республикасының заңнамасында белгіленген ең төменгі күнкөріс деңгейіне 0,8 еселенген қатынаста шектен аспайтын жан басына шаққандағы орташа табыстың болуы, 15 (он бес) айлық есептік көрсеткіш мөлшерінде жылына 1 рет беріледі;</w:t>
+    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) жетім болуы, ата-ана қамқорлығының болмауы, жылына 1 рет беріледі, әлеуметтік көмектің мөлшері 30 (отыз) айлық есептік көрсеткішті құрайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z107" w:id="101"/>
-[...15 lines deleted...]
-      16) жетім болуы, ата-ана қамқорлығының болмауы адамның (отбасы мүшелерінің) жан басына шаққандағы орташа табысы ескеріле отырып, жылына 1 рет беріледі, әлеуметтік көмектің мөлшері 15 (он бес) айлық есептік көрсеткішті құрайды;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) жасының егде тартуына байланысты өзіне-өзі күтім жасай алмайтын адамның (отбасы мүшелерінің) жан басына шаққандағы орташа табысы ескеріле отырып, жылына 1 рет беріледі, әлеуметтік көмектің мөлшері 15 (он бес) айлық есептік көрсеткішті құрайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z108" w:id="102"/>
-[...15 lines deleted...]
-      17) жасының егде тартуына байланысты өзіне-өзі күтім жасай алмайтын адамның (отбасы мүшелерінің) жан басына шаққандағы орташа табысы ескеріле отырып, жылына 1 рет беріледі, әлеуметтік көмектің мөлшері 15 (он бес) айлық есептік көрсеткішті құрайды;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) бас бостандығынан айыру орындарынан босатылған, пробация қызметінің есебінде тұрған күннен бастап алты айдан кешіктірілмей, адамның (отбасы мүшелерінің) табысына қарамастан жылына 1 рет беріледі, әлеуметтік көмектің мөлшері 20 (жиырма) айлық есептік көрсеткішті құрайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z109" w:id="103"/>
-[...15 lines deleted...]
-      18) бас бостандығынан айыру орындарынан босатылған, пробация қызметінің есебінде тұрған күннен бастап алты айдан кешіктірілмей, адамның (отбасы мүшелерінің) табысына қарамастан жылына 1 рет беріледі, әлеуметтік көмектің мөлшері 20 (жиырма) айлық есептік көрсеткішті құрайды;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) азаматтың (отбасының) жан басына шаққандағы орташа табысы Қазақстан Республикасының заңнамасында тиісті қаржы жылына белгіленген ең төменгі күнкөріс деңгейінің 1,5 (бір жарым) еселенген мөлшерінен аспайтын, жергілікті (пешпен) жылытылатын жеке тұрғын үйлерде тұратын, оның жеке меншік иесі (жалдаушылары) немесе меншік иесінің (жалдаушының) отбасы мүшелері болып табылатын, оларда және отбасы мүшелерінде басқа тұрғын үй болмаған жағдайда жасы бойынша зейнеткерлер, бірінші топтағы мүгедектігі бар адамдар, мүгедектігі бар балалары бар немесе оларды тәрбиелеп отырған отбасылар, кәмелетке толғанға дейiн ата-аналарынан айырылған жиырма тоғыз жасқа толмаған жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар үшін, қатты отынды (көмір) сатып алуға бір реттік әлеуметтік көмек жылыту маусымына 16 (он алты) айлық есептік көрсеткіш мөлшерінде, жылына 1 рет көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z110" w:id="104"/>
-[...15 lines deleted...]
-      19) азаматтың (отбасының) жан басына шаққандағы орташа табысы Қазақстан Республикасының заңнамасында тиісті қаржы жылына белгіленген ең төменгі күнкөріс деңгейінің 1,5 (бір жарым) еселенген мөлшерінен аспайтын, жергілікті (пешпен) жылытылатын жеке тұрғын үйлерде тұратын, оның жеке меншік иесі (жалдаушылары) немесе меншік иесінің (жалдаушының) отбасы мүшелері болып табылатын, оларда және отбасы мүшелерінде басқа тұрғын үй болмаған жағдайда жасы бойынша зейнеткерлер, бірінші топтағы мүгедектігі бар адамдар, мүгедектігі бар балалары бар немесе оларды тәрбиелеп отырған отбасылар, кәмелетке толғанға дейiн ата-аналарынан айырылған жиырма тоғыз жасқа толмаған жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар үшін, қатты отынды (көмір) сатып алуға бір реттік әлеуметтік көмек жылыту маусымына 16 (он алты) айлық есептік көрсеткіш мөлшерінде, жылына 1 рет көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отынды сатып алуға өтемақы алуға құқығы бар бiрнеше адам бiр жеке меншiк тұрғын үйде тұрған жағдайда, өтемақы тек бiреуiне ғана берiледi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z111" w:id="105"/>
-[...15 lines deleted...]
-      Отынды сатып алуға өтемақы алуға құқығы бар бiрнеше адам бiр жеке меншiк тұрғын үйде тұрған жағдайда, өтемақы тек бiреуiне ғана берiледi;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Ауғанстандағы жауынгерлік іс-қимылдарға қатысқан ардагерлерді жерлеуге қайтыс болғаннан кейін үш ай ішінде оның отбасына не жерлеуді жүзеге асырған адамның (отбасы мүшелерінің) табысына қарамастан бір рет 150 (жүз елу) мың теңге мөлшерінде беріледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z112" w:id="106"/>
-[...15 lines deleted...]
-      20) Ауғанстандағы жауынгерлік іс-қимылдарға қатысқан ардагерлерді жерлеуге қайтыс болғаннан кейін үш ай ішінде оның отбасына не жерлеуді жүзеге асырған адамның (отбасы мүшелерінің) табысына қарамастан бір рет 150 (жүз елу) мың теңге мөлшерінде беріледі;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Ұлы Отан соғысының ардагерлеріне, басқа мемлекеттердiң аумағындағы ұрыс қимылдарының ардагерлеріне, басқа мемлекеттердiң аумағындағы ұрыс қимылдарының ардагерлеріне, жеңілдіктер бойынша Ұлы Отан соғысының ардагерлеріне теңестірілген ардагерлерге, еңбек ардагерлеріне табыстарын есепке алмай, жылына 1 рет, 14 күннен аспайтын санаторий-курорттық емдеуге растайтын құжаттар (орындалған жұмыстар актісі, шот-фактура және фискалдық төлем чегі) негізінде мүгедектігі бар адамдар үшін белгіленген санаторий-курорттық емдеудің кепілдендірілген сомасынан аспайтын жұмсалған шығындарды өтеуге әлеуметтік көмек көрсетіледі. Санаторлық-курорттық емделуге жеке абилитация және оңалту бағдарламасы әзірленген мүгедектігі бар ардагерлерге санаторлық-курорттық емделуге әлеуметтік көмек төленбейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z113" w:id="107"/>
-[...15 lines deleted...]
-      21) Ұлы Отан соғысының ардагерлеріне, басқа мемлекеттердiң аумағындағы ұрыс қимылдарының ардагерлеріне, басқа мемлекеттердiң аумағындағы ұрыс қимылдарының ардагерлеріне, жеңілдіктер бойынша Ұлы Отан соғысының ардагерлеріне теңестірілген ардагерлерге, еңбек ардагерлеріне табыстарын есепке алмай, жылына 1 рет, 14 күннен аспайтын санаторий-курорттық емдеуге растайтын құжаттар (орындалған жұмыстар актісі, шот-фактура және фискалдық төлем чегі) негізінде мүгедектігі бар адамдар үшін белгіленген санаторий-курорттық емдеудің кепілдендірілген сомасынан аспайтын жұмсалған шығындарды өтеуге әлеуметтік көмек көрсетіледі. Санаторлық-курорттық емделуге жеке абилитация және оңалту бағдарламасы әзірленген мүгедектігі бар ардагерлерге санаторлық-курорттық емделуге әлеуметтік көмек төленбейді;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) коммуналдық қызметтерге ақы төлеуге және отын сатып алуға біржолғы әлеуметтік көмек көрсету:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z114" w:id="108"/>
-[...15 lines deleted...]
-      22) коммуналдық қызметтерге ақы төлеуге және отын сатып алуға біржолғы әлеуметтік көмек көрсету:</w:t>
+    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басқа мемлекеттердiң аумағындағы ұрыс қимылдарының ардагерлеріне;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z115" w:id="109"/>
-[...15 lines deleted...]
-      басқа мемлекеттердiң аумағындағы ұрыс қимылдарының ардагерлеріне;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1986-1987 жылдары Чернобыль атом электр станциясындағы апаттың салдарын жоюға қатысқан адамдарға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z116" w:id="110"/>
-[...15 lines deleted...]
-      1986-1987 жылдары Чернобыль атом электр станциясындағы апаттың салдарын жоюға қатысқан адамдарға;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1988-1989 жылдардағы Чернобыль атом электр станциясындағы апаттың зардаптарын жоюға қатысушылардың, қоныс аудару күнінде құрсақта болған балаларды қоса алғанда, оқшаулау және көшіру аймағынан қоныс аударылғандардың (өз еркімен кеткендердің) және Қазақстан Республикасына қоныстанғандардың қатарындағы адамдарға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z117" w:id="111"/>
-[...15 lines deleted...]
-      1988-1989 жылдардағы Чернобыль атом электр станциясындағы апаттың зардаптарын жоюға қатысушылардың, қоныс аудару күнінде құрсақта болған балаларды қоса алғанда, оқшаулау және көшіру аймағынан қоныс аударылғандардың (өз еркімен кеткендердің) және Қазақстан Республикасына қоныстанғандардың қатарындағы адамдарға;</w:t>
+    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектілердегі басқа да радиациялық апаттар мен авариялардың, ядролық сынақтардың салдарынан мүгедектік белгіленген адамдарға және мүгедектігі ата-анасының бірінің радиациялық сәуле алуымен генетикалық байланысты олардың балаларына.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z118" w:id="112"/>
-[...15 lines deleted...]
-      Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектілердегі басқа да радиациялық апаттар мен авариялардың, ядролық сынақтардың салдарынан мүгедектік белгіленген адамдарға және мүгедектігі ата-анасының бірінің радиациялық сәуле алуымен генетикалық байланысты олардың балаларына.</w:t>
+    <w:bookmarkStart w:name="z119" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік көмек мөлшері 12 (он екі) айлық есептік көрсеткіш мөлшерінде, Мемлекеттік корпорациясы филиалы жылына бір рет қазан айында жылыту маусымында ұсынған тізімдер бойынша азаматтардан өтініштер талап етілмей, кірістер есепке алынбай, біржолғы әлеуметтік көмек көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z119" w:id="113"/>
-[...15 lines deleted...]
-      Әлеуметтік көмек мөлшері 12 (он екі) айлық есептік көрсеткіш мөлшерінде, Мемлекеттік корпорациясы филиалы жылына бір рет қазан айында жылыту маусымында ұсынған тізімдер бойынша азаматтардан өтініштер талап етілмей, кірістер есепке алынбай, біржолғы әлеуметтік көмек көрсетіледі;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22-1) әлеуметтік маңызы бар, адамның иммунитет тапшылығы вирусын тасымалдаушы және адамның иммунитет тапшылығы вирусынан пайда болған ауруы болған кезде, балаларға, азаматтың (отбасының) табысына қарамастан, әлеуметтік көмек он сегіз жасқа дейінгі баланың заңды өкіліне Қазақстан Республикасының заңнамасында тиісті қаржы жылына белгіленген ең төменгі күнкөріс деңгейінің 2,0 (екі) еселенген мөлшерінде, ай сайын көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
     <w:bookmarkStart w:name="z120" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) кірісті есепке алмай төленетін әлеуметтік көмек санаторий-курорттық емделуге мүгедектігі бар адамды абилитациялау мен оңалтудың жеке бағдарламасы бар бірінші топтағы мүгедектерге (жұмыс берушінің кінәсінен еңбек жарақатын немесе кәсіптік ауруға шалдыққан мүгедектігі бар адамдарды қоспағанда) оларды алып жүретін адамды санаторий-курорттық емдеу шығындарын өтеу үшін, мүгедектігі бар адамдар үшін халықты әлеуметтік қорғау саласындағы уәкілетті орган айқындайтын санаторий-курорттық емдеудің кепілдік берілген құнының жетпіс пайызынан аспайтын мөлшерінде жылына бір рет беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:bookmarkStart w:name="z121" w:id="115"/>
     <w:p>
@@ -3196,50 +3214,112 @@
         <w:t>
       Әлеуметтік көмек көрсету және (немесе) адамның (отбасының) материалдық-тұрмыстық жағдайын зерттеп-қарау үшін жоғарыда көрсетілген негіздер бойынша көмек түрлерінің тізбесін жергілікті өкілді органдар бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
     <w:bookmarkStart w:name="z132" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Арнайы комиссиялар әлеуметтік көмек көрсету қажеттігі туралы қорытынды шығарған кезде жергілікті өкілді органдар бекіткен азаматтарды мұқтаждар санатына жатқызу негіздерінің тізбесін басшылыққа алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгерістер енгізілді - Қарағанды облысы Приозерск қалалық мәслихатының 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 37/278</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z133" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Әрбір жекелеген жағдайда көрсетілетін әлеуметтік көмек мөлшерін арнайы комиссия айқындайды, ол оны әлеуметтік көмек көрсету қажеттігі туралы қорытындыда көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:bookmarkStart w:name="z134" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4863,31 +4943,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>