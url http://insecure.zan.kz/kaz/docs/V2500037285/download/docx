--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ca932c5" w14:textId="ca932c5">
+    <w:p w14:paraId="7b1ed05" w14:textId="7b1ed05">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,147 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдығы мен қозғалысы туралы, сондай-ақ сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтер мен міндеттемелер туралы декларацияны ұсыну жөніндегі міндет туындаған, жеке тұлғаға берілген кредиттер туралы мәліметтердің нысандарын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 2 ақпандағы № 119 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қаржы министрінің м.а. 2025 жылғы 30 қазандағы № 648 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 31 қазанда № 37285 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Қаржы министрінің м.а. 2025 жылғы 30 қазандағы № 648 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 31 қазанда № 37285 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 698</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>