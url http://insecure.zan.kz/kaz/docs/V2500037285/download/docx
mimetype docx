--- v1 (2025-12-22)
+++ v2 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7b1ed05" w14:textId="7b1ed05">
+    <w:p w14:paraId="f04d9da" w14:textId="f04d9da">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,144 +85,154 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдығы мен қозғалысы туралы, сондай-ақ сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтер мен міндеттемелер туралы декларацияны ұсыну жөніндегі міндет туындаған, жеке тұлғаға берілген кредиттер туралы мәліметтердің нысандарын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 2 ақпандағы № 119 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Қазақстан Республикасы Қаржы министрінің м.а. 2025 жылғы 30 қазандағы № 648 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 31 қазанда № 37285 болып тіркелді.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Қаржы министрінің м.а. 2025 жылғы 30 қазандағы № 648 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 31 қазанда № 37285 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 12 қарашадағы № 698 бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 698</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 12.11.2025 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9272,63 +9284,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9650,35 +9684,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>