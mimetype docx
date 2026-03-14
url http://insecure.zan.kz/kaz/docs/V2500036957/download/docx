--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4e50d2c" w14:textId="4e50d2c">
+    <w:p w14:paraId="b1011f5" w14:textId="b1011f5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жекеше нотариустардың нотариаттық әрекеттер жасағаны және өзге де көрсетілетін қызметтері үшiн, сондай-ақ нотариат куәландырған құжаттардың көшiрмелерiн (телнұсқаларын) бергенi және консультация беруді жүзеге асырғаны үшiн мөлшерлемелер мөлшерін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Әділет министрінің 2025 жылғы 27 қыркүйектегі № 533 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 29 қыркүйекте № 36957 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Әділет министрінің 2025 жылғы 27 қыркүйектегі № 533 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 29 қыркүйекте № 36957 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -896,51 +896,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жекеше нотариустардың нотариаттық әрекеттер жасағаны және өзге де көрсетілетін қызметтері үшiн, сондай-ақ нотариат куәландырған құжаттардың көшiрмелерiн (телнұсқаларын) бергенi және консультация беруді жүзеге асырғаны үшiн мөлшерлемелер мөлшері мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) қалалық жерлердегi жылжымайтын мүлiктi (жер учаскелерiн, тұрғынжайларды, саяжайларды, гараждарды, құрылыстар мен өзге де жылжымайтын мүлiктi) иелiктен шығару туралы шарттарды куәландырғаны үшiн:</w:t>
+      1) қалалық жерлерде орналасқан жылжымайтын мүлiктi (жер учаскелерiн, тұрғынжайларды, саяжайларды, гараждарды, құрылыстар мен өзге де жылжымайтын мүлiктi) иелiктен шығару туралы шарттарды куәландырғаны үшiн:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       егер тараптардың бірі заңды тұлға болып табылса – 17 айлық есептік көрсеткіш (бұдан әрі – АЕК);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
@@ -1040,67 +1040,85 @@
         <w:t>
       балаларына, жұбайына, ата-анасына, туған аға-iнiлерi және апа-қарындастары мен сiңлiлерiне, немерелерiне – 7 АЕК;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқа да адамдарға – 12 АЕК;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      егер мәмiле ипотекалық тұрғын үй қарызы бойынша алынған қаражат есебiнен жылжымайтын мүлiктi сатып алу мақсатында жасалатын болса – 4 АЕК;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) ауылдық жерлердегi жылжымайтын мүлiктi (жер учаскелерiн, тұрғынжайларды, саяжайларды, гараждарды, құрылыстар мен өзге де жылжымайтын мүлiктi) иелiктен шығару туралы шарттарды куәландырғаны үшiн:</w:t>
+      2) ауылдық жерлерде орналасқан жылжымайтын мүлiктi (жер учаскелерiн, тұрғынжайларды, саяжайларды, гараждарды, құрылыстар мен өзге де жылжымайтын мүлiктi) иелiктен шығару туралы шарттарды куәландырғаны үшiн:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       егер тараптардың бірі заңды тұлға болып табылса – 3 АЕК;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
@@ -1396,51 +1414,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) мұрагерлік мүлiктi қорғау жөнiнде шаралар қолданғаны үшiн – 8 АЕК;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) автомобиль көлiгiн, тракторларды және олардың базасында жасалған өздiгiнен жүретiн шассилер мен механизмдердi, монтаждалған арнаулы жабдығы бар тiркемелердi қоса алғанда, олардың тiркемелерiн, өздiгiнен жүретiн ауылшаруашылық, мелиорациялық және жол-құрылыс машиналары мен механизмдерiн, жүрiп өту мүмкiндiгi жоғары арнайы машиналарды сату құқығынсыз пайдалану және басқару құқығына сенiмхаттарды куәландырғаны үшiн – 4 АЕК;</w:t>
+      13) автомобиль көлiгiн, тракторларды және олардың базасында жасалған өздiгiнен жүретiн шассилер мен механизмдердi, монтаждалған арнаулы жабдығы бар тiркемелердi қоса алғанда, олардың тiркемелерiн, өздiгiнен жүретiн ауылшаруашылық, мелиорациялық және жол-құрылыс машиналары мен механизмдерiн, жүрiп өту мүмкiндiгi жоғары арнайы машиналарды сату құқығынсыз пайдалану және басқару құқығына сенiмхаттарды куәландырғаны үшiн – 2 АЕК;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) мүлікті пайдалану және иелік ету құқығына сенімхаттарды куәландырған кезде – 2,5 АЕК;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
@@ -1900,50 +1918,126 @@
         <w:t>
       жеке тұлғалар үшін – өндіріп алынатын соманың немесе талап етілетін өзге жылжымалы мүліктің нарықтық құнының 0,2 пайызы, бірақ 1 АЕК-тен кем емес және 50 АЕК-тен артық емес;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z69" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды тұлғалар үшін – өндіріп алынатын соманың немесе талап етілетін өзге жылжымалы мүліктің нарықтық құнының 1 пайызы, бірақ 1,5 АЕК-тен кем емес және 100 АЕК-тен артық емес;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бұл ретте Заңның 92-1-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) тармақшасында көзделген талап бойынша атқарушылық жазба жасау үшін – 0,5 АЕК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заңның 92-1-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) және 7) тармақшаларында көзделген талаптар бойынша атқарушылық жазба жасау үшін ақы төлеудің төменгі шегі 1 АЕК құрайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z70" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) құжаттарды және бағалы қағаздарды сақтаған кезде – әр айға 0,6 АЕК;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z71" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1995,109 +2089,271 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) Қазақстан Республикасының өзге де заңдарында көзделген басқа нотариаттық іс-әрекеттер жасаған кезде – 7,2 АЕК;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkStart w:name="z74" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      31) консультация беруді жүзеге асырған кезде – 1 АЕК мөлшерлемелерінде белгіленеді. </w:t>
+        <w:t>
+      31) консультация беруді жүзеге асырған кезде – 1 АЕК мөлшерлемелерінде белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді – ҚР Әділет министрінің м.а. 26.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 195</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Өндіріп алушының нотариусқа атқарушылық жазба жасағаны үшін төлеген төлемі, сондай-ақ осыған байланысты өндіріп алушы көтерген шығыстар борышкерге жатқызылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атқарушылық жазбаның күші жойылған кезде, нотариусқа оны жасағаны үшін төленген сома қайтарылуға жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-бөлім 2-1-тармақпен толықтырылды – ҚР Әділет министрінің м.а. 26.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 195</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>