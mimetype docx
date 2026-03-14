--- v0 (2025-11-18)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9903883" w14:textId="9903883">
+    <w:p w14:paraId="561dcdc" w14:textId="561dcdc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Балық ресурстары мен басқа да су жануарларын пайдаланғаны үшін төлемақы мөлшерлемелерін және Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасын бұзудан келтірілген зиянды өтеу мөлшерін айқындау, сондай-ақ шаруашылық қызмет салдарынан балық ресурстары мен басқа да су жануарларына келтірілетін және келтірілген, оның ішінде болмай қоймайтын зиянның орнын толтыру мөлшерін есептеу әдістемесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2025 жылғы 23 қыркүйектегі № 320 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 24 қыркүйекте № 36928 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2025 жылғы 23 қыркүйектегі № 320 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 24 қыркүйекте № 36928 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2615,50 +2615,1382 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес зиянды өтеу мөлшерінің бір килограмм үшін құны, айлық есептік көрсеткіштермен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:bookmarkStart w:name="z94" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       y – қолайсыз әсер ету кезеңі (жыл)* (у=1 (1 жыл = 1), көп реттік (тұрақты) у кезінде – қолайсыз әсер ету жылдарының санына сәйкес келеді).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z115" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Балық ресурстарына және басқа да су жануарларына мыналардың салдарынан келтірілген залалдың мөлшерін есептеу жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      балық ресурстарын және басқа да су жануарларын заңсыз алу және (немесе) балық ресурстарын және басқа да су жануарларын абайсызда жою;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      балық ресурстарын (сүбе ет) және олардың дериваттарын, сондай-ақ басқа да су жануарларын заңсыз сатып алу, сақтау, өткізу, әкелу, әкету, жөнелту, тасымалдау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      балық ресурстары мен басқа да су жануарларының мекендеу ортасын бұзу немесе жою, егер мұндай бұзушылықтың нәтижесінде балық ресурстары мен басқа да су жануарлары объектілері мекендеу аумағын (акваторияны) біржола (немесе уақытша) тастап кетсе, балықтар мен басқа да су жануарлары қырылса, балықтар мен басқа да су жануарларының саны азайса, олардың популяциясының өнімділігі төмендесе, сондай-ақ жекелеген дарақтардың көбею функциясы нашарласа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Әдістеме 14-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Балық ресурстарына және басқа да су жануарларына келтірілген залалдың мөлшерін есептеу мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z117" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) балық ресурстарын және басқа да су жануарларын заңсыз алу немесе балық ресурстарын және басқа да су жануарларын абайсызда жою салдарынан келтірілген залал мөлшерін есептеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z118" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) балық ресурстарын және олардың дериваттарын, сондай-ақ басқа да су жануарларын заңсыз сатып алу, сақтау, өткізу, әкелу, әкету, жөнелту, тасымалдау салдарынан келтірілген залал мөлшерін есептеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z119" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) балық ресурстары және басқа да су жануарларының бірнеше түрін заңсыз алу немесе балық ресурстары және басқа да су жануарларының бірнеше түрін абайсызда жою салдарынан келтірілген жиынтық залал мөлшерін есептеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z120" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) балық ресурстарын және олардың дериваттарын, сондай-ақ басқа да су жануарларын заңсыз сатып алу, сақтау, өткізу, әкелу, әкету, жөнелту, тасымалдау салдарынан келтірілген жиынтық залал мөлшерін есептеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z121" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) балық ресурстары мен басқа да су жануарларының мекендеу ортасын бұзу немесе жою кезінде келтірілген залал мөлшерін есептеу, егер мұндай бұзушылықтың нәтижесінде балық ресурстары мен басқа да су жануарлары объектілері мекендеу аумағын (акваторияны) біржола (немесе уақытша) тастап кетсе, бұл олардың қырылуына, санының азаюына, популяция өнімділігінің төмендеуіне, сондай-ақ жекелеген дарақтардың көбею функциясының нашарлауына әкелсе (бұдан әрі – залал мөлшерін есептеу);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z122" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) балықты және балық өнімдерін (сүбе ет) заңсыз сатып алу, сақтау, өткізу, әкелу, әкету, жөнелту, тасымалдау салдарынан келтірілген залал мөлшерін есептеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Әдістеме 15-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Балық ресурстары мен басқа да су жануарларын заңсыз алу немесе балық ресурстары мен басқа да су жануарларын абайсызда жою салдарынан келтірілген залалдың мөлшері мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      У = Т x К x Ко х Кн х Кк х Кв х N,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      У – айлық есептік көрсеткішпен (бұдан әрі – АЕК) айқындалатын, балық ресурстары мен басқа да су жануарларын заңсыз алу немесе балық ресурстары мен басқа да су жануарларын абайсызда жою салдарынан келтірілген зиян мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Т – осы Әдістемеге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әрбір дарақ/килограмм үшін АЕКмен айқындалатын залалды өтеудің белгіленген мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К, Ко, Кн, Кк, Кв – осы Әдістемеге 7-қосымшада көрсетілген қайта есептеу коэффициенттерінің мәндері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N – балық ресурстары мен басқа да су жануарлары объектілерінің нақты түрі дарақтарының/килограмының саны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Әдістеме 16-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Балық ресурстарын және олардың дериваттарын, сондай-ақ басқа да су жануарларын заңсыз сатып алу, сақтау, өткізу, әкелу, әкету, жөнелту, тасымалдау салдарынан келтірілген залалдың мөлшері мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      У = Т x Кд x N, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      У – балық ресурстарын және олардың дериваттарын, сондай-ақ басқа су жануарларын заңсыз сатып алу, сақтау, өткізу, әкелу, әкету, жөнелту, тасымалдау салдарынан келтірілген залалдың мөлшері (АЕК);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Т – осы Әдістемеге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әрбір дарақ/килограмм үшін АЕК-мен айқындалатын, белгіленген залалды өтеу мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кд – осы Әдістемеге 7-қосымшада көрсетілген қайта есептеу коэффициентінің мәні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N – балық ресурстары мен олардың дериваттарының, сондай-ақ басқа су жануарларының саны (килограмм / дана).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Әдістеме 17-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Балық ресурстары мен басқа су жануарларының бірнеше түрін заңсыз алу немесе балық ресурстары мен басқа су жануарларының бірнеше түрін абайсызда жою нәтижесінде келтірілген жиынтық залалдың мөлшері балық ресурстары мен басқа су жануарлары объектілерінің әр түрінің барлық дарақтары/килограмдарына қатысты залалдардың қосындысы ретінде мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ус = (Т1 x К1 x Ко x Кн x Кк x Кв x N1) + (Т2 x К2 x Ко x Кн x Кк x Кв x N2), мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ус – барлық балық ресурстары мен басқа су жануарлары объектілерінің әр түрінің барлық дарақтарын заңсыз алу немесе барлық балық ресурстары мен басқа су жануарлары объектілерінің әр түрінің барлық дарақтарын абайсызда жою нәтижесінде келтірілген жиынтық залалдың мөлшері (АЕК);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Т1, Т2 – осы Әдістемеге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес балық ресурстары мен басқа су жануарларының нақты түрінің әрбір дарағы/килограмы үшін белгіленген залалды өтеу мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К1, К2 – осы Әдістемеге 7-қосымшада көрсетілген нақты түрдегі балық ресурстары мен басқа су жануарларының әрбір нақты түріне арналған қайта есептеу коэффициенттерінің мәндері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ко, Кн, Кк, Кв – осы Әдістемеге 7-қосымшада көрсетілген қайта есептеу коэффициенттерінің мәндері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N1, N2 – балық ресурстары мен басқа су жануарларының нақты түрі дарақтарының/килограмының саны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Әдістеме 18-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Балық ресурстары мен олардың дериваттарын, сондай-ақ басқа су жануарларын заңсыз сатып алу, сақтау, өткізу, әкелу, әкету, жөнелту, тасымалдау салдарынан келтірілген жиынтық залал мөлшері балық ресурстары мен басқа су жануарлары объектілерінің әрбір түріне қатысты келтірілген залалдардың қосындысы ретінде мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Усд = (Т1 x Кд x Ко x N1) + (Т2 x Кд x Ко x N2), мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Усд – балық ресурстары мен басқа су жануарлары объектілерінің әрбір түрінің балық ресурстары мен олардың дериваттарын заңсыз сатып алу, сақтау, өткізу, әкелу, әкету, жөнелту, тасымалдау салдарынан келтірілген жиынтық залалдың мөлшері (АЕК);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Т1, Т2 – осы Әдістемеге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес балық ресурстары мен басқа су жануарлары нақты түрінің әрбір дарағы/килограмы үшін белгіленген залалды өтеу мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кд – осы Әдістемеге 7-қосымшада көрсетілген балық ресурстары мен басқа су жануарларының әрбір нақты түрі үшін қайта есептеу коэффициентінің мәні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ко – ерекше қорғалатын табиғи аумақтағы қайта есептеу коэффициентінің мәні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N1, N2 – балық ресурстары мен басқа су жануарларының нақты түрінің балық ресурстары мен олардың дериваттарының саны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Әдістеме 19-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z127" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Балықты және балық өнімдерін (филе) заңсыз сатып алу, сақтау, өткізу, әкелу, әкету, жөнелту, тасымалдау нәтижесінде келтірілген зиян мөлшері мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      У = Т x Кд x N, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      У – балықты және балық өнімдерін (сүбе ет) заңсыз сатып алу, сақтау, өткізу, әкелу, әкету, жөнелту, тасымалдау салдарынан келтірілген залалдың мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т – әрбір дарақ немесе килограмм үшін (балық пен олардың өнімдеріне қатысты) АЕК-мен айқындалатын, келтірілген белгіленген залалды өтеу мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кд – осы Әдістемеге 7-қосымшада көрсетілген қайта есептеу коэффициентінің мәні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N – балықтың, олардың уылдырығының және басқа балық өнімдері түрлерінің салмағы (килограмм).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Әдістеме 20-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2705,431 +4037,533 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Балық ресурстары мен басқа да</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>су жануарларын пайдаланғаны</w:t>
+              <w:t>су жануарларын пайдаланғаны үшін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>үшін төлемақы</w:t>
+              <w:t>төлемақы мөлшерлемелерін және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мөлшерлемелерін және</w:t>
+              <w:t>Қазақстан Республикасының жануарлар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>дүниесін қорғау, өсімін молайту және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жануарлар дүниесін қорғау,</w:t>
+              <w:t>пайдалану саласындағы заңнамасын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>өсімін молайту және пайдалану</w:t>
+              <w:t>бұзудан келтірілген зиянды өтеу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағы заңнамасын</w:t>
+              <w:t>мөлшерін айқындау,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бұзудан келтірілген зиянды өтеу</w:t>
+              <w:t>сондай-ақ шаруашылық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мөлшерін айқындау, сондай-ақ</w:t>
+              <w:t>қызмет салдарынан балық ресурстары</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шаруашылық қызмет</w:t>
+              <w:t>мен басқа да су жануарларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>салдарынан балық ресурстары</w:t>
+              <w:t>келтірілетін және келтірілген,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен басқа да су жануарларына</w:t>
+              <w:t>оның ішінде болмай қоймайтын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>келтірілетін және келтірілген,</w:t>
+              <w:t>зиянның орнын толтыру мөлшерін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оның ішінде болмай қоймайтын</w:t>
-[...29 lines deleted...]
-            </w:r>
+              <w:t>есептеу әдістемесіне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасын бұзудан келтірілген зиянды өтеу мөлшері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z97" w:id="90"/>
-[...34 lines deleted...]
-№</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балық ресурстары және басқа да су жануарларының атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балық ресурстары және басқа да су жануарларының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Зиянды өтеу мөлшері, айлық есептік көрсеткішпен (әрбір дарағы/әрбір килограмы үшін/ұясы үшін)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Зиянды өтеу мөлшері, айлық есептік көрсеткішпен (әрбір дарағы/әрбір килограмы үшін/ұясы үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4179,51 +5613,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табан, торта, қаракөз, тұрпа, майбалық, көкбас, қызылкөз қабыршықты және тақыр, аққайран, алтын және күміс мөңкелер, әдеттегi және Балқаш (Балқаш-Іле таралымынан басқа) алабұғасы, оңғақ, әдеттегi және талас тарғақбалығы, қызылқанат, балпан, білеу балық, айнакөз балық, көкше, қылыш балық, буффало, кәдімгі шармай (бір килограмм үшін)</w:t>
+Табан, торта, қаракөз, тұрпа, тұрпан, майбалық, қызылкөз қабыршақты және қабыршақсыз көкбас, аққайран, алтын және күміс мөңкелер, кәдімгі және Балқаш (Балқаш-Іле таралымынан басқа) алабұғасы, оңғақ, кәдімгі және талас тарғақбалығы, қызылқанат, балпан, білеу балық, айнакөз балық, көкше, қылыш балық, буффало, кәдімгі шармай (бір килограмм үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4786,190 +6220,212 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z98" w:id="91"/>
+    <w:bookmarkStart w:name="z128" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпелер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Қазақстан Республикасы Қызыл кітабына енгізілген сирек кездесетiн және құрып кету қаупi төнген балық ресурстары және басқа да су жануарлары, сондай-ақ ғылыми мақсаттарда пайдаланудан басқа, пайдалануға тыйым салынған түрлер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z100" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әрбір заңсыз жойылған (бүлдірілген) балық ресурстары және басқа да жануарлардың мекен ететін ұясы, іні, апаны, уылдырық шашатын орны және басқа да баспаналары үшін келтірілген нұқсан он айлық есептік көрсеткіш мөлшерінде өндіріп алынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z101" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Дериваттар тізбесін бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 16 ақпандағы № 18-03/105 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10482 болып тіркелген) (бұдан әрі – дериваттар тізбесі) бекітілген дериваттар тізбесінің Жануарлар туындысы 3-бөлімнің 1, 2, 6 және 8-жолдарына сәйкес заңсыз ауланған немесе сатып алынған әрбір дериват үшін, оның ішінде әрбір 100 грамм уылдырық үшін тиісті жануар түрінің ересек дарағы (аталығы немесе аналығы) үшін зиянды өтеу мөлшерінің 100 пайызы (айлық есептік көрсеткішпен) өтеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z102" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқа су жануарлар түрлері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z103" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңсыз ауланған немесе сатып алынған әрбір дериват үшін дериваттар тізбесінінің Жануарлар туындысы 3-бөлімнің 1, 3, 4 және 9-жолдарына сәйкес тиісті жануар түрінің ересек дарағы (аталығы немесе аналығы) үшін зиянды өтеу мөлшерінің 50 пайызы (айлық есептік көрсеткішпен) өтеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5230,68 +6686,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мөлшерін есептеу әдістемесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:bookmarkStart w:name="z105" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Каспийдегі балықтардың негізгі кәсіпшілік түрлері мен итбалықтың биологиялық сипаттамалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11006,70 +12462,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="98"/>
+    <w:bookmarkStart w:name="z106" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: * күшіктеу саны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11330,68 +12786,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мөлшерін есептеу әдістемесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z108" w:id="99"/>
+    <w:bookmarkStart w:name="z108" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Каспийдегі азықтық организмдердің үлестік биомассасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12588,68 +14044,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мөлшерін есептеу әдістемесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z110" w:id="100"/>
+    <w:bookmarkStart w:name="z110" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Каспий теңізі үшін қолдануға ұсынылған балықтардың өнімінің өндірілу және азықтық базасының коэффициенттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -13528,68 +14984,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мөлшерін есептеу әдістемесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z112" w:id="101"/>
+    <w:bookmarkStart w:name="z112" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кәсіпшілік қайтарымның коэффициенттері (пайызбен)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -35963,68 +37419,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мөлшерін есептеу әдістемесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z114" w:id="102"/>
+    <w:bookmarkStart w:name="z114" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Каспийдегі ауланымдарда балықтардың кездесуі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -41730,50 +43186,1355 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балық ресурстары мен басқа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>да су жануарларын пайдаланғаны</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үшін төлемақы мөлшерлемелерін және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының жануарлар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дүниесін қорғау, өсімін молайту және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пайдалану саласындағы заңнамасын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұзудан келтірілген</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зиянды өтеу мөлшерін айқындау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сондай-ақ шаруашылық қызмет</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салдарынан балық ресурстары</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен басқа да су жануарларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>келтірілетін және келтірілген,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оның ішінде болмай қоймайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зиянның орнын толтыру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мөлшерін есептеу әдістемесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z130" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қайта есептеу коэффициенттерінің мәні</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Әдістеме 7-қосымшамен толықтырылды - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балық ресурстары мен басқа да су жануарлары объектілеріне зиян келуіне себеп болған жағдайлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коэффициенттер мәні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық ресурстары мен басқа да су жануарлары объектілерін қасақана жою, оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балық ресурстары мен басқа да су жануарлары объектілерін заңсыз алу (арнайы қорғалатын табиғи аумақтарды қоспағанда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент "К" 1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+республикалық және жергілікті маңызы бар арнайы қорғалатын табиғи аумақтардағы балық ресурстары мен басқа да су жануарлары объектілерін заңсыз алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент "Ко" 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық ресурстары мен басқа да су жануарлары объектілерін абайсызда жою</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент "Кн"1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Қазақстан Республикасының Қызыл кітабын бекіту туралы (I том. Жануарлар. 2-бөлім. Омыртқасыз жануарлар)" Қазақстан Республикасы Үкіметінің 2004 жылғы 4 маусымдағы № 622 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаулысымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген Қазақстан Республикасының Қызыл кітабына енгізілген балық ресурстары мен басқа да су жануарларын немесе аулауға тыйым салынған балық ресурстары мен басқа да су жануарларын жою, сондай-ақ уылдырық шашу кезеңінде уылдырық шашатын орындарда және өзге де учаскелерде балық аулау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент "Кк" 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық және балық өнімдерін (сүбе ет), сондай-ақ балық ресурстары және басқа да су жануарларының дериваттарын заңсыз сатып алу, сақтау, өткізу, әкелу, әкету, жөнелту, тасымалдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент "Кд" 1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Шаруашылық қызметті жүзеге асыру барысында балық ресурстары мен басқа да су жануарлары объектілерінің қасақана немесе салғырттық салдарынан жойылуы (өлімі) себеп болған әрекеттер (әрекетсіздіктер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент "Кв" 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -41805,55 +44566,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>