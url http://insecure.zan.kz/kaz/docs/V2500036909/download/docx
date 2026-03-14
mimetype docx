--- v0 (2025-11-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4e68b0b" w14:textId="4e68b0b">
+    <w:p w14:paraId="4ba4a22" w14:textId="4ba4a22">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1815,304 +1815,190 @@
         <w:t xml:space="preserve">
       5) Аумақтық бөлімшемен биологиялық негіздемені келіскен күннен бастап бір ай ішінде Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тармағына сәйкес аквашаруашылық саласындағы уәкілетті орган бекіткен үлгілік нысанға сәйкес аквашаруашылық субъектілерін дамыту жоспарын бекітуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:p>
-[...133 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) табиғи ресурстарды пайдаланғаны үшін Қазақстан Республикасының салық заңнамасында көзделген төлемақыны енгізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) биологиялық негіздемеде көзделген аквашаруашылық объектілерін көбейтуге және (немесе) ұстауға, өсіруге байланысты қызметті жүзеге асыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) аквашаруашылықты су биологиялық ресурстарына және оларды қоршаған ортаға зиян келтіруге жол бермейтін тәсілдермен және әдістермен жүргізуді қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) аквашаруашылық саласындағы уәкілетті органға әкімшілік деректерді мемлекеттік статистика саласындағы уәкілетті органмен келісу бойынша бекітілген аквашаруашылық саласындағы әкімшілік деректерді жинауға арналған нысандарға сәйкес ұсынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) қарсы міндеттемелерді орындау бойынша ақпарат беруге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) су объектілерінде аквашаруашылық объектілерінің бөгде немесе генетикалық түрлендірілген түрлерін интродукциялауға жол бермеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) ветеринариялық (ветеринариялық-санитариялық) талаптарды, сондай-ақ халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы қағидалар мен талаптарды сақтауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2203,110 +2089,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       13) Заңның 6-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес аквашаруашылық саласындағы уәкілетті орган бекітетін аквашаруашылықтың ақпараттық жүйесін жүргізу қағидаларына сәйкес аквашаруашылықтың ақпараттық жүйесінде тіркелуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның I және II қосымшаларына түрлері енгізілген жануарларды жасанды жолмен өсіру жөніндегі қызметті жүзеге асыруды бастағаны немесе тоқтатқаны туралы хабарламаны Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасына сәйкес жіберуге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) Қазақстан Республикасының экологиялық заңнамасының талаптарын сақтауға, сондай-ақ қоршаған ортаны қорғау жөніндегі шараларға жәрдемдесуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) Қазақстан Республикасының су заңнамасына сәйкес ортақ пайдаланудағы жерүсті су объектілерін пайдалануды шектеуге жол бермеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2377,877 +2263,939 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17) осы Шартты және аквашаруашылық субъектісін дамыту жоспарын орындауға, сондай-ақ осы Шарттың және аквашаруашылық саласындағы уәкілетті орган бекіткен нысан бойынша аквашаруашылық субъектісін дамыту жоспары талаптарының орындалуы туралы ақпаратты беруге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) заңды тұлғаны біріктіру, қосу немесе қайта құру нысанында қайта ұйымдастыру жағдайларын қоспағанда, осы Шарт бойынша үшінші тұлғаларға құқықтар мен міндеттемелерді тапсыруға және (немесе) беруге және (немесе) мұндай құқықтар мен міндеттемелердің мұрагерлік бойынша әмбебап құқықтық мирасқорлық тәртібімен үшінші тұлғаға ауысуына жол бермеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z80" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19) аквашаруашылық объектілерінің заңсыз аулануына жол бермеу мақсатында балық шаруашылығы су айдындарын және (немесе) учаскелерін күзетуді қамтамасыз етуге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) Аумақтық бөлімшеге Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасына сәйкес бақылау үшін аулауды жүзеге асыру құқығын беруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасына сәйкес аншлагтар орнатуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z83" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) Қазақстан Республикасының су және экология заңнамасында, халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы нормативтік құқықтық актілерде және Қазақстан Республикасының өзге де заңнамасында белгіленген талаптарға сәйкес балық шаруашылығы су айдындарының және (немесе) учаскелерінің жағалауларын пайдаланылатын жерлерде оларды күтіп-ұстауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) осы Шарт мерзімінен бұрын бұзылған немесе оның мерзімі өткен жағдайда, аквашаруашылық үшін тұрғызылған ғимараттарды, құрылыстар мен өзге де құрылысжайларды, конструкцияларды қисынды мерзімде демонтаждауды, бұзып тастауды жүзеге асыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z85" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) меншік құқығы нәтижесінде жануарлардың мекендеу ортасының экологиялық нашарлауына жол бермеуге, өндірістік процестерді жүзеге асыру кезінде табиғатты қорғау технологиясын қолдануға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z86" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) жануарлар дүниесін қорғау, өсімін молайту және пайдалану мәселелері жөніндегі іс-шараларды жүзеге асыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z87" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) аурулардың алдын алу және олармен күрес жөніндегі кешенді іс-шараларды жүзеге асыруға, жануарлар дүниесін қорғау, өсімін молайту және пайдалану, ветеринария саласындағы уәкілетті мемлекеттік органдарға, балық шаруашылығы саласындағы уәкілетті органға және халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік органға жануарлардың анықталған аурулары туралы, олардың мекендеу ортасы жай-күйінің нашарланғаны туралы, жануарлардың жойылу қауіпі туындаған және олар өлген жағдайда дереу хабардар етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z88" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) Қазақстан Республикасының заңнамасына сәйкес өзге де міндеттерді жүзеге асыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z89" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Ауыл шаруашылығы министрінің 22.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аумақтық бөлімше құзыреті шегінде Қазақстан Республикасының аквашаруашылық саласындағы заңнамасына сәйкес Аквашаруашылық субъектісінің осы Шартқа және аквашаруашылық субъектісін дамыту жоспарына өзгерістер енгізу бойынша ұсыныстарын қарастыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z90" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Тараптардың жауапкершілігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z91" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Тараптар осы Шартқа және Қазақстан Республикасының заңнамалық актілеріне сәйкес Осы Шарттың талаптарының толық немесе дұрыс орындалуына жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z92" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Еңсерілмейтін күштің мән-жайлары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z93" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Егер Шарттың қандай да бір міндеттемелерін орындамау немесе тиісінше орындамау еңсерілмейтін күштің мән-жайларынан туындаса, онда Тараптардың ешқайсысы оны орындамағаны немесе тиісінше орындамағаны үшін жауапты болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z94" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тараптар болжай алмайтын және осы Шарттың орындалуына тікелей әсер еткен төтенше және алдын алуға болмайтын мән-жайлар, оның ішінде дүлей құбылыстар, әскери іс-қимылдар, төтенше жағдай және өзге де осындай мән-жайлар еңсерілмейтін күштің мән-жайлары болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z95" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мұндай жағдайларға, атап айтқанда, нарықта орындау үшін қажетті тауарлардың, жұмыстардың немесе қызметтердің болмауы жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z96" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Еңсерілмейтін күштің мән-жайлары туындаған жағдайда, олардан зардап шеккен Тарап бұл туралы еңсерілмейтін күштің мән-жайларының туындаған күні мен сипаттамасы көрсетілген жазбаша хабарлама жіберу арқылы екінші Тарапты дереу хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z97" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Еңсерілмейтін күштің мән-жайлары туындаған кезде Тараптар қалыптасқан жағдайдың шешімін табу үшін дереу келіссөздер жүргізеді және осындай жағдайлардың салдарын барынша азайту үшін барлық құралдарды пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z98" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Еңсерілмейтін күштің мән-жайлары тиісті құзыретті мемлекеттік органдар мен ұйымдардың құжаттарымен расталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z99" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Шартты мерзімінен бұрын бұзу талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z100" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Осы Шарттың қолданысы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z101" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аквашаруашылықты жүргізуден ерікті түрде жазбаша бас тартылғанда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z102" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Аквашаруашылық субъектісінің қызметі тоқтатылғанда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z103" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы Шарттың талаптары және (немесе) Қазақстан Республикасының аквашаруашылық саласындағы заңнамасының талаптары күнтізбелік екі жыл ішінде үш рет және (немесе) одан да көп бұзылғанда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z104" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы Шарттың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 2), 3), 4), 5) және 6) тармақшаларында көзделген міндеттемелер орындалмағанда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z105" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мемлекет мұқтажы үшін жер учаскесі мәжбүрлеп иеліктен шығарылғанда мерзімінен бұрын бұзылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z106" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Аквашаруашылық субъектісі қызметі тоқтатылған жағдайда күнтізбелік он күн ішінде жазбаша хабарлама жіберу арқылы Аумақтық бөлімшеге қызметін тоқтатқаны туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z107" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Дауларды қарау талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z108" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z108" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Осы Шарттың талаптарын орындау кезінде туындауы мүмкін Тараптар арасындағы барлық даулар келіссөздер жолымен шешіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z109" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Келіссөздер жолымен реттелмеген даулар сот тәртібімен шешіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z110" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тарау. Шарттың ерекше талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z111" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Осы Шарт мемлекеттік және орыс тілдерінде бірдей заңды күші бар екі данада жасалды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z112" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Осы Шартқа енгізілетін барлық өзгерістер мен толықтырулар жазбаша нысанда жасалса және екі Тараптың уәкілетті өкілдері қол қойса, онда олар заңды күшке ие және оның ажырамас бөлігі болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z113" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Осы Шартқа сәйкес бір Тарап екінші Тарапқа жіберетін кез келген хабарлама тапсырылғаны туралы хабарламамен не электрондық цифрлық қолтаңба арқылы қол қойылған электрондық құжат арқылы не тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып, тапсырысты почта жөнелтілімі нысанында жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z114" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-тарау. Шарттың қолданылу мерзімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z115" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Осы Шарт қол қойылған сәттен бастап күшiне енедi және су айдындарын және (немесе) учаскелерін паспорттау негізінде анықталған____ жыл мерзiмге (он жылдан қырық тоғыз жылға дейін) жасалынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z116" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z116" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10-тарау. Тараптардың заңды мекенжайлары, деректемелері және қолтаңбалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z117" w:id="107"/>
+          <w:bookmarkStart w:name="z117" w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аумақтық бөлімше</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="107"/>
+          <w:bookmarkEnd w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3552,70 +3500,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z128" w:id="108"/>
+          <w:bookmarkStart w:name="z128" w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аквашаруашылық субъектісі</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="108"/>
+          <w:bookmarkEnd w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3943,55 +3891,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>