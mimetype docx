--- v0 (2025-10-01)
+++ v1 (2026-01-02)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="932965b" w14:textId="932965b">
+    <w:p w14:paraId="87d5490" w14:textId="87d5490">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,147 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының "Мемлекеттік әкімшілік лауазымға орналасудың кейбір мәселелері туралы" 2017 жылғы 21 ақпандағы № 40 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі Төрағасының 2025 жылғы 16 қыркүйектегі № 159 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 17 қыркүйекте № 36859 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі Төрағасының 2025 жылғы 16 қыркүйектегі № 159 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 17 қыркүйекте № 36859 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Мемлекеттік қызмет істері агенттігі Төрағасының 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -1124,80 +1220,196 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарын қайтадан бұзуға жол берген үміткерлерді тестілеуге қайта тестілеуден өткен күннен бастап алты айдан кем емес мерзімнен кейін жол беріледі.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      61-тармақ мынадай редакцияда жазылсын:</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>44</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>46-тармақтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алынып тасталсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>61-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z32" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "61. Бос немесе уақытша бос төменгі лауазымға орналасуға арналған конкурстарды қоспағанда, конкурс бірқатар жүйелі кезеңдерді қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z33" w:id="22"/>
     <w:p>
       <w:pPr>
@@ -1440,62 +1652,100 @@
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z45" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) конкурс қорытындысын шығару.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      68-тармақтың 4) тармақшасы мынадай редакцияда жазылсын:</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>68-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z47" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4) Бос лауазымға өтінімдерді қабылдау (жауап беру) мерзімі жалпы конкурс өткізу туралы хабарландыру жарияланған күннен кейін үш күнтізбелік күнін құрайды;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z48" w:id="36"/>
     <w:p>
       <w:pPr>
@@ -1678,1604 +1928,1750 @@
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z57" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) конкурс қорытындыларына шағымдану тәртібі туралы ақпарат.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      105-тармақ мынадай редакцияда жазылсын:</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>105-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z59" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "105. Өзге де санаттағы лауазымдарда эссе жазу кезеңі, төменгі лауазымдарды қоспағанда, мемлекеттік органның қалауы бойынша жүргізілуі мүмкін.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z60" w:id="47"/>
-[...15 lines deleted...]
-      109-тармақ мынадай редакцияда жазылсын:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>109-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "109. Эссе жазуды үміткер жүйеде онлайн режимде тәуліктің кез келген ыңғайлы уақытында, жүйемен айқындалатын кестеге сәйкес жүргізеді және мемлекеттік немесе орыс тілінде екі жүз елу сөзден аспайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z61" w:id="48"/>
-[...15 lines deleted...]
-      "109. Эссе жазуды үміткер жүйеде онлайн режимде тәуліктің кез келген ыңғайлы уақытында, жүйемен айқындалатын кестеге сәйкес жүргізеді және мемлекеттік немесе орыс тілінде екі жүз елу сөзден аспайды.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дипломатиялық лауазымға үміткерлер үшін әңгімелесу Қазақстан Республикасының дипломатиялық қызметі туралы заңнамаға сәйкес шет тілінде өткізілуі мүмкін.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z62" w:id="49"/>
-[...15 lines deleted...]
-      Дипломатиялық лауазымға үміткерлер үшін әңгімелесу Қазақстан Республикасының дипломатиялық қызметі туралы заңнамаға сәйкес шет тілінде өткізілуі мүмкін.";</w:t>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 118-1-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z63" w:id="50"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы 118-1-тармақпен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "118-1. Төменгі лауазымдарға орналасуға арналған конкурстар бойынша әңгімелесу жүргізілмейді.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z64" w:id="51"/>
-[...15 lines deleted...]
-      "118-1. Төменгі лауазымдарға орналасуға арналған конкурстар бойынша әңгімелесу жүргізілмейді.";</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>126-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "126. Конкурстық комиссияның мүшелері үміткермен байланыс орнатуға және орналасуға, ашықтықты, ойды анық, қисынды түрде білдіру қабілетін анықтауға, сондай-ақ жеке құзыреттері тұрғысынан жалпы сипаттағы сұрақтар қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z65" w:id="52"/>
-[...15 lines deleted...]
-      126-тармақ мынадай редакцияда жазылсын:</w:t>
+    <w:bookmarkStart w:name="z67" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дипломатиялық лауазымға үміткерлер үшін эссе жазу Қазақстан Республикасының дипломатиялық қызметі туралы заңнамаға сәйкес шет тілінде өткізілуі мүмкін.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z66" w:id="53"/>
-[...15 lines deleted...]
-      "126. Конкурстық комиссияның мүшелері үміткермен байланыс орнатуға және орналасуға, ашықтықты, ойды анық, қисынды түрде білдіру қабілетін анықтауға, сондай-ақ жеке құзыреттері тұрғысынан жалпы сипаттағы сұрақтар қояды.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 6-1-параграфпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z67" w:id="54"/>
-[...15 lines deleted...]
-      Дипломатиялық лауазымға үміткерлер үшін эссе жазу Қазақстан Республикасының дипломатиялық қызметі туралы заңнамаға сәйкес шет тілінде өткізілуі мүмкін.";</w:t>
+    <w:bookmarkStart w:name="z69" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6-1-параграф. Мемлекеттік органда практикалық бағалау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z68" w:id="55"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы 6-1-параграфпен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z70" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129-1. Практикалық бағалау кезеңіне конкурстың алдыңғы кезеңдерінің нәтижелері бойынша ең жоғары балл жинаған екі үміткер жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z69" w:id="56"/>
-[...15 lines deleted...]
-      "6-1-параграф. Мемлекеттік органда практикалық бағалау</w:t>
+    <w:bookmarkStart w:name="z71" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурстың алдыңғы кезеңдерінің нәтижелері бойынша шекті мәнін бір үміткер жинаған жағдайда, бір үміткердің қатысуына жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z70" w:id="57"/>
-[...15 lines deleted...]
-      129-1. Практикалық бағалау кезеңіне конкурстың алдыңғы кезеңдерінің нәтижелері бойынша ең жоғары балл жинаған екі үміткер жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурстың алдыңғы кезеңдерінің нәтижелері бойынша ең жоғары балл жинаған үміткерлердің баллдары тең болған жағдайда практикалық бағалауға жіберілетін үміткерлердің белгіленген санынан асып кетуіне жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z71" w:id="58"/>
-[...15 lines deleted...]
-      Конкурстың алдыңғы кезеңдерінің нәтижелері бойынша шекті мәнін бір үміткер жинаған жағдайда, бір үміткердің қатысуына жол беріледі.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129-2. Мемлекеттік органның кадр қызметімен жүйе арқылы үміткерлерге практикалық бағалаудың жүргізу мерзімдері туралы хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z72" w:id="59"/>
-[...15 lines deleted...]
-      Конкурстың алдыңғы кезеңдерінің нәтижелері бойынша ең жоғары балл жинаған үміткерлердің баллдары тең болған жағдайда практикалық бағалауға жіберілетін үміткерлердің белгіленген санынан асып кетуіне жол беріледі.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129-3. Практикалық бағалауға жіберілген үміткерлерлер оны практикалық бағалауға жіберу туралы хабардар еткен күннен бастап үш күнтізбелік күн ішінде конкурс жариялаған мемлекеттік органдарда қашықтықтан өтеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z73" w:id="60"/>
-[...15 lines deleted...]
-      129-2. Мемлекеттік органның кадр қызметімен жүйе арқылы үміткерлерге практикалық бағалаудың жүргізу мерзімдері туралы хабарлама жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129-4. Бірнеше бос лауазымдарға арналған конкурсқа қатысатын үміткер әрбір бос лауазым бойынша жеке практикалық бағалаудан өтеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z74" w:id="61"/>
-[...15 lines deleted...]
-      129-3. Практикалық бағалауға жіберілген үміткерлерлер оны практикалық бағалауға жіберу туралы хабардар еткен күннен бастап үш күнтізбелік күн ішінде конкурс жариялаған мемлекеттік органдарда қашықтықтан өтеді.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129-5. Практикалық бағалау кезеңі басталмас бұрын үміткер жүйеде осы кезеңнің өту жөніндегі нұсқаулықпен танысады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z75" w:id="62"/>
-[...15 lines deleted...]
-      129-4. Бірнеше бос лауазымдарға арналған конкурсқа қатысатын үміткер әрбір бос лауазым бойынша жеке практикалық бағалаудан өтеді.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129-6. Практикалық бағалау кезеңінде үміткерлердің бос лауазымның функционалдық бағыттарынан туындайтын кәсіби қабілеттері анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z76" w:id="63"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Практикалық тапсырмалар қысқа, анық, нақты және қабілеттерді бағалауға бағытталған болуы керек: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z79" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тиісті саладағы мемлекеттік саясатты, нормативтік құқықтық актілер және әкімшілік рәсімдерді жетілдіру бойынша ұсыныстар әзірлеу және енгізу бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z80" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бос лауазымның лауазымдық міндеттері шеңберінде мемлекеттік органдарға және өзге де ұйымдарға ресми сауалдар мен хаттар дайындау бойынша;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z79" w:id="66"/>
-[...15 lines deleted...]
-      1) тиісті саладағы мемлекеттік саясатты, нормативтік құқықтық актілер және әкімшілік рәсімдерді жетілдіру бойынша ұсыныстар әзірлеу және енгізу бойынша;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жеке және заңды тұлғалардың өтініштерін қарау, заңнамаға сәйкес дәлелді жауаптар дайындау бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z80" w:id="67"/>
-[...15 lines deleted...]
-      2) бос лауазымның лауазымдық міндеттері шеңберінде мемлекеттік органдарға және өзге де ұйымдарға ресми сауалдар мен хаттар дайындау бойынша;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129-7. Бос лауазымы бар мемлекеттік органның құрылымдық бөлімшеcі осы Қағидалардың 129-6-тармағының екінші бөлігінде көрсетілген әр қабілеті бойынша бес практикалық тапсырмадан кем емес тізбені қалыптастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z81" w:id="68"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:bookmarkStart w:name="z83" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Персоналды басқару қызметі (кадр қызметі) немесе персоналды басқару қызметінің (кадр қызметінің) міндеттерін атқару жүктелген адам, конкурс өткізу туралы хабарландыру жарияланғаннан кейін тапсырмаларды сапалы орындау үшін қажетті материалдарды және нормативтік құқықтық актілерді қоса бере отырып практикалық тапсырмалардың тізбесін жүйеге жүктейді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z84" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Практикалық бағалау кезеңінде жүйе үміткерлер үшін үш практикалық тапсырманы автоматты түрде анықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z85" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші және екінші бөліктерінде көрсетілген адамдар практикалық тапсырмалар тізбесін жария ету және өзектендіру үшін дербес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z84" w:id="71"/>
-[...15 lines deleted...]
-      Практикалық бағалау кезеңінде жүйе үміткерлер үшін үш практикалық тапсырманы автоматты түрде анықтайды.</w:t>
+    <w:bookmarkStart w:name="z86" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Практикалық тапсырмалар тізбесі тоқсанына кемінде бір рет кезеңділікпен өзектендіріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z85" w:id="72"/>
-[...15 lines deleted...]
-      Осы тармақтың бірінші және екінші бөліктерінде көрсетілген адамдар практикалық тапсырмалар тізбесін жария ету және өзектендіру үшін дербес жауапты болады.</w:t>
+    <w:bookmarkStart w:name="z87" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129-8. Үміткерлер бірдей тапсырмаларды бірдей мөлшерде орындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z86" w:id="73"/>
-[...15 lines deleted...]
-      Практикалық тапсырмалар тізбесі тоқсанына кемінде бір рет кезеңділікпен өзектендіріледі.</w:t>
+    <w:bookmarkStart w:name="z88" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үміткерлер жүйеде онлайн режимде тәуліктің кез келген ыңғайлы уақытында 21.00 сағаттан кешіктірмей, жүйемен айқындалатын кестеге сәйкес, мемлекеттік немесе орыс тілінде күніне бір тапсырмадан орындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z87" w:id="74"/>
-[...15 lines deleted...]
-      129-8. Үміткерлер бірдей тапсырмаларды бірдей мөлшерде орындайды.</w:t>
+    <w:bookmarkStart w:name="z89" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төменгі дипломатиялық лауазымға үміткерлер үшін тапсырманы орындау Қазақстан Республикасының дипломатиялық қызметі туралы заңнамаға сәйкес шет тілінде өткізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z88" w:id="75"/>
-[...15 lines deleted...]
-      Үміткерлер жүйеде онлайн режимде тәуліктің кез келген ыңғайлы уақытында 21.00 сағаттан кешіктірмей, жүйемен айқындалатын кестеге сәйкес, мемлекеттік немесе орыс тілінде күніне бір тапсырмадан орындайды.</w:t>
+    <w:bookmarkStart w:name="z90" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бір тапсырманың орындау уақыты жүйеде тапсырма орындаудың "терезесі" ашылғаннан бастап есептеледі және 120 минуттан аспауы қажет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z89" w:id="76"/>
-[...15 lines deleted...]
-      Төменгі дипломатиялық лауазымға үміткерлер үшін тапсырманы орындау Қазақстан Республикасының дипломатиялық қызметі туралы заңнамаға сәйкес шет тілінде өткізілуі мүмкін.</w:t>
+    <w:bookmarkStart w:name="z91" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл жағдайда үміткер белгіленген уақыт аяқталғанға дейін тапсырманы бастауы және аяқтауы керек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z90" w:id="77"/>
-[...15 lines deleted...]
-      Бір тапсырманың орындау уақыты жүйеде тапсырма орындаудың "терезесі" ашылғаннан бастап есептеледі және 120 минуттан аспауы қажет.</w:t>
+    <w:bookmarkStart w:name="z92" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129-9. Әр тапсырманы аяқтағаннан кейін үміткердің өтініміне автоматты түрде "Тексеруде" мәртебесі беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z91" w:id="78"/>
-[...15 lines deleted...]
-      Бұл жағдайда үміткер белгіленген уақыт аяқталғанға дейін тапсырманы бастауы және аяқтауы керек.</w:t>
+    <w:bookmarkStart w:name="z93" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үміткердің практикалық бағалау кезеңіне жазылуы болмаған жағдайда, өтініміне "Өтпеген" мәртебесі беріледі және үміткер практикалық бағалау кезеңіне қатысуды аяқтайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z92" w:id="79"/>
-[...15 lines deleted...]
-      129-9. Әр тапсырманы аяқтағаннан кейін үміткердің өтініміне автоматты түрде "Тексеруде" мәртебесі беріледі.</w:t>
+    <w:bookmarkStart w:name="z94" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129-10. Барлық үш тапсырманы орындау аяқталған күні нәтижелер прокторға тексеруге жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z93" w:id="80"/>
-[...15 lines deleted...]
-      Үміткердің практикалық бағалау кезеңіне жазылуы болмаған жағдайда, өтініміне "Өтпеген" мәртебесі беріледі және үміткер практикалық бағалау кезеңіне қатысуды аяқтайды.</w:t>
+    <w:bookmarkStart w:name="z95" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проктор тексеруді келесі бір жұмыс күні ішінде жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z94" w:id="81"/>
-[...15 lines deleted...]
-      129-10. Барлық үш тапсырманы орындау аяқталған күні нәтижелер прокторға тексеруге жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z96" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129-11. Үміткермен Қағидалар талаптары бұзылмаған жағдайда проктор тексерісінің нәтижелері жарияланғаннан кейін бір жұмыс күні ішінде бос лауазымы бар мемлекеттік органның құрылымдық бөлімшесінің тікелей басшысы осы Қағидалардың 5-қосымшасына сәйкес нысан бойынша практикалық бағалау кезеңінің нәтижелерін жүйеге енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z95" w:id="82"/>
-[...15 lines deleted...]
-      Проктор тексеруді келесі бір жұмыс күні ішінде жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z97" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бос лауазымы бар мемлекеттік органның құрылымдық бөлімшесінің тікелей басшысы болмаған жағдайда практикалық бағалау кезеңінің қорытындыларын жоғары тұрған басшы енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z96" w:id="83"/>
-[...15 lines deleted...]
-      129-11. Үміткермен Қағидалар талаптары бұзылмаған жағдайда проктор тексерісінің нәтижелері жарияланғаннан кейін бір жұмыс күні ішінде бос лауазымы бар мемлекеттік органның құрылымдық бөлімшесінің тікелей басшысы осы Қағидалардың 5-қосымшасына сәйкес нысан бойынша практикалық бағалау кезеңінің нәтижелерін жүйеге енгізеді.</w:t>
+    <w:bookmarkStart w:name="z98" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Практикалық бағалау кезеңіне жіберілген үміткерлердің ешқайсысы осы кезеңге қатыспаған жағдайда, конкурс мәртебесі жүйемен "Аяқталған" болып өзгереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z97" w:id="84"/>
-[...15 lines deleted...]
-      Бос лауазымы бар мемлекеттік органның құрылымдық бөлімшесінің тікелей басшысы болмаған жағдайда практикалық бағалау кезеңінің қорытындыларын жоғары тұрған басшы енгізеді.</w:t>
+    <w:bookmarkStart w:name="z99" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурс аяқталғаны туралы хабарлама жүйемен үміткерлерге жолданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z98" w:id="85"/>
-[...15 lines deleted...]
-      Практикалық бағалау кезеңіне жіберілген үміткерлердің ешқайсысы осы кезеңге қатыспаған жағдайда, конкурс мәртебесі жүйемен "Аяқталған" болып өзгереді.</w:t>
+    <w:bookmarkStart w:name="z100" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129-12. Практикалық бағалаудың материалдары, үміткермен орындалған тапсырмалар жүйеде конкурс аяқталған күннен бастап үш жұмыс күні бойы сақталады, оның ішінде мемлекеттік органның кадр қызметі оларды жүктеуді және конкурс аяқталған сәттен бастап кемінде бір жыл сақтауды қамтамасыз етеді.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z99" w:id="86"/>
-[...15 lines deleted...]
-      Конкурс аяқталғаны туралы хабарлама жүйемен үміткерлерге жолданады.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134-тармақ мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z100" w:id="87"/>
-[...15 lines deleted...]
-      129-12. Практикалық бағалаудың материалдары, үміткермен орындалған тапсырмалар жүйеде конкурс аяқталған күннен бастап үш жұмыс күні бойы сақталады, оның ішінде мемлекеттік органның кадр қызметі оларды жүктеуді және конкурс аяқталған сәттен бастап кемінде бір жыл сақтауды қамтамасыз етеді.";</w:t>
+    <w:bookmarkStart w:name="z102" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "134. Бірнеше үміткердің баллдары тең болған жағдайда, еңбек өтілі көп үміткер жеңімпаз болып танылады. Еңбек өтілі тең болған жағдайда білім деңгейі қарастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z101" w:id="88"/>
-[...15 lines deleted...]
-      134-тармақ мынадай редакцияда жазылсын:</w:t>
+    <w:bookmarkStart w:name="z103" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Баллдары, еңбек өтілі және білім деңгейі тең болған жағдайда "Мәтіндік және сандық ақпаратпен жұмыс істеу қабілетін бағалау" кезеңінің нәтижесі бойынша баллдарды ескере отырып жеңімпаз анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z102" w:id="89"/>
-[...15 lines deleted...]
-      "134. Бірнеше үміткердің баллдары тең болған жағдайда, еңбек өтілі көп үміткер жеңімпаз болып танылады. Еңбек өтілі тең болған жағдайда білім деңгейі қарастырылады.</w:t>
+    <w:bookmarkStart w:name="z104" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер әңгімелесу кезеңіне бір үміткер қатысып, осы кезеңдегі нәтижесі бір баллдан кем болған жағдайда конкурстың жеңімпазы анықталмады деп танылады.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z103" w:id="90"/>
-[...15 lines deleted...]
-      Баллдары, еңбек өтілі және білім деңгейі тең болған жағдайда "Мәтіндік және сандық ақпаратпен жұмыс істеу қабілетін бағалау" кезеңінің нәтижесі бойынша баллдарды ескере отырып жеңімпаз анықталады.</w:t>
+    <w:bookmarkStart w:name="z105" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 7-1-параграфпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z104" w:id="91"/>
-[...15 lines deleted...]
-      Егер әңгімелесу кезеңіне бір үміткер қатысып, осы кезеңдегі нәтижесі бір баллдан кем болған жағдайда конкурстың жеңімпазы анықталмады деп танылады.";</w:t>
+    <w:bookmarkStart w:name="z106" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7-1-параграф. Бос немесе уақытша бос төменгі лауазымға орналасуға конкурстың қорытындысын шығару</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z105" w:id="92"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы 7-1-параграфпен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z107" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135-1. Практикалық бағалау қорытындылары енгізілгеннен кейінгі келесі жұмыс күні жүйе автоматты түрде осы Қағидалардың 3-1-қосымшасында көзделген әдістемеге сәйкес үміткерлердің баллдарын есептейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z106" w:id="93"/>
-[...15 lines deleted...]
-      "7-1-параграф. Бос немесе уақытша бос төменгі лауазымға орналасуға конкурстың қорытындысын шығару</w:t>
+    <w:bookmarkStart w:name="z108" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Практикалық бағалау кезеңінің қорытындылары бойынша ең көп балл жинаған үміткер конкурс жеңімпазы ретінде анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z107" w:id="94"/>
-[...15 lines deleted...]
-      135-1. Практикалық бағалау қорытындылары енгізілгеннен кейінгі келесі жұмыс күні жүйе автоматты түрде осы Қағидалардың 3-1-қосымшасында көзделген әдістемеге сәйкес үміткерлердің баллдарын есептейді.</w:t>
+    <w:bookmarkStart w:name="z109" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135-2. Практикалық бағалау кезеңінің нәтижесі бойынша бірнеше үміткердің баллдары тең болған жағдайда іріктеудің алдыңғы кезеңдерінің: жеке қасиеттерді бағалау, мәтіндік және сандық ақпаратпен жұмыс істеу қабілетін бағалаудың қорытындылары бойынша ең көп жиынтық балл жинаған үміткер жеңімпаз болып танылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z108" w:id="95"/>
-[...15 lines deleted...]
-      Практикалық бағалау кезеңінің қорытындылары бойынша ең көп балл жинаған үміткер конкурс жеңімпазы ретінде анықталады.</w:t>
+    <w:bookmarkStart w:name="z110" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алдыңғы кезеңдерінің нәтижелері бойынша балладар тең болған жағдайда білім деңгейі қарастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z109" w:id="96"/>
-[...15 lines deleted...]
-      135-2. Практикалық бағалау кезеңінің нәтижесі бойынша бірнеше үміткердің баллдары тең болған жағдайда іріктеудің алдыңғы кезеңдерінің: жеке қасиеттерді бағалау, мәтіндік және сандық ақпаратпен жұмыс істеу қабілетін бағалаудың қорытындылары бойынша ең көп жиынтық балл жинаған үміткер жеңімпаз болып танылады.</w:t>
+    <w:bookmarkStart w:name="z111" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер практикалық бағалау кезеңіне бір үміткер қатысып, осы кезеңдегі нәтижесі бір баллдан кем болған жағдайда конкурстың жеңімпазы анықталмады деп танылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z110" w:id="97"/>
-[...15 lines deleted...]
-      Алдыңғы кезеңдерінің нәтижелері бойынша балладар тең болған жағдайда білім деңгейі қарастырылады.</w:t>
+    <w:bookmarkStart w:name="z112" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135-3. Конкурс қорытындысы шығарылғаннан кейін бір жұмыс күні ішінде жүйемен хаттама ресімделеді, оған ЭЦҚ көмегімен кадр қызметі қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z111" w:id="98"/>
-[...15 lines deleted...]
-      Егер практикалық бағалау кезеңіне бір үміткер қатысып, осы кезеңдегі нәтижесі бір баллдан кем болған жағдайда конкурстың жеңімпазы анықталмады деп танылады.</w:t>
+    <w:bookmarkStart w:name="z113" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның кадр қызметіне және үміткерлердің жеке кабинеттеріне жүйе арқылы конкурс қорытындылары туралы хабарлама жіберіледі.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z112" w:id="99"/>
-[...15 lines deleted...]
-      135-3. Конкурс қорытындысы шығарылғаннан кейін бір жұмыс күні ішінде жүйемен хаттама ресімделеді, оған ЭЦҚ көмегімен кадр қызметі қол қояды.</w:t>
+    <w:bookmarkStart w:name="z114" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136, 137-тармақтар мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z113" w:id="100"/>
-[...15 lines deleted...]
-      Мемлекеттік органның кадр қызметіне және үміткерлердің жеке кабинеттеріне жүйе арқылы конкурс қорытындылары туралы хабарлама жіберіледі.";</w:t>
+    <w:bookmarkStart w:name="z115" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "136. Мемлекеттік лауазымға тағайындау құқығы бар адам үш күнтізбелік күні өткеннен кейін, бірақ конкурс қорытындылары жарияланған күннен бастап он жұмыс күнінен кешіктірмей, егер алдыңғы жұмыс беруші еңбек заңнамасына сәйкес бір айлық жұмыспен өтеу мерзімін белгілемесе немесе тараптардың келісімдері бойынша өзге мерзім белгіленбесе, жарияланған бос лауазымға үміткер - конкурс жеңімпазын қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z114" w:id="101"/>
-[...15 lines deleted...]
-      136, 137-тармақтар мынадай редакцияда жазылсын:</w:t>
+    <w:bookmarkStart w:name="z116" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте алдыңғы жұмыс беруші конкурс комиссиясының шешімі туралы хабарлама алғаннан кейін конкурсқа қатысқан мемлекеттік қызметшіні Заңның 61-бабы 1-1-тармағының және осы тармақтың бірінші бөлігінің ережелерін ескере отырып, атқарып отырған лауазымынан босатады. Конкурс комиссиясының шешімі туралы хабарлама алдыңғы жұмыс берушіге интегралды ақпараттық жүйе арқылы конкурс комиссиясының шешімі қабылданғаннан кейін бір жұмыс күні ішінде жолданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z115" w:id="102"/>
-[...15 lines deleted...]
-      "136. Мемлекеттік лауазымға тағайындау құқығы бар адам үш күнтізбелік күні өткеннен кейін, бірақ конкурс қорытындылары жарияланған күннен бастап он жұмыс күнінен кешіктірмей, егер алдыңғы жұмыс беруші еңбек заңнамасына сәйкес бір айлық жұмыспен өтеу мерзімін белгілемесе немесе тараптардың келісімдері бойынша өзге мерзім белгіленбесе, жарияланған бос лауазымға үміткер - конкурс жеңімпазын қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z117" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137. Әңгімелесу кезеңіне немесе практикалық бағалау кезеңіне бір үміткер қатысқан жағдайда, оны тағайындау конкурс қорытындылары жарияланған күннен бастап жүзеге асырылуы мүмкін.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z116" w:id="103"/>
-[...15 lines deleted...]
-      Бұл ретте алдыңғы жұмыс беруші конкурс комиссиясының шешімі туралы хабарлама алғаннан кейін конкурсқа қатысқан мемлекеттік қызметшіні Заңның 61-бабы 1-1-тармағының және осы тармақтың бірінші бөлігінің ережелерін ескере отырып, атқарып отырған лауазымынан босатады. Конкурс комиссиясының шешімі туралы хабарлама алдыңғы жұмыс берушіге интегралды ақпараттық жүйе арқылы конкурс комиссиясының шешімі қабылданғаннан кейін бір жұмыс күні ішінде жолданады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>141-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Конкурс қорытындысына және/немесе кадр қызметінің әрекетіне (әрекетсіздігіне) шағымды уәкілетті органға немесе оның аумақтық бөлімшесіне конкурс қорытындылары жарияланған күннен бастап үш күнтізбелік күнінен кешіктірмей беру уәкілетті орган немесе оның аумақтық бөлімшесі келіп түскен шағым бойынша тиісті шешім қабылдағанға дейін конкурсты тоқтата тұру үшін негіз болып табылады.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z117" w:id="104"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z120" w:id="107"/>
+    <w:bookmarkStart w:name="z120" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 3-1-қосымшамен толықтырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z121" w:id="108"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z121" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2-қосымшасына </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сәйкес 5-қосымшамен толықтырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z122" w:id="109"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z122" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған бұйрықпен бекітілген Ықпалдастырылған ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік лауазымына орналасуға іріктеу және конкурс өткізудің уақытша қағидаларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z123" w:id="110"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z123" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ықпалдастырылған ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік лауазымына орналасуға іріктеуді және конкурстарды жүзеге асыратын мемлекеттік органдардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z124" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төртінші бөлігінің 1-тармағы алынып тасталсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z125" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бесінші бөлігі мынадай мазмұндағы 27-тармағымен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z126" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "27. Қазақстан Республикасы Атом энергиясы жөніндегі агенттігі.".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z124" w:id="111"/>
-[...15 lines deleted...]
-      төртінші бөлігінің 1-тармағы алынып тасталсын;</w:t>
+    <w:bookmarkStart w:name="z127" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасының Мемлекеттік қызмет істері агенттігінің Мемлекеттік қызметке дайындау және кіру департаменті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z125" w:id="112"/>
-[...15 lines deleted...]
-      бесінші бөлігі мынадай мазмұндағы 27-тармағымен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z128" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z126" w:id="113"/>
-[...15 lines deleted...]
-      "27. Қазақстан Республикасы Атом энергиясы жөніндегі агенттігі.".</w:t>
+    <w:bookmarkStart w:name="z129" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықтың Қазақстан Республикасы Мемлекеттік қызмет істері агенттігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z127" w:id="114"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасының Мемлекеттік қызмет істері агенттігінің Мемлекеттік қызметке дайындау және кіру департаменті заңнамада белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z130" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі Төрағасының мемлекеттік қызмет мәселелеріне жетекшілік ететін орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z128" w:id="115"/>
-[...15 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+    <w:bookmarkStart w:name="z131" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 2025 жылғы 20 қарашадан бастап қолданысқа енгізілетін осы бұйрықтың 1-тармағының жиырма бесінші, жиырма алтыншы, жиырма жетінші, жиырма сегізінші, жиырма тоғызыншы, отызыншы, отыз бірінші, отыз екінші, отыз үшінші, отыз төртінші, отыз бесінші, отыз алтыншы, отыз жетінші, отыз сегізінші, отыз тоғызыншы, қырық, қырық бірінші, қырық екінші, қырық үшінші, қырық төртінші, қырық бесінші, қырық алтыншы, қырық жетінші, қырық сегізінші, қырық тоғызыншы, елуінші, елу бірінші, елу екінші, елу үшінші, елу жетінші, елу сегізінші, алпыс екінші, алпыс үшінші, алпыс төртінші, алпыс бесінші, алпыс алтыншы, алпыс жетінші, алпыс сегізінші, алпыс тоғызыншы, жетпісінші, жетпіс бірінші, жетпіс екінші, жетпіс үшінші, жетпіс төртінші, жетпіс бесінші, жетпіс алтыншы, жетпіс жетінші, жетпіс сегізінші, жетпіс тоғызыншы, сексенінші, сексен бірінші, сексен екінші, сексен үшінші, сексен төртінші, сексен бесінші, сексен алтыншы, сексен жетінші, сексен сегізінші, сексен тоғызыншы, тоқсаныншы, тоқсан бірінші, тоқсан екінші, тоқсан үшінші, тоқсан төртінші, тоқсан тоғызыншы, жүзінші, жүз бірінші, жүз екінші, жүз үшінші, жүз төртінші, жүз бесінші, жүз алтыншы, жүз жетінші, жүз сегізінші, жүз тоғызыншы, жүз оныншы, жүз он бірінші, жүз он екінші, жүз он үшінші, жүз он төртінші, жүз он бесінші абзацтарды қоспағанда, алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z129" w:id="116"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -3407,64 +3803,64 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Д. Жазықбай</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z133" w:id="119"/>
+      <w:bookmarkStart w:name="z133" w:id="116"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3681,68 +4077,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z135" w:id="120"/>
+    <w:bookmarkStart w:name="z135" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бағалау әдістемесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3853,70 +4249,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z136" w:id="121"/>
+          <w:bookmarkStart w:name="z136" w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке қасиеттерді бағалау бойынша қорытынды балл мынадай формула бойынша есептеледі:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="121"/>
+          <w:bookmarkEnd w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3965,70 +4361,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 S – жауаптардың растық деңгейінің пайызы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z139" w:id="122"/>
+          <w:bookmarkStart w:name="z139" w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәтіндік және сандық ақпаратпен жұмыс істеу қабілетін бағалау бойынша қорытынды балл мынадай формула бойынша есептеледі:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="122"/>
+          <w:bookmarkEnd w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4357,70 +4753,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 S2 – дұрыс жауаптардың саны.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z152" w:id="123"/>
+          <w:bookmarkStart w:name="z152" w:id="120"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Практикалық бағалау бойынша қорытынды балл мынадай формула бойынша есептеледі:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="123"/>
+          <w:bookmarkEnd w:id="120"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4872,68 +5268,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z162" w:id="124"/>
+    <w:bookmarkStart w:name="z162" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Үміткердің практикалық бағалау нәтижелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4956,343 +5352,173 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Үміткердің</w:t>
-[...129 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Үміткердің тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бағаланатын</w:t>
-[...19 lines deleted...]
-              <w:t>қабілеттер</w:t>
+              <w:t>Бағаланатын қабілеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z163" w:id="125"/>
+          <w:bookmarkStart w:name="z163" w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Баға</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="125"/>
+          <w:bookmarkEnd w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(0-1 балл </w:t>
-[...19 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(0-1 балл арасында)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5730,55 +5956,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>