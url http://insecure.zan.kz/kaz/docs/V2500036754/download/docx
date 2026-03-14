--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="df4d953" w14:textId="df4d953">
+    <w:p w14:paraId="a6182f5" w14:textId="a6182f5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3241,498 +3241,422 @@
         <w:t xml:space="preserve">
       2) инвестициялық комиссияның теріс шешімі болған жағдайда - жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін бекітіп беруден бас тарту туралы. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
     <w:bookmarkStart w:name="z119" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Шешім қабылданған күннен бастап 2 (екі) жұмыс күні ішінде уәкілетті органның ведомствосы қабылданған шешім туралы Қазақстан Республикасының заңды тұлғасын хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z120" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Конкурс өткізбей жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін бекітіп беру туралы оң шешім болған жағдайда, Қазақстан Республикасының заңды тұлғасы хабарламаны алған күннен бастап 3 (үш) жұмыс күні ішінде жобаны іске асыру кезінде тор қоршама шаруашылық қызметін жүзеге асыруға арналған халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін пайдаланғаны үшін төлемақы енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жобаны іске асыру кезінде тор қоршама шаруашылық қызметін жүзеге асыруға арналған халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін пайдаланғаны үшін төлемақы мөлшері мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N= 5 АЕК * S,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N – жобаны іске асыру кезінде тор қоршама шаруашылық қызметін жүзеге асыруға арналған халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін пайдаланғаны үшін төлемақы мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5 АЕК – жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін пайдаланғаны үшін төлем мөлшерлемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      S – балық шаруашылығы учаскесінің ауданы, гектар.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z127" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      34. Уәкілетті орган ведомствосының аумақтық бөлімшесі мен Қазақстан Республикасының заңды тұлғасы арасында жобаны іске асыру кезінде тор қоршама шаруашылық қызметін жүзеге асыруға арналған халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін пайдаланғаны үшін төлемақы енгізілген күннен бастап 5 (бес) жұмыс күні ішінде Заңның 11-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес уәкілетті орган бекіткен үлгілік нысан бойынша жобаны іске асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерінде тор қоршама шаруашылық қызметін жүзеге асыруға арналған шарт (бұдан әрі – шарт) жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      33-тармақ жаңа редакцияда көзделген – ҚР Ауыл шаруашылығы министрінің 28.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 266</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...291 lines deleted...]
-    <w:bookmarkStart w:name="z128" w:id="117"/>
+    <w:bookmarkStart w:name="z128" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін бекітіп беру мәселелері жөніндегі уәкілетті органның шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым жасау Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>91-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3863,88 +3787,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітіп беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z130" w:id="118"/>
+    <w:bookmarkStart w:name="z130" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z131" w:id="119"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z131" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындары учаскелерінің тізімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -5072,70 +4996,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітіп беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z133" w:id="120"/>
+    <w:bookmarkStart w:name="z133" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5903,364 +5827,364 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(байланыс телефоны,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мекенжайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="121"/>
+    <w:bookmarkStart w:name="z146" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдыны учаскесін бекітіп беруге арналған өтінім</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z147" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z148" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (жобаның толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z149" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жобасын іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдынының учаскесін бекітіп беру мүмкіндігін қарауды сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z150" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жобаның түрі:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z147" w:id="122"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> ____________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z151" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жобаның мақсаты:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z148" w:id="123"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (жобаның толық атауы)</w:t>
+    <w:bookmarkStart w:name="z152" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындары учаскелерінің тізімінен жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдынының қажетті учаскесі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z149" w:id="124"/>
-[...15 lines deleted...]
-      жобасын іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдынының учаскесін бекітіп беру мүмкіндігін қарауды сұраймын.</w:t>
+    <w:bookmarkStart w:name="z153" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z150" w:id="125"/>
-[...15 lines deleted...]
-      Жобаның түрі:</w:t>
+    <w:bookmarkStart w:name="z154" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қоса беріліп отырған құжаттар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z151" w:id="126"/>
-[...15 lines deleted...]
-      Жобаның мақсаты:</w:t>
+    <w:bookmarkStart w:name="z155" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ______________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z152" w:id="127"/>
-[...15 lines deleted...]
-      Жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындары учаскелерінің тізімінен жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдынының қажетті учаскесі:</w:t>
+    <w:bookmarkStart w:name="z156" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ______________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z153" w:id="128"/>
-[...15 lines deleted...]
-      _______________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z157" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ______________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z154" w:id="129"/>
-[...15 lines deleted...]
-      Қоса беріліп отырған құжаттар:</w:t>
+    <w:bookmarkStart w:name="z158" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ______________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z155" w:id="130"/>
-[...15 lines deleted...]
-      1) ______________________________________________;</w:t>
+    <w:bookmarkStart w:name="z159" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ______________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z156" w:id="131"/>
-[...15 lines deleted...]
-      2) ______________________________________________;</w:t>
+    <w:bookmarkStart w:name="z160" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ______________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z157" w:id="132"/>
-[...15 lines deleted...]
-      3) ______________________________________________;</w:t>
+    <w:bookmarkStart w:name="z161" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні _____________ Қолы ___________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z158" w:id="133"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="136"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6391,588 +6315,588 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітіп беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z163" w:id="137"/>
+    <w:bookmarkStart w:name="z163" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z164" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жобаның бизнес-жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z165" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Бизнес-жоспар мынадай бөлімдерден тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z166" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жобаның түйіндемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z167" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) технологиялық бөлім;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z164" w:id="138"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Жобаның бизнес-жоспары</w:t>
+    <w:bookmarkStart w:name="z168" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) коммерциялық бөлім.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z165" w:id="139"/>
-[...15 lines deleted...]
-      1. Бизнес-жоспар мынадай бөлімдерден тұрады:</w:t>
+    <w:bookmarkStart w:name="z169" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жобаның түйіндемесі мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z166" w:id="140"/>
-[...15 lines deleted...]
-      1) жобаның түйіндемесі;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заңды тұлға туралы ақпарат:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z167" w:id="141"/>
-[...15 lines deleted...]
-      2) технологиялық бөлім;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      елді көрсете отырып, шетелдік қатысу үлесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z168" w:id="142"/>
-[...15 lines deleted...]
-      3) коммерциялық бөлім.</w:t>
+    <w:bookmarkStart w:name="z172" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жоба бойынша ақпарат:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z169" w:id="143"/>
-[...15 lines deleted...]
-      2. Жобаның түйіндемесі мыналарды қамтиды:</w:t>
+    <w:bookmarkStart w:name="z173" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жобаның атауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z170" w:id="144"/>
-[...15 lines deleted...]
-      1) заңды тұлға туралы ақпарат:</w:t>
+    <w:bookmarkStart w:name="z174" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жобаның мақсаты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z171" w:id="145"/>
-[...15 lines deleted...]
-      елді көрсете отырып, шетелдік қатысу үлесі;</w:t>
+    <w:bookmarkStart w:name="z175" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      болжамды жобаның сипаты (жаңа өндірістер құру);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z172" w:id="146"/>
-[...15 lines deleted...]
-      2) жоба бойынша ақпарат:</w:t>
+    <w:bookmarkStart w:name="z176" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құрылатын жұмыс орындарының саны (уақытша және тұрақты);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z173" w:id="147"/>
-[...15 lines deleted...]
-      жобаның атауы;</w:t>
+    <w:bookmarkStart w:name="z177" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өңірдің бағдарламалық құжаттарына сәйкестігі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z174" w:id="148"/>
-[...15 lines deleted...]
-      жобаның мақсаты;</w:t>
+    <w:bookmarkStart w:name="z178" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Технологиялық бөлім мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z175" w:id="149"/>
-[...15 lines deleted...]
-      болжамды жобаның сипаты (жаңа өндірістер құру);</w:t>
+    <w:bookmarkStart w:name="z179" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сатып алынатын және пайдаланылатын тіркелген активтерді, сондай-ақ технологиялық процесте импортталатын шикізат пен материалдарды көрсете отырып, жоба технологиясының сипаттамасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z176" w:id="150"/>
-[...15 lines deleted...]
-      құрылатын жұмыс орындарының саны (уақытша және тұрақты);</w:t>
+    <w:bookmarkStart w:name="z180" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жобада заманауи технологияларды қолдану.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z177" w:id="151"/>
-[...15 lines deleted...]
-      өңірдің бағдарламалық құжаттарына сәйкестігі.</w:t>
+    <w:bookmarkStart w:name="z181" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Коммерциялық бөлім мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z178" w:id="152"/>
-[...15 lines deleted...]
-      3. Технологиялық бөлім мыналарды қамтиды:</w:t>
+    <w:bookmarkStart w:name="z182" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шикізатты, материалдар мен жабдықтарды жеткізу:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z179" w:id="153"/>
-[...15 lines deleted...]
-      сатып алынатын және пайдаланылатын тіркелген активтерді, сондай-ақ технологиялық процесте импортталатын шикізат пен материалдарды көрсете отырып, жоба технологиясының сипаттамасы;</w:t>
+    <w:bookmarkStart w:name="z183" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пайдаланылатын шикізат пен материалдар түрлерінің тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z180" w:id="154"/>
-[...15 lines deleted...]
-      жобада заманауи технологияларды қолдану.</w:t>
+    <w:bookmarkStart w:name="z184" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қажетті технологиялық жабдықтардың тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z181" w:id="155"/>
-[...15 lines deleted...]
-      4. Коммерциялық бөлім мыналарды қамтиды:</w:t>
+    <w:bookmarkStart w:name="z185" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      технологиялық жабдықтың жаңалығы (шығарылған күні және жабдық моделі);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z182" w:id="156"/>
-[...15 lines deleted...]
-      шикізатты, материалдар мен жабдықтарды жеткізу:</w:t>
+    <w:bookmarkStart w:name="z186" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берушімен шарттық қатынастардың болуын көрсете отырып, технологиялық жабдықтар мен шикізатты жеткізушілер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z183" w:id="157"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z187" w:id="161"/>
+    <w:bookmarkStart w:name="z187" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       маркетинг: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z188" w:id="162"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z188" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өнімді өткізу - қай өңірлерге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z189" w:id="163"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z189" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       төлемге қабілетті сұраныстың болуы, нарықтағы бәсекелестік дәрежесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7103,88 +7027,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітіп беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z191" w:id="164"/>
+    <w:bookmarkStart w:name="z191" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z192" w:id="165"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z192" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жобаның жұмыс бағдарламасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9473,90 +9397,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z193" w:id="166"/>
+    <w:bookmarkStart w:name="z193" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының аты, әкесінің аты (бар болса), тегі_________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z194" w:id="167"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z194" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні _____________ Қолы ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9687,702 +9611,702 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітіп беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z196" w:id="168"/>
+    <w:bookmarkStart w:name="z196" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z197" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін конкурс өткізбей бекітіп беру мақсатында инвестициялық комиссияның жобаны айқындау жөніндегі хаттамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z198" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________ 20__ жылғы "___" ________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z199" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                         (елді мекен)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z200" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Комиссия құрамында:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z197" w:id="169"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін конкурс өткізбей бекітіп беру мақсатында инвестициялық комиссияның жобаны айқындау жөніндегі хаттамасы</w:t>
+    <w:bookmarkStart w:name="z201" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________ ‒ комиссия төрағасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z198" w:id="170"/>
-[...15 lines deleted...]
-      _____________________________________ 20__ жылғы "___" ________</w:t>
+    <w:bookmarkStart w:name="z202" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________ ‒ комиссия хатшысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z199" w:id="171"/>
-[...15 lines deleted...]
-                                         (елді мекен)</w:t>
+    <w:bookmarkStart w:name="z203" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      комиссия мүшелері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z200" w:id="172"/>
-[...15 lines deleted...]
-      1. Комиссия құрамында:</w:t>
+    <w:bookmarkStart w:name="z204" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z201" w:id="173"/>
-[...15 lines deleted...]
-      _______________________________________ ‒ комиссия төрағасы;</w:t>
+    <w:bookmarkStart w:name="z205" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z202" w:id="174"/>
-[...15 lines deleted...]
-      _______________________________________ ‒ комиссия хатшысы;</w:t>
+    <w:bookmarkStart w:name="z206" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z203" w:id="175"/>
-[...15 lines deleted...]
-      комиссия мүшелері:</w:t>
+    <w:bookmarkStart w:name="z207" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z204" w:id="176"/>
+    <w:bookmarkStart w:name="z208" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z205" w:id="177"/>
+    <w:bookmarkStart w:name="z209" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z206" w:id="178"/>
-[...15 lines deleted...]
-      _____________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z210" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________ құрылған</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z207" w:id="179"/>
-[...15 lines deleted...]
-      _____________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z211" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (инвестициялық комиссия құру туралы шешімді, құжаттың нөмірі мен нөмірін көрсету)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z208" w:id="180"/>
-[...15 lines deleted...]
-      _____________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z212" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Инвестициялық комиссия жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін бекітіп беру жөніндегі ұсынылған құжаттарды қарап, мынадай шешім қабылдады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z209" w:id="181"/>
-[...15 lines deleted...]
-      _____________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z213" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін бекітіп беру келісілсін (балық шаруашылығы су айдындары учаскелерінің тізімі қоса беріледі);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z210" w:id="182"/>
-[...15 lines deleted...]
-      ______________________________________________________ құрылған</w:t>
+    <w:bookmarkStart w:name="z214" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін бекітіп беруден бас тартылсын (бас тарту себептерін көрсете отырып, Қазақстан Республикасының заңды тұлғаларының тізімі қоса беріледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z211" w:id="183"/>
-[...15 lines deleted...]
-      (инвестициялық комиссия құру туралы шешімді, құжаттың нөмірі мен нөмірін көрсету)</w:t>
+    <w:bookmarkStart w:name="z215" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Хаттаманың бір данасы шешім қабылдау үшін уәкілетті органға жіберілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z212" w:id="184"/>
-[...15 lines deleted...]
-      2. Инвестициялық комиссия жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін бекітіп беру жөніндегі ұсынылған құжаттарды қарап, мынадай шешім қабылдады:</w:t>
+    <w:bookmarkStart w:name="z216" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолдары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z213" w:id="185"/>
-[...15 lines deleted...]
-      1) жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін бекітіп беру келісілсін (балық шаруашылығы су айдындары учаскелерінің тізімі қоса беріледі);</w:t>
+    <w:bookmarkStart w:name="z217" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасы: ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z214" w:id="186"/>
-[...15 lines deleted...]
-      2) жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін бекітіп беруден бас тартылсын (бас тарту себептерін көрсете отырып, Қазақстан Республикасының заңды тұлғаларының тізімі қоса беріледі).</w:t>
+    <w:bookmarkStart w:name="z218" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия мүшелері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z215" w:id="187"/>
-[...15 lines deleted...]
-      3. Хаттаманың бір данасы шешім қабылдау үшін уәкілетті органға жіберілсін.</w:t>
+    <w:bookmarkStart w:name="z219" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z216" w:id="188"/>
-[...15 lines deleted...]
-      Қолдары:</w:t>
+    <w:bookmarkStart w:name="z220" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z217" w:id="189"/>
-[...15 lines deleted...]
-      Комиссия төрағасы: ______________________________________</w:t>
+    <w:bookmarkStart w:name="z221" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z218" w:id="190"/>
-[...15 lines deleted...]
-      Комиссия мүшелері:</w:t>
+    <w:bookmarkStart w:name="z222" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z219" w:id="191"/>
+    <w:bookmarkStart w:name="z223" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z220" w:id="192"/>
+    <w:bookmarkStart w:name="z224" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z221" w:id="193"/>
-[...15 lines deleted...]
-      ____________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z225" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хатшы: __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z222" w:id="194"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>