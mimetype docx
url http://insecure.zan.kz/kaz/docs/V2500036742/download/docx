--- v0 (2025-12-22)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3965ada" w14:textId="3965ada">
+    <w:p w14:paraId="f538293" w14:textId="f538293">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2315,2150 +2315,1950 @@
         <w:t>
       Ұйым антифрод-орталықтан заңсыз пайдаланылған электрондық төлем құралдары бойынша мәліметтерді алған кезде оларды Қағидаларға қосымшада белгіленген тәртіппен қылмыстық қудалау, ұлттық қауіпсіздік органынан, құқық қорғау органынан Антифрод-орталық арқылы алынған қаулы түрінде Антифрод-орталық арқылы қосымша хабарлама алғанға дейін бұғаттайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:bookmarkStart w:name="z86" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қылмыстық қудалау, ұлттық қауіпсіздік органынан, құқық қорғау органынан Антифрод-орталық арқылы алынған қаулы негізінде ұйым клиентке қызмет көрсетуді қайта бастау немесе клиентке қызмет көрсетуден бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Антифрод-орталық өз функцияларын орындау үшін абонентке тіркелген абоненттік нөмірді растау үшін ұялы байланыстың абоненттік құрылғыларының сәйкестендіру кодтарының дерекқорымен және (немесе) ұялы байланыс операторларының дерекқорларымен, оның ішінде көрсетілген абоненттік ұялы нөмірі тіркелген тұлға туралы мәліметтерді, атап айтқанда жеке сәйкестендіру нөмірін, тегін, атын және әкесінің атын (ол болған жағдайда) ұсына отырып интеграцияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұялы байланыс операторлары алаяқтық белгілері бар қоңырау шалу жүзеге асырылған абоненттік нөмірді анықтаған кезде, сондай-ақ байланыс желілерінде алаяқтық әрекеттер анықталған кезде тегін, атын, әкесінің атын (ол болған жағдайда), жеке сәйкестендіру нөмірін және абонентке ресімделген абоненттік нөмірлерді қоса алғанда, абонент туралы ақпаратты ұсына отырып, антифрод-орталықты хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұялы байланыс операторлары антифрод-орталықтан ақпарат алған кезде, сондай-ақ осы тармақтың екінші бөлігінде белгіленген жағдайларда осы абоненттік нөмірге байланыс қызметтерін көрсетуді, оның ішінде GSM-шлюздерді (SIM-бокстар) және IP-телефонияны тоқтата тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Антифрод-орталық ұйымның сұрау салуы бойынша оған ұлттық қауіпсіздік органдарының дерекқорларынан Антифрод-орталық арқылы алынған клиенттің Қазақстан Республикасының аумағында болу мәртебесі туралы мәліметтерді ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z93" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Екінші деңгейдегі банктер есірткінің заңсыз өндірілуіне, айналымына және (немесе) транзитіне, қаржы пирамидаларының қызметін ұйымдастыруға, Қазақстан Республикасында ойын бизнесі саласындағы қызметпен айналысу құқығына лицензиясы жоқ электрондық казино мен интернет-казиноның, шетелдік букмекерлік кеңселердің және (немесе) тотализаторлардың пайдасына төлемдерді және (немесе) ақша аударымдарын жүзеге асыруға байланысты құқыққа қарсы оқыс оқиғаларды (бұдан әрі – құқыққа қарсы оқыс оқиғалар), оның ішінде клиенттің өтініші негізінде Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 12 қарашадағы № 188 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19632 болып тіркелген) бекітілген Екінші деңгейдегі банктерге, Қазақстан Республикасының бейрезидент-банктерінің филиалдарына арналған тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру қағидаларында белгіленген талаптарды сақтай отырып анықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z94" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлем ұйымдары құқыққа қарсы оқыс оқиғаларды, оның ішінде клиенттің өтініші негізінде ішкі құжаттарға сәйкес анықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z95" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Антифрод-орталық құқыққа қарсы оқыс оқиғаларға тартылған тұлғалар дерекқорын нақты уақыт режимінде қалыптастырады және жүргізеді. Ұйымның клиенттері бойынша мәліметтер құқыққа қарсы оқыс оқиғаларға тартылған тұлғалар дерекқорына екінші деңгейдегі банктің немесе төлем ұйымының хабары негізінде енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z96" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақша жөнелтушіні және (немесе) бенефициарды (ақша алушыны) құқыққа қарсы оқыс оқиғаларға тартылған тұлғалар дерекқорына қосу үшін антифрод-орталықтың ақпараттық жүйесі арқылы екінші деңгейдегі банктен немесе төлем ұйымынан алынған құқыққа қарсы оқиға туралы хабар антифрод-орталық хабарды алғаннан кейін дереу қосылады және антифрод-орталықтың барлық қатысушысы үшін қолжетімді болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z97" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екінші деңгейдегі банк немесе төлем ұйымы құқыққа қарсы оқыс оқиғаны анықтаған кезде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z98" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) 5 (бес) жұмыс күнінен аспайтын мерзімге клиенттің банктік шотын немесе электрондық әмиянын бұғаттайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z99" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 5 (бес) жұмыс күні ішінде өз клиентінің операцияларына, оның ішінде клиенттен мән-жайларды анықтау және шешім қабылдау үшін қажет қосымша ақпарат алу бойынша талдау жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z100" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) клиенттің құқыққа қарсы оқыс оқиғаға қатысуы туралы негіздемелер (күдіктер) расталған жағдайда, құқыққа қарсы оқыс оқиғаның түрін (есірткінің заңсыз өндірілуіне, айналымына және (немесе) транзитіне, қаржы пирамидаларының қызметін ұйымдастыруға, Қазақстан Республикасында ойын бизнесі саласындағы қызметпен айналысу құқығына лицензиясы жоқ электрондық казино мен интернет-казиноның, шетелдік букмекерлік кеңселердің және (немесе) тотализаторлардың пайдасына төлемдерді және (немесе) ақша аударымдарын жүзеге асыруға байланысты) көрсете отырып, Қазақстан Республикасының заңдарында белгіленген іс-шараларды кейіннен өткізу үшін құқық қорғау органына құқыққа қарсы оқыс оқиға бойынша ақпаратты жіберу үшін хабарды Антифрод-орталыққа жібереді. Антифрод-орталық:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z101" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - есірткінің заңсыз өндірілуіне, айналымына және (немесе) транзитіне байланысты оқыс оқиға бойынша ақпаратты ішкі істер органдарына жібереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z102" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - қаржы пирамидаларының қызметін ұйымдастыруға, Қазақстан Республикасында ойын бизнесі саласындағы қызметпен айналысу құқығына лицензиясы жоқ электрондық казино мен интернет-казиноның, шетелдік букмекерлік кеңселердің және (немесе) тотализаторлардың пайдасына төлемдерді және (немесе) ақша аударымдарын жүзеге асыруға байланысты ақпаратты экономикалық тергеу қызметіне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z103" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құқық қорғау органы өткізілген іс-шаралардың қорытындысы бойынша антифрод-орталыққа жіберген хабар негізінде тұлға құқыққа қарсы оқыс оқиғалар дерекқорынан алып тасталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z104" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екінші деңгейдегі банк немесе төлем ұйымы тұлғаны өзге де құқыққа қарсы оқыс оқиғаларға тартылған тұлғалар дерекқорынан алып тастаған күннен бастап 3 (үш) жұмыс күн ішінде банктік шот немесе электрондық әмиян бойынша бұғаттауды алып тастайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z105" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...529 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Ұйымдардың нұсқауды орындаудан бас тартуы немесе орындауды тоқтата тұруы, клиентке көрсетілетін қаржылық және төлем қызметтерінің шектеулі тізбесін ұсыну тәртібі мен түрлері, сондай-ақ прокурор санкциялаған қылмыстық қудалау органының транзакцияны алаяқтық транзакциясы деп тану туралы хабарламасында көрсетілген клиентке ақшаны қайтару тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z106" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z106" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Ұйым Қағидалардың 22-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген төлемдердің ақпараты оқиғалар туралы дерекқорда бар ақпаратпен сәйкес келетін бенефициар пайдасына есепке жазылу жағдайларын қоспағанда, төлемнің және (немесе) ақша аударымының жөнелтушісі немесе бенефициары туралы ақпарат төлем немесе ақша аударымы жүзеге асырылған сәттегі оқиғалар туралы дерекқорда бар ақпаратпен сәйкес келген кезде төлемді және (немесе) ақша аударымын жүзеге асырудан бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z107" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z107" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйым төлем және (немесе) ақша аударымы бойынша нұсқауды орындаудан бас тартқан кезде клиентпен жасалған шартта белгіленген тәртіппен ақша жөнелтуші клиентке бас тартудың себептері мен негіздемелерін және тұлғаны оқиғалар туралы дерекқорға енгізу бастамашысын көрсете отырып, төлемді және (немесе) ақша аударымын жүзеге асырудан бас тарту туралы ақпарат береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z108" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z108" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Ұйым Төлемдер туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-1-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-1-тармағының 1) тармақшасына сәйкес ақша жөнелтуші немесе бенефициар туралы ақпарат әрекеттенулер туралы дерекқорда бар ақпаратпен сәйкес келген кезде нұсқаудың орындалуын тоқтата тұрады және (немесе) ақша сомасын бұғаттайды және клиентпен жасалған шартта белгіленген тәртіппен клиентке бас тартудың себептері мен негіздемелерін және тұлғаны әрекеттенулер туралы дерекқорға енгізу бастамашысын көрсете отырып, төлемді және (немесе) ақша аударымын жүзеге асыруды тоқтата тұру туралы ақпарат береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z109" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z109" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер ақша жөнелтуші шартта белгіленген тәсілмен әрекеттенулер туралы дерекқорға енгізілген бенефициардың пайдасына төлемді немесе ақша аударымын жүзеге асыру туралы ниетін растаса, ұйым бенефициардың пайдасына осы төлемді және (немесе) ақша аударымын қайтадан бастайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z110" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z110" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқа жағдайда ұйым төлемді және (немесе) ақша аударымын жүзеге асырмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z111" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z111" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Ұйым клиенттің алаяқтық белгілері бар төлем транзакциясын анықтағаны туралы өтінішін алған кезде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z112" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z112" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ақша жөнелтушіге қызмет көрсететін ұйым операцияға талдау (зерделеу) жүргізеді, оның нәтижелері бойынша антифрод-орталыққа клиенттің және бенефициарға қызмет көрсететін ұйымның деректемелерін көрсете отырып, алаяқтық белгілері бар төлем транзакциясы туралы хабар жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z113" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z113" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) антифрод-орталық осы тармақтың 1) тармақшасында көрсетілген хабарды алғаннан кейін бенефициардың банктік шотына және (немесе) электрондық әмиянына ақша аудару туралы нұсқауды орындауды тоқтата тұруы және бенефициардың ақша алу негіздерін анықтауы үшін бенефициарға қызмет көрсететін ұйымды бір мезгілде хабардар ете отырып, бенефициар туралы ақпаратты әрекеттенулер туралы дерекқорға дереу енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z114" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z114" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бенефициарға қызмет көрсететін ұйым антифрод-орталықтан осы тармақтың 2) тармақшасында көрсетілген хабарламаны алғаннан кейін операция сомасы шегінде ақшаны бенефициардың банктік шотына және (немесе) электрондық әмиянына есепке жатқызуды тоқтата тұрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z115" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z115" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бенефициардың банктік шотына және (немесе) электрондық әмиянға ақшаны есепке жатқызуды тоқтата тұру мүмкін болмаған жағдайда, бенефициарға қызмет көрсететін ұйым клиенттің нұсқауларын орындауды және (немесе) банктік шот, электрондық әмиян бойынша шығыс операцияларын тоқтата тұрады, бенефициардың банктік шотындағы және (немесе) электрондық әмиянындағы төлемнің және (немесе) ақша аударымының сомасын бұғаттайды және шартта белгіленген тәртіппен бенефициарды бұл туралы дереу хабардар етеді. Клиенттің нұсқауларын орындауды және (немесе) клиенттің банктік шоты және (немесе) электрондық әмияны бойынша шығыс операцияларын тоқтата тұру (немесе) төлемнің және (немесе) ақша аударымының сомасын бұғаттау бенефициардың ақша алу негіздерін анықтау мақсатында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z116" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z116" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Банктік шот, электрондық әмиян бойынша шығыс операцияларын тоқтата тұру кезінде клиент қажет болған жағдайда қаржылық немесе төлем қызметтерінің шектеулі тізбесін алу үшін шартта белгіленген тәртіппен ұйымның мекенжайына өтініш береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z117" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z117" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиенттің өтінішін қарау қорытындылары бойынша ұйым клиент өтініш жасаған күннен бастап 7 (жеті) күнтізбелік күннен кешіктірмей шартта белгіленген тәртіппен клиентті қабылданған шешім туралы хабардар ете отырып, клиентке көрсетілетін қаржылық және (немесе) төлем қызметтерінің шектеулі тізбесін ұсынудан бас тарту немесе ұсыну туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z118" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z118" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиенттің банктік шотында, электрондық әмиянында алаяқтық белгілері бар транзакция шеңберінде бұғатталған ақша болған жағдайда, клиентпен іскерлік қатынастарды тоқтату қылмыстық қудалау органдарының тиісті шешімін алғанға дейін мүмкін болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z119" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z119" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Клиент оқиғалар немесе әрекеттенулер туралы дерекқорға енгізілген кезде ұйым ішкі қағидаларға сәйкес қаржылық және (немесе) төлем қызметтерін көрсетуден бас тарту туралы немесе қаржылық және (немесе) төлем қызметтерінің шектеулі тізбесін ұсыну туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z120" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z120" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қаржылық және (немесе) төлем қызметтерінің шектеулі тізбесін ұйым ішкі қағидаларға сәйкес айқындайды және онда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z121" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z121" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының заңнамасына сәйкес еңбек демалысы ақысын, жалақыны, қызметтік іссапарларға арналған шығыстарды және (немесе) жұмыс берушінің өзге де төлемдерін, зейнетақыны, стипендияны, жәрдемақыны және (немесе) өзге де әлеуметтік төлемді төлеу түрінде клиенттің банктік шотына түскен төлемдерді есепке жатқызу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z122" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z122" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұйымда осы төлемдерді есепке жатқызу бойынша төлемдердің алаяқтық сипаты туралы ақпарат болмаған жағдайда, клиентке оның банктік шотына еңбек демалысы ақысын, жалақыны, қызметтік іссапарларға арналған шығыстарды және (немесе) жұмыс берушінің өзге де төлемдерін төлеу түрінде есепке жатқызылған қолма-қол ақшаны беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z123" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z123" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының заңнамасына сәйкес клиентке оның банктік шотына зейнетақы, стипендия, жәрдемақы және (немесе) өзге де әлеуметтік төлем түрінде есепке жатқызылған қолма-қол ақшаны беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z124" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z124" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы тармақтың 1) тармақшасына сәйкес есепке жатқызылған ақша сомасы шегінде салықтарды, коммуналдық және әлеуметтік төлемдерді, бюджетке төленетін басқа да міндетті төлемдерді, өсімпұлдар мен айыппұлдарды, сондай-ақ қарызды өтеу бойынша төлемдерді төлеу бойынша қызметтер қамтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z125" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z125" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Алаяқтық белгілері бар транзакция деп танылған төлемнің және (немесе) ақша аударымының бенефициарына қызмет көрсететін ұйым ақшаны прокурор санкциялаған, Антифрод-орталық арқылы алынған қылмыстық қудалау органының транзакцияны алаяқтық транзакциясы деп тану және қаулыда (бұдан әрі – қаулы) көрсетілген тұлғаға ақшаны қайтару қажеттілігі туралы қаулы түрінде хабарлама алған кезде қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z126" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z126" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұйым ақшаны төлем ордерін және төлем тапсырмасын пайдалана отырып, Төлемдер туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-1-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен бұғатталған сома шегінде ғана қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z127" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z127" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер қаулыда көрсетілген ақша сомасы Төлемдер туралы заңның 25-1-бабында көзделген тәртіппен бұғатталған сомадан асып кеткен жағдайда, ұйым Төлемдер туралы заңның 25-1-бабында көзделген тәртіппен бұғатталған сома шегінде ғана қаулыны ішінара орындайды. Қаулыда көрсетілген соманың қалдығы заңды күшіне енген сот шешімі негізінде қайтарылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z128" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z128" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қаулыда көрсетілген бенефициар пайдасына ақша қаулыны алған кезден бастап келесі операциялық күннен кешіктірілмейтін мерзімде аударылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z129" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z129" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қаулыда пайдасына ақша қайтарылатын бенефициардың мынадай деректемелері қамтылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z130" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z130" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке тұлғаларға қатысты тегі, аты, әкесінің аты (ол болған жағдайда), заңды тұлғаларға қатысты атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z131" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z131" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) банктік шот ашылған банктің банктік сәйкестендіру коды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z132" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z132" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) клиенттің жеке сәйкестендіру коды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z133" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z133" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) клиенттің жеке сәйкестендіру нөмірі немесе бизнес сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z134" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z134" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ақша сомасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z135" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z135" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қаулыда банк шотынан ақша қайтарылатын ақша жөнелтушінің мынадай деректемелері қамтылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z136" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z136" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке тұлғаларға қатысты тегі, аты, әкесінің аты (ол болған жағдайда), заңды тұлғаларға қатысты атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z137" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z137" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) банктік шот ашылған банктің банктік сәйкестендіру коды немесе электрондық ақша жүйесі операторының шоты ашылған банктің банктік сәйкестендіру коды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z138" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z138" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) клиенттің жеке сәйкестендіру коды немесе электрондық ақша жүйесі операторының жеке сәйкестендіру коды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z139" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z139" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) клиенттің жеке сәйкестендіру нөмірі немесе бизнес сәйкестендіру нөмірі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z140" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z140" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бенефициарға қызмет көрсететін ұйым қаулыны күнтізбелік кезектіліктің келу тәртібімен (күні мен уақыты бойынша) орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z141" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z141" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Ұйымдардың алаяқтық белгілері бар төлем транзакцияларын жүзеге асырудың барлық оқиғалары және (немесе) әрекеттенулері туралы ақпаратты антифрод-орталыққа жіберуі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z142" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z142" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Ұйым антифрод-орталыққа жіберетін алаяқтық белгілері бар төлем транзакциясы туралы хабарда өз клиентінің:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z143" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z143" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алдау немесе сенімді теріс пайдалану арқылы клиенттің ақшасын жымқыруға бағытталған үшінші тұлғалардың әрекеттерінен зардап шеккен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z144" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z144" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) үшінші тұлғаға/тұлғаларға қатысты алдау немесе сенімді теріс пайдалану арқылы үшінші тұлғаның/тұлғалардың ақшасын жымқыруға бағытталған іс-әрекеттер жасауға күдікті мәртебесі туралы мәліметтер қамтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z145" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z145" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Ұйым және (немесе) қылмыстық қудалау органы алаяқтық белгілері бар төлем транзакциясы туралы хабарды электрондық нысанда антифрод-орталықтың ішкі құжаттарында белгіленген форматта төлемді және (немесе) ақша аударымын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z146" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z146" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) банктік шотты пайдалана отырып жүзеге асырған кезде: жеке сәйкестендіру кодын, транзакция сомасын, уақытын және төлем транзакциясының бірегей кодын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z147" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z147" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) төлем карточкасын пайдалана отырып жүзеге асырған кезде: алғашқы 6 және соңғы 4 разрядты көрсете отырып, карточканың толық емес нөмірін және (немесе) эквайер оны өңдеу процесінде беретін төлем транзакциясының бірегей сәйкестендіргішін (бар болса), транзакция сомасын, төлем транзакциясының уақытын және бірегей кодын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z148" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z148" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электрондық әмиянды пайдалана отырып жүзеге асырған кезде: әмиянның деректемелерін, төлем транзакциясының сомасын, уақытын және бірегей кодын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z149" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z149" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) антифрод-орталықтың ішкі қағидаларында белгіленген өзге де қосымша деректемелерді көрсете отырып жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z150" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z150" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алаяқтық белгілері бар төлем транзакциясы туралы хабарды әрбір ұйым тегін, атын, әкесінің атын (ол болған жағдайда) және оның жеке сәйкестендіру нөмірін міндетті түрде көрсете отырып, өз клиенті бойынша дербес толтырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z151" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z151" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Антифрод-орталық алаяқтық белгілері бар төлем транзакциясы туралы хабарды алған кезде осы хабарға антифрод-орталықтың ішкі құжаттарында белгіленген тәртіппен басымдық береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z152" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z152" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Ұйым ішкі құжаттармен бекітілген мынадай өлшемшарттар (белгілер) негізінде, бірақ олармен шектелмей, алаяқтық белгілері бар төлем транзакциясын анықтайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z153" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z153" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ұйым жалпы жасалатын операциялар (клиент жүзеге асыратын қызмет) бойынша талдау негізінде анықтаған клиент жүргізетін операция сипатының (өзгеше) сәйкес келмеуі, атап айтқанда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z154" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z154" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       операцияны жүзеге асыру уақыты (күндері);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z155" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z155" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       операцияларды жүзеге асыру орны (клиенттің нақты орналасқан жері, операцияны жүзеге асыру орны және тағы басқалар);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z156" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z156" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оны пайдалана отырып операция жүзеге асырылатын құрылғы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z157" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z157" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) клиент жүргізетін операция параметрлерінің сәйкес келмеуі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z158" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z158" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       операция сомасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z159" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z159" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       операцияларды жүзеге асыру кезеңділігі (жиілігі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z160" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z160" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ақша алушы (бенефициар).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z161" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z161" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) клиенттің:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z162" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z162" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шетелдік қызмет көрсетушілердің пайдасына, оның ішінде цифрлық активтер платформалары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z163" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z163" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызметі ірі төлемдерді қабылдауға байланысты емес, тауарларды, жұмыстарды және көрсетілетін қызметтерді жеткізушілердің пайдасына жүргізетін операциялар көлемінің сәйкес келмеуі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z164" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z164" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алаяқтық белгілері бар төлем транзакциялары бойынша деректер алмасу орталығының</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z165" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z165" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Қазақстан Республикасы Ұлттық Банкінің антифрод-орталығы) қызметін ұйымдастыру қағидаларына</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z166" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z166" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z167" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z167" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Антифрод-орталықтың қатысушылары арасында</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z168" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z168" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңсыз деп танылатын немесе тыйым салынған төлем транзакциялары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z169" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z169" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жүзеге асырылатын электрондық төлем құралдары бойынша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z170" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z170" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзара іс-қимыл алгоритмі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z171" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z171" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қылмыстық қудалау, ұлттық қауіпсіздік органы және құқық қорғау органдары тіркелген қылмыстық істер бойынша заңсыз және (немесе) тыйым салынған төлем операцияларында пайдаланылатын (пайдаланылған), қаржы ұйымдары мен төлем ұйымдарының (бұдан әрі – Ұйымдар) клиенттеріне тиесілі электрондық төлем құралдарының (бұдан әрі – заңсыз пайдаланылған электрондық төлем құралдары) деректемелерін анықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z172" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z172" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қылмыстық қудалау, ұлттық қауіпсіздік органы және құқық қорғау органдары нақты уақыт режимінде заңсыз пайдаланылған электрондық төлем құралдарының тізбесін алаяқтық белгілері бар төлем транзакциялары бойынша деректер алмасу орталығына (Қазақстан Республикасы Ұлттық Банкінің антифрод-орталығы) (бұдан әрі – антифрод-орталық) жібереді. Қылмыстық қудалау органы әрбір электрондық төлем құралы бойынша тіркелген қылмыстық іс туралы ақпаратты қоса береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z173" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z173" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Қазақстан Республикасы Ұлттық Банкінің Ұлттық төлем корпорациясы" акционерлік қоғамы қылмыстық қудалау, ұлттық қауіпсіздік органынан, құқық қорғау органынан электрондық төлем құралын алған кезден бастап 1 (бір) сағат ішінде оның иесін (төлем карточкасының эмитент банкін немесе электрондық әмиян ашылған электрондық ақша жүйесін) айқындайды және жабық режимде электрондық төлем құралының әрбір иесіне жеке-жеке жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z174" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z174" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Әр Ұйым мынадай іс-шараларды өткізеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z175" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z175" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қылмыстық қудалау, ұлттық қауіпсіздік органынан, құқық қорғау органынан антифрод-орталық арқылы алынған бұдан кейінгі іс-әрекет туралы қаулы түрінде қосымша хабарлама алғанға дейін электрондық төлем құралын бұғаттайды және клиентке бұл туралы хабарлайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z176" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z176" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) иесінің тегі, аты, әкесінің аты (ол болған жағдайда) мен жеке сәйкестендіру нөмірін, резиденттік мәртебесін қамтитын электрондық төлем құралының иесі бойынша деректерді, сондай-ақ Қазақстан Республикасының заңдарына сәйкес қылмыстық қудалау, ұлттық қауіпсіздік органының, құқық қорғау органының сұратуы бойынша өзге де ақпаратты антифрод-орталыққа жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z177" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z177" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қылмыстық қудалау, ұлттық қауіпсіздік органынан, құқық қорғау органынан антифрод-орталық арқылы алынған қаулы түріндегі хабарламаның негізінде Ұйым клиентке қызмет көрсетуді қайта бастау немесе клиентке қызмет көрсетуден бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>