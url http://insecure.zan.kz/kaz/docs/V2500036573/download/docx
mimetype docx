--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="72cdb03" w14:textId="72cdb03">
+    <w:p w14:paraId="0fb92fc" w14:textId="0fb92fc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Сумен жабдықтау және су бұру ұйымдарының елді мекендерде бар активтерді кеңейту, жаңғырту, реконструкциялау, жаңарту, ұстап тұру және жаңа активтер құру жөніндегі жобаларды іске асыру үшін тартылған халықаралық қаржы ұйымдарының қарыздарын өтеуге және оларға қызмет көрсетуге арналған шығындарын субсидиялау қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2025 жылғы 30 шiлдедегi № 287 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 5 тамызда № 36573 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2025 жылғы 30 шiлдедегi № 287 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 5 тамызда № 36573 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Су кодексінің 25-бабының 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -153,74 +153,176 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12) тармақшаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">, "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің кейбір мәселелері" Қазақстан Республикасы Үкіметінің 2023 жылғы 4 қазандағы № 864 қаулысымен бекітілген Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігі туралы ереженің 15-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>486) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -913,84 +1015,166 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>12) тармақшасыларына</w:t>
+        <w:t>12) тармақшаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің кейбір мәселелері" Қазақстан Республикасы Үкіметінің 2023 жылғы 4 қазандағы № 864 қаулысымен бекітілген Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігі туралы ереженің 15-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>486) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес әзірленді және сумен жабдықтау және су бұру ұйымдарының елді мекендерде қолданыстағы активтерді кеңейту, жаңғырту, реконструкциялау, жаңарту, ұстап тұру және жаңа активтер құру жөніндегі жобаларды іске асыру үшін тартылған халықаралық қаржы ұйымдарының қарыздарын өтеуге және оларға қызмет көрсетуге арналған шығындарын тиісті қаржы жылына арналған республикалық және жергілікті бюджеттерде көзделген қаражат есебінен және шегінде субсидиялау.</w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленді және сумен жабдықтау және су бұру ұйымдарының елді мекендерде қолданыстағы активтерді кеңейту, жаңғырту, реконструкциялау, жаңарту, ұстап тұру және жаңа активтер құру жөніндегі жобаларды іске асыру үшін тартылған халықаралық қаржы ұйымдарының қарыздарын өтеуге және оларға қызмет көрсетуге арналған шығындарын тиісті қаржы жылына арналған республикалық және жергілікті бюджеттерде көзделген қаражат есебінен және шегінде субсидиялау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1625,1168 +1809,1626 @@
         <w:t>
       9. Субсидиялар мерзімі өткен кредит берешегі бойынша есептелген және төленген пайыздарды төлеу жөніндегі негізгі борышты және өзге де шығындарды өтеуге, сондай-ақ жарғылық капиталға қатысу мақсатына, шаруашылық қызметінің шығындарын және субсидия алушының салық міндеттемелерін жабуға берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Егер тарифтік сметада халықаралық қаржы ұйымының қарыздарын өтеуге және оларға қызмет көрсетуге арналған қаражаттың бір бөлігі көзделсе, халықаралық қаржы ұйымының қарыздарын өтеуге және оларға қызмет көрсетуге бөлінген субсидиялар сомасы өтеуге және тарифтік сметада көзделген шығыстар арасындағы айырма ретінде айқындалады. Халықаралық қаржы ұйымының несиелеріне қызмет көрсету және несиелік келісімге сәйкес халықаралық қаржы ұйымының қарыздарын өтеу және қызмет көрсету үшін қажетті шығындар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Халықаралық қаржы ұйымының кредиттерін өтеуге және оларға қызмет көрсетуге бөлінген субсидиялардың жалпы сомасы мыналармен анықталады:</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық қаржы ұйымының кредитін өтеуге және оған қызмет көрсетуге қажетті шығыстардың жалпы сомасының 10%-нан кем емес мөлшерінде жергілікті бюджеттен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жергілікті бюджеттен бөлінген субсидияларды ескере отырып, халықаралық қаржы ұйымының кредиттерін өтеуге және оларға қызмет көрсетуге шығыстардың қажетті сомасы мөлшерінде республикалық бюджеттен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте халықаралық қаржы ұйымының қарызын өтеуге және оған қызмет көрсетуге республикалық бюджеттен бөлінген субсидиялардың жалпы сомасы халықаралық қаржы ұйымының қарызы бойынша негізгі борыш сомасынан аспауы керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республикалық бюджеттен қарызды өтеуге және оған қызмет көрсетуге бөлінетін субсидиялар сомасы, халықаралық қаржы ұйымының қарыздарын өтеуге және оған қызмет көрсетуге арнлаған тарифтік сметада көзделген қаражат жеткіліксіз болған кезде, онда субсидиялар жергілікті бюджеттен өтелуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлінген субсидиялар мөлшері коммуналдық қызметтерге тарифтің өсуіне қарай субсидиялаудың бүкіл мерзімі ішінде кезең-кезеңімен азайтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Егер уәкілетті орган субсидиялардың қажетті көлемін азайтуға әсер ететін халықаралық қаржы ұйымының қарызын өтеуге және оған қызмет көрсетуге арналған шығындарды көздейтін тарифтік сметаны бекіткен жағдайда, бұрын мақұлданған субсидиялар сомасы осы Қағидаларда көзделген тәртіппен субсидия алушының өтінім беруі арқылы қайта қаралады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
-[...15 lines deleted...]
-      Халықаралық қаржы ұйымының кредитін өтеуге және оған қызмет көрсетуге қажетті шығыстардың жалпы сомасының 10%-нан кем емес мөлшерінде жергілікті бюджеттен;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Субсидияларды алу үшін субсидия алушы жергілікті атқарушы органға мынадай құжаттарды жолдайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) субсидия беруге өтінім (бұдан әрі-өтінім);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) субсидияларды ұсыну қажеттілігі туралы түсіндірме жазба (инвестициялық жобаны іске асырудан күтілетін әлеуметтік-экономикалық әсер, оның ішінде ұсынылатын қызметтер сапасын жақсарту, қосылатын тұтынушылар санын ұлғайту, жұмыс орындарын (уақытша/тұрақты) құру, сондай-ақ сумен жабдықтау және су бұру желілерінің тозуын және апаттылығын төмендету, тұтынушылардан дебиторлық берешекті қысқарту, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Салық кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес салықтарды төлеу бойынша міндеттемелерді уақтылы орындау, халықаралық қаржы ұйымымен жүргізілген жұмыс туралы ақпараты, халықаралық қаржы ұйымының қарызын өтеуге және оған қызмет көрсетуге субсидия бөлінген (бөлінбеген) жағдайда көрсетілетін қызметтер тарифінің шамасын талдай отырып, тарифтік сметаларда халықаралық қаржы ұйымының қарыздарын өтеуге және қызмет көрсетуге арналған қаражаттың болуын (болмауын) көрсете отырып, халықаралық қаржы ұйымының қарыздарын өтеу және оларға қызмет көрсету үшін тарифтің шамасын арттыру мүмкіндігінің (мүмкін еместігінің) перспективаларын талдауы бар);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кредиттік шартының көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) үшжақты келісімнің көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) халықаралық қаржы ұйымымен келісілген халықаралық қаржы ұйымының қарызын өтеуге және оған қызмет көрсетуге арналған субсидиялардың қажетті сомасын растайтын есеп айырысулар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қолданыстағы тарифті және тарифтік сметаны бекіту туралы бұйрықтардың көшірмелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бекітілген (бекітілген өзгертілген) инвестициялық бағдарламалар бұйрықтарының көшірмелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) соңғы 3 (үш жыл) тарифтік сметалардың орындалуы туралы есептер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) соңғы 3 (үш жыл) инвестициялық бағдарламалардың орындалуы туралы есептер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) өзге кредит беруші банктер алдында мерзімі өткен берешектің жоқ/бар екендігі туралы анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) өтінім беру сәтінде субсидия алушының салық органдарында есеп жүргізілетін берешегінің жоқ (бар) екендігі туралы мәлiметтер;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) бірінші басшы мен бас бухгалтердің қолы қойылған соңғы үш жылдағы қаржылық есептілік.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Субсидияны әлеуетті алушы "Аудиторлық қызмет туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес міндетті аудитке жататын жағдайда, қаржылық есептіліктің аудиторлық есебі ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қаржылық есептілік "Бухгалтерлік есеп және қаржылық есептілік туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес, оның ішінде басқа ұйымдардағы қаржылық қатысу туралы ақпаратты қоса бере отырып, теңгерім валютасында 10% және одан да көп алатын теңгерім баптарының егжей-тегжейлі түсіндірмесін қоса бере отырып ұсынылады;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттардың парақтары нөмірленеді, тігіледі және мөрленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, осы тармақтың 1), 5) және 12) тармақшаларында көрсетілген құжаттарға субсидия алушының бірінші басшысы (немесе оның орнындағы адам) және бас бухгалтері қол қояды және олар мөрмен (субсидия алушыда ол болған кезде) расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Жергілікті бюджеттік бағдарламалар әкімшісі ұсынылған құжаттар құрамының толықтығын және дұрыс толтырылуын тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z81" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құрамы толық болмаған және (немесе) дұрыс толтырылмаған құжаттар ұсынылған жағдайда, жергілікті бюджеттік бағдарламалар әкімшісі 2 (екі) жұмыс күні ішінде ескертулер толық жойылғанға дейін құжаттарды субсидия алушыға қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z82" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субсидия алушы 5 (бес) жұмыс күні ішінде ескертулерді жояды және жергілікті бюджеттік бағдарламалар әкімшісіне құжаттарды қайта қарауға жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z83" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Жергілікті бюджеттік бағдарламалардың әкімшісі өтініш тіркелген күннен бастап 5 (бес) жұмыс күні ішінде өтінімді және субсидия алушы ұсынған құжаттарды жергілікті бюджеттік бағдарламалардың әкімшісінің жұмыс тобының қарауына береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z84" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті бюджеттік бағдарламалар әкімшісінің жұмыс тобы 5 (бес) жұмыс күні ішінде субсидиялар алушының осы Қағидалардың 5-тармағында аталған субсидияларды алу критерийлеріне сәйкестігіне объективті және жан-жақты бағалау жүргізеді, субсидиялар алушының халықаралық қаржы ұйымының қарызын өтеуге және оған қызмет көрсетуге арналған субсидиялардың қажетті сомасын растайтын есептеулерді тексереді және жергілікті бюджеттен субсидиялауға бюджет қаражатын беру бойынша ұсыныстар мен ұсынымдар береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z85" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті бюджеттік бағдарламалар әкімшісінің жұмыс тобы отырысының қорытындысы бойынша отырыс хаттамасы ресімделеді, оған жұмыс тобының барлық мүшелері қол қояды (еркін нысанда).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z86" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субсидия алушы осы Қағидалардың 5-тармағында аталған субсидияларды алу критерийлеріне және халықаралық қаржы ұйымының қарызын өтеуге және оған қызмет көрсетуге арналған субсидиялардың қажетті сомасын растайтын субсидия алушының есептеулеріне сәйкес келмеген жағдайда, жергілікті атқарушы орган жұмыс тобы отырысының хаттамасы қалыптастырылған күннен бастап 3 (үш) жұмыс күні ішінде өтінімді қараудан бас тартады немесе өтінімді жергілікті бюджеттік бағдарламалар әкімшісінің жұмыс тобы отырысының хаттамасының көшірмесін қоса бере отырып, субсидия алушыға түзету үшін қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z87" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті бюджеттен субсидиялауға бюджет қаражатын беру жөнінде ұсыныстар мен ұсынымдар болмаған жағдайда жергілікті бюджеттік бағдарламалар әкімшісі 10 (он) жұмыс күні ішінде жергілікті атқарушы органның қаулысымен жергілікті бюджеттен субсидиялар көлемдерін бекітуді қамтамасыз етеді және өтінімді, жергілікті атқарушы орган қаулысының көшірмесін қоса бере отырып, осы Қағидалардың 15-тармағында көрсетілген құжаттардың толық пакетін республикалық бюджеттік бағдарламаның әкімшісіне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z88" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Республикалық бюджеттік бағдарламаның әкімшісі өтінім тіркелген күннен бастап 5 (бес) жұмыс күні ішінде өтінімді және субсидия алушы ұсынған құжаттарды республикалық бюджеттік бағдарламаның әкімшісінің жұмыс тобының қарауына береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z89" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республикалық бюджеттік бағдарламаның әкімшісінің жұмыс тобы 5 (бес) жұмыс күні ішінде субсидиялар алушының халықаралық қаржы ұйымының қарызын өтеуге және оған қызмет көрсетуге арналған субсидиялардың қажетті сомасын растайтын есептеулерін тексереді және республикалық бюджеттен субсидиялауға бюджет қаражатын беру жөнінде ұсыныстар мен ұсынымдар береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z90" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республикалық бюджеттік бағдарламаның әкімшісінің жұмыс тобы отырысының қорытындылары бойынша жұмыс тобының барлық мүшелері қол қоятын отырыс хаттамасы ресімделеді (еркін нысанда).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z91" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субсидиялар алушының халықаралық қаржы ұйымының қарызын өтеуге және оған қызмет көрсетуге арналған субсидиялардың қажетті сомасын растайтын есептеулері сәйкес келмеген жағдайда, республикалық бюджеттік бағдарламаның әкімшісі жұмыс тобы отырысының хаттамасы қалыптастырылған күннен бастап 3 (үш) жұмыс күні ішінде өтінімді қараудан бас тартады немесе өтінімді республикалық бюджеттік бағдарламаның әкімшісінің жұмыс тобы отырысының хаттамасының көшірмесін қоса бере отырып, субсидия алушыға түзету үшін қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z92" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республикалық бюджеттен субсидиялауға бюджет қаражатын беру жөнінде ұсыныстар мен ұсынымдар болмаған жағдайда республикалық бюджеттік бағдарламаның әкімшісі 10 (он) жұмыс күні ішінде бюджеттік өтінімді қалыптастырады және бюджеттік заңнамада белгіленген тәртіппен бюджеттік жоспарлау жөніндегі орталық уәкілетті органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z93" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Республикалық бюджеттік бағдарламаның әкімшісіне қаражат беру тиісті қаржы кезеңіне арналған республикалық бюджет туралы Қазақстан Республикасының Заңымен бекітілген қаражат шегінде тиісті бюджеттік бағдарлама шеңберінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Республикалық бюджеттік бағдарламаның әкімшісі халықаралық қаржы ұйымының қарыздарын өтеу және оларға қызмет көрсету бойынша субсидия алушылардың шығындарын кейіннен субсидиялау үшін жергілікті атқарушы органдарға нысаналы трансферттер түрінде қаражат жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Жергілікті атқарушы орган субсидиялау шартына сәйкес тиісті кезеңге бірінші басшы (немесе оны алмастыратын адам) бекіткен, халықаралық қаржы ұйымымен келісілген субсидияларды алушының есеп айырысуы және халықаралық қаржы ұйымының төлем шоттары негізінде субсидиялар төлеуді жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өткен қаржы жылында бюджет қаражаты пайдаланылмаған немесе толық пайдаланылмаған жағдайда, жергілікті атқарушы орган бюджет заңнамасында белгіленген тәртіппен бюджет қаражатының пайдаланылмаған бөлігін жоғары тұрған бюджетке қайтаруды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z188" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Есептілікті ұсыну тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z97" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Есептілікті жүзеге асыру мақсатында субсидиялар алушы жергілікті атқарушы органға осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша халықаралық қаржы ұйымының субсидияларды нақты пайдаланылуы туралы есепті тоқсан сайын есепті тоқсаннан кейінгі айдың 5-күніне дейін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Жергілікті атқарушы орган осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша республикалық бюджеттік бағдарламаның әкімшісіне республикалық және жергілікті бюджеттерден субсидиялауға бөлінген бюджет қаражатының игерілуі туралы есепті тоқсан сайын есепті тоқсаннан кейінгі айдың 10-күніне дейін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. Жылдың қорытындысы бойынша республикалық бюджеттік бағдарламасының әкімшісі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2 қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес субсидиялауға бөлінген бюджет қаражатын игеру туралы есепті қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
-[...479 lines deleted...]
-    <w:bookmarkStart w:name="z100" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...126 lines deleted...]
-    <w:bookmarkEnd w:id="97"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. Алып тасталды - ҚР Өнеркәсіп және құрылыс министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. Алып тасталды - ҚР Өнеркәсіп және құрылыс министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3021,268 +3663,268 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:bookmarkStart w:name="z105" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Субсидиялардың нақты пайдаланылуы туралы есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z106" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұсынылады: коммуналдық шаруашылық саласындағы уәкілетті органға </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z107" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет-ресурста орналастырылған: www.gov.kz</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z108" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанының атауы: "Субсидиялардың нақты пайдаланылуы туралы есеп"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z109" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі (нысан атауының қысқаша әріптік-цифрлық көрінісі): 1-СНПЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z110" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділік: квартал</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z111" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: 20___ жылғы _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z112" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: субсидиялар алушы, жергілікті атқарушы орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z113" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: есепті тоқсан сайын есепті тоқсаннан кейінгі айдың 5-күніне дейін ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z114" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес-сәйкестендiру нөмiрi:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z115" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5346700" cy="431800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -3367,70 +4009,70 @@
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z117" w:id="109"/>
+          <w:bookmarkStart w:name="z117" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="109"/>
+          <w:bookmarkEnd w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4110,310 +4752,310 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z118" w:id="110"/>
+    <w:bookmarkStart w:name="z118" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы ____________________________ Мекенжайы _________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z119" w:id="111"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z119" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________ ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z120" w:id="112"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z120" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефоны______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z121" w:id="113"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z121" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық пошта мекенжайы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z122" w:id="114"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z122" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z123" w:id="115"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z123" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орындаушы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z124" w:id="116"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z124" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z125" w:id="117"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z125" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (бар болған жағдайда) қолы, телефон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z126" w:id="118"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z126" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшы немесе оның міндетін атқарушы адам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z127" w:id="119"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z127" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z128" w:id="120"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z128" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (бар болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z129" w:id="121"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z129" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мөрдің орны (жеке кәсіпкерлер болып табылатын тұлғалардан қоспағанда)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z130" w:id="122"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z130" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4479,248 +5121,248 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>негізде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысанға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z132" w:id="123"/>
+    <w:bookmarkStart w:name="z132" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Субсидиялардың нақты пайдаланылуы туралы есеп" атты әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды толтыру жөніндегі түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z133" w:id="124"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z133" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан (бұдан әрі - Нысан) Тұрғын үй-коммуналдық инфрақұрылымды дамытудың 2023-2029 жылдарға арналған тұжырымдамасы шеңберінде инвестициялық жобаларды іске асыру барысы туралы ақпаратты сапалы ұсыну мақсатында әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z134" w:id="125"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z134" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нысан мынадай ретпен толтырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z135" w:id="126"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z135" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жолдардың коды" деген 1-бағанда реттік нөмірі көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z136" w:id="127"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z136" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Ұйымның атауы" деген 2-бағанда субсидия алған табиғи монополиялар субъектісі көрсетіледі, табиғи монополиялар субъектілері толтырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z137" w:id="128"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z137" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Алынды (мың теңге)" деген 3-бағанда алынған субсидиялар сомасы көрсетіледі, табиғи монополиялар субъектілері толтырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z138" w:id="129"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z138" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Игерілді (мың теңге)" деген 4-бағанда игерілген субсидиялар сомасы көрсетіледі, табиғи монополиялар субъектілері толтырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z139" w:id="130"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z139" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-бағанда "Ауытқу (+, -) (+) артық төлем, (-) кемшілігі, теңге" 3 және 4-бағандарда көрсетілген бөлінген және игерілген субсидиялар сомасының айырмасы ретінде көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z140" w:id="131"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z140" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Пайдаланылмаған субсидияларды қайтару (факт), теңге" деген 6-бағанда өткен қаржы жылында бюджет қаражатын (субсидияларды) пайдаланбау немесе толық пайдаланбау сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z141" w:id="132"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z141" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Ескертпе" деген7-бағанда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4936,287 +5578,287 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-қосымша</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z143" w:id="133"/>
+    <w:bookmarkStart w:name="z143" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Субсидиялауға бөлінген бюджет қаражатының игерілуі туралы есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z144" w:id="134"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z144" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: коммуналдық шаруашылық саласындағы уәкілетті органға</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z145" w:id="135"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z145" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет-ресурста орналастырылған: www.gov.kz</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z146" w:id="136"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z146" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанының атауы: "Субсидиялауға бөлінген бюджет қаражатының игерілуі туралы есеп"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z147" w:id="137"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z147" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі (нысан атауының қысқаша әріптік-цифрлық көрінісі): 2-СББҚИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z148" w:id="138"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z148" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділік: квартал</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z149" w:id="139"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z149" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: 20___ жылғы _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z150" w:id="140"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z150" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: субсидиялар алушы, жергілікті атқарушы орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z151" w:id="141"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z151" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: есепті тоқсан сайын есепті тоқсаннан кейінгі айдың 5-күніне дейін ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z152" w:id="142"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z152" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес-сәйкестендiру нөмiрi:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z153" w:id="143"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z153" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5346700" cy="431800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -5238,70 +5880,70 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="144"/>
+    <w:bookmarkStart w:name="z154" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жинау әдісі: қағаз жеткізгіште, электронды түрде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5606,70 +6248,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z155" w:id="145"/>
+    <w:bookmarkStart w:name="z155" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6226,70 +6868,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z156" w:id="146"/>
+    <w:bookmarkStart w:name="z156" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6846,310 +7488,310 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z157" w:id="147"/>
+    <w:bookmarkStart w:name="z157" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы _____________________________ Мекенжайы _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z158" w:id="148"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z158" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________ __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z159" w:id="149"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z159" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефоны______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z160" w:id="150"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z160" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық пошта мекенжайы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z161" w:id="151"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z161" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z162" w:id="152"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z162" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орындаушы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z163" w:id="153"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z163" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z164" w:id="154"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z164" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (бар болған жағдайда) қолы, телефон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z165" w:id="155"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z165" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшы немесе оның міндетін атқарушы адам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z166" w:id="156"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z166" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z167" w:id="157"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z167" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (бар болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z168" w:id="158"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z168" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мөрдің орны (жеке кәсіпкерлер болып табылатын тұлғалардан қоспағанда)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z169" w:id="159"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z169" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7215,288 +7857,288 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>негізде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысанға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z171" w:id="160"/>
+    <w:bookmarkStart w:name="z171" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Субсидиялардың нақты пайдаланылуы туралы есеп" атты әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды толтыру жөніндегі түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z172" w:id="161"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z172" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан (бұдан әрі - Нысан) Тұрғын үй-коммуналдық инфрақұрылымды дамытудың 2023-2029 жылдарға арналған тұжырымдамасы шеңберінде инвестициялық жобаларды іске асыру барысы туралы ақпаратты сапалы ұсыну мақсатында әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z173" w:id="162"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z173" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нысан мынадай ретпен толтырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z174" w:id="163"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z174" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жолдардың коды" деген 1-бағанда реттік нөмірі көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z175" w:id="164"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z175" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Облыс, республикалық маңызы бар қала, астана атауы" деген 2-бағанда Қазақстан Республикасы облыстарының, қалалардың мекендерінің атауы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z176" w:id="165"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z176" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Ұйымның атауы" деген 3-бағанда субсидия алған табиғи монополиялар субъектісі көрсетіледі, табиғи монополиялар субъектілері толтырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z177" w:id="166"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z177" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Көрсеткіштердің атауы" деген 4-бағанда тікелей нәтеженің көрсеткіші көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z178" w:id="167"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z178" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Өлшем бірлігі" деген 5-бағанда тікелей көрсеткішке байланысты саны немесе % көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z179" w:id="168"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z179" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Көрсеткіштердің жоспарлы мәндері", "Іс-шаралардың нақты орындалуы, нәтижелерге қол жеткізу сатысы", "Нәтижелерге қол жеткізу%" деген 6,7 және 8-бағандарда жоспарлы және нақты көрсеткіштерге қол жеткізу тікелей нәтиже көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z180" w:id="169"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z180" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жоспар (мың теңге)", "Іс жүзіндегі атқару (мың теңге)", "Атқарылу%" деген 9,10 және 11-бағандарда жоспарлы және нақты мәнінің сомасы және табиғи монополиялар субъектісі бөлген және игерген субсидиялардың айырмашылығы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z181" w:id="170"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z181" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-бағанда "Бюджет қаражатын үнемдеу (мың теңге)" 4 және 5-бағандарда көрсетілген бөлінген және игерілген субсидиялар сомасының айырмасы ретінде көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z182" w:id="171"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z182" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Игерілмеу (мың теңге)" деген 13-бағанда өткен қаржы жылында бюджет қаражатын (субсидияларды) пайдаланбау немесе толық пайдаланбау сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7601,242 +8243,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 287 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z184" w:id="172"/>
+    <w:bookmarkStart w:name="z184" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күштері жойылды деп танылған бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z185" w:id="173"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z185" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Сумен жабдықтау және су бұру ұйымдарының елді мекендерде бар активтерді кеңейту, жаңғырту, реконструкциялау, жаңарту, ұстап тұру және жаңа активтер құру жөніндегі жобаларды іске асыру үшін тартылған халықаралық қаржы ұйымдарының қарыздарын өтеуге және оларға қызмет көрсетуге арналған шығындарын субсидиялау қағидаларын бекіту туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің м.а. 2019 жылғы 5 тамыздағы № 619 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19196 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z186" w:id="174"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z186" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Сумен жабдықтау және су бұру ұйымдарының және электр энергиясын беру мен онымен жабдықтау, жылу энергиясын беру мен онымен жабдықтау саласындағы ұйымдардың елді мекендерде бар активтерді кеңейту, жаңғырту, реконструкциялау, жаңарту, ұстап тұру және жаңа активтер құру жөніндегі жобаларды іске асыру үшін тартылған халықаралық қаржы ұйымдарының қарыздарын өтеуге және оларға қызмет көрсетуге арналған шығындарын субсидиялау қағидаларын бекіту туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің міндетін атқарушының 2019 жылғы 5 тамыздағы № 619 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2023 жылғы 20 қаңтардағы № 37 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 31755 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z187" w:id="175"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z187" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Сумен жабдықтау және су бұру ұйымдарының және электр энергиясын беру мен онымен жабдықтау, жылу энергиясын беру мен онымен жабдықтау саласындағы ұйымдардың елді мекендерде бар активтерді кеңейту, жаңғырту, реконструкциялау, жаңарту, ұстап тұру және жаңа активтер құру жөніндегі жобаларды іске асыру үшін тартылған халықаралық қаржы ұйымдарының қарыздарын өтеуге және оларға қызмет көрсетуге арналған шығындарын субсидиялау қағидаларын бекіту туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің міндетін атқарушының 2019 жылғы 5 тамыздағы № 619 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2025 жылғы 6 қаңтардағы № 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 35623 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>