--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3bf224a" w14:textId="3bf224a">
+    <w:p w14:paraId="cbd05cf" w14:textId="cbd05cf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау, тауардың шығарылуы туралы сертификат беру және оның күшін жою, тауардың шығарылған елін айқындау жөніндегі сертификаттың нысанын белгілеу жөніндегі қағидаларды бекіту туралы" Қазақстан Республикасы Сауда және интеграция министрінің 2021 жылғы 13 шілдедегі № 454-НҚ бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Сауда және интеграция министрінің 2025 жылғы 31 шiлдедегi № 231-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 31 шiлдеде № 36545 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Сауда және интеграция министрінің 2025 жылғы 31 шiлдедегi № 231-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 31 шiлдеде № 36545 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -2019,50 +2019,130 @@
         <w:t>
       Қолданыстағы (ратификацияланған) халықаралық келісімдер/шарттар болмаған немесе уәкілетті ұйымның өкімінде әкелу елі (одағы) біржақты тәртіппен белгілеген шығарылған елді айқындау қағидалары (шығарылған елді айқындау өлшемшарттары) туралы ақпарат болмаған кезде тауардың шығарылған елін айқындау осы Қағидалардың 6-тармағында белгіленген шығу өлшемшарттарына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қолданыстағы (ратификацияланған) халықаралық келісімдердің/шарттардың немесе әкелу елі (одағы) біржақты тәртіппен белгілеген шығарылған елді айқындау қағидаларының (шығарылған елді айқындау өлшемшарттарының) талаптары орындалмаған кезде өтініш берушінің өтініші бойынша осы Қағидалардың 6-тармағына сәйкес "түпнұсқа" жалпы нысандағы тауардың шығу тегі туралы сертификат ресімделеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолданыстағы (ратификацияланған) халықаралық келісімдерде/шарттарда көзделген мақсаттар үшін "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификатты ресімдеу қажет болған жағдайда тауардың шығарылған елін айқындау осы Қағидаларға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Егер адвалорлық үлес ережесі қолданылған жағдайда, тауар өндірісіндегі адвалорлық үлесті есептеу жүргізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4781,50 +4861,1914 @@
         <w:t>
       Мемлекеттік сатып алу рәсімдерін жүргізу мақсаттары үшін "СТ-1" нысанындағы тауардың шығу тегі туралы сертификат беру үшін Тізбенің 1-1-тармағында көзделген құжаттар талап етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
     <w:bookmarkStart w:name="z167" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік сатып алу рәсімдерін жүргізу мақсаттары үшін СТ-1 тауарының шығу тегі туралы Сертификат тауардың белгісіз көлеміне (санына) беріледі және ол берілген күннен бастап 2 жыл ішінде тауардың шығу тегі туралы құжат ретінде қаралады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z226" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тарау. "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификат беру үшін тауарлардың шығарылған елін айқындау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 6-тараумен толықтырылды - ҚР Сауда және интеграция министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z227" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Тауардың шығарылған елін анықтау үшін тауар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z228" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) толығымен қазақстанда шыққан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z229" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тауарды жеткілікті қайта өңдеу өлшемшарты ескеріле отырып, Қазақстанда шығарылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z230" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Қазақстан Республикасында толық өндірілген деп есептелетін тауарларды айқындау осы Қағидалардың 7-тармағына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z231" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Қазақстандық тауарды жеткілікті қайта өңдеу өлшемшарттары мынадай болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z232" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тауарды қайта өңдеу нәтижесінде болған алғашқы алты белгінің кез келгенінің деңгейінде СЭҚ ТН бойынша тауар кодының өзгеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z233" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "франко-зауыт" бағасы шарттарында дайын өнім құнының бағасында пайдаланылатын шетелдік материалдар құнының пайыздық мөлшері осы Қағидалардың 48-тармағының талаптарын ескере отырып, 30 пайыздан аспайтын болса, тауар құнының өзгеруі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z234" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Тауарды жеткілікті қайта өңдеудің негізгі өлшемшарты тауарды қайта өңдеу нәтижесінде болған алғашқы алты белгінің кез келгенінің деңгейінде СЭҚ ТН бойынша тауар кодын өзгерту болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z235" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Осы Қағидалардың 50-тармағының 1) тармақшасында көрсетілген жеткілікті қайта өңдеу өлшемшарты орындалмаған жағдайда, осы Қағидалардың 50-тармағының 2) тармақшасының жеткілікті қайта өңдеу өлшемшарты қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z236" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Тауарды жеткілікті қайта өңдеу өлшемшарттарына сай келмейтін шарттар осы Қағидалардың 9-тармағында белгіленген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z237" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Егер адвалорлық үлестің ережесі қолданылған жағдайда, тауар өндірісіндегі адвалорлық үлесті есептеу осы Қағидалардың 5-тармағына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z238" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауар өндірісіндегі адвалорлық үлесті есептеу осы Қағидаларға 1-қосымшаға сәйкес формула бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z239" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Бөлшектелген немесе жиналмаған түрде жеткізілетін тауарлардың шығарылған елін айқындау осы Қағидалардың 10-тармағына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z240" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Тауардың шығарылған елін айқындау ерекшеліктері осы Қағидалардың 11-тармағының талаптарын ескере отырып көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z241" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адвалорлық үлесті есептеу кезінде жылу және электр энергиясы "франко-зауыт" бағасы бойынша дайын өнімнің құнында ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z242" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еуразиялық экономикалық комиссия Кеңесінің 2021 жылғы 14 қыркүйектегі № 80 шешімімен бекітілген "Еуразиялық экономикалық одақтың сыртқы экономикалық қызметтің бірыңғай Тауар номенклатурасын және Еуразиялық экономикалық одақтың Бірыңғай кедендік тарифін бекіту, сондай-ақ Еуразиялық экономикалық комиссия Кеңесінің кейбір шешімдеріне өзгерістер енгізу және олардың күшін жою туралы" Негізгі интерпретациялау қағидаларының 5-тармағына (бұдан әрі – СЭҚ ТН интерпретациялау қағидалары) сәйкес қаптама ондағы өнімдермен бірге сыныпталатын болғандықтан, тауардың шыққан жерін айқындау кезінде қаптама осы тауардың құрамдас бөлігі ретінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z243" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеткілікті қайта өңдеу өлшемшартын қолдану объектісі СЭҚ ТН интерпретациялау қағидаларына сәйкес дербес жіктеу объектісі ретінде айқындалатын тауар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z244" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауарлар жиынтығының шығу тегін анықтау кезінде жеткілікті қайта өңдеу өлшемшартын қолдану объектісі жиынтықтың құрамына кіретін әрбір жеке элементті қарастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z245" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірқатар элементтер тобынан тұратын немесе бірнеше бөлшектен құрастырылған және СЭҚ ТН интерпретациялау қағидаларына сәйкес біртұтас тауар ретінде сыныпталатын тауар тұтастай алғанда жеткілікті қайта өңдеу критерийін қолдану объектісі ретінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z246" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер тауарлар партиясы СЭҚ ТН бір тауар позициясында жіктелетін бірдей өнімдерден тұрса, онда әрбір өнім жеткілікті қайта өңдеу өлшемшарты қолдану мақсаттары үшін бөлек қаралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z247" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Бірқатар элементтер тобынан тұратын немесе бірнеше бөлшектен құрастырылған және СЭҚ ТН интерпретациялау қағидаларына сәйкес біртұтас тауар ретінде сыныпталатын тауар, егер оның барлық құрамдас бөліктері жеткілікті қайта өңдеу критерийлеріне сәйкес келсе, жеткілікті қайта өңдеу критерийлеріне сәйкес деп танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z248" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер осы тауардың құрамдас бөліктерінің бір бөлігі жеткілікті қайта өңдеу өлшемшарттарына сәйкес келсе, ал бір бөлігі жеткілікті қайта өңдеу өлшемшарттарына сәйкес келмесе, егер жеткілікті қайта өңдеу өлшемшарттарына қанағаттандырмайтын құрамдас бөліктердің құны түпкілікті өнімнің "франко-зауыты" бағасының 15 % аспаса, бұл тауар жеткілікті қайта өңдеу өлшемшарттарына сәйкес деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z249" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-тарау. "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификат беру үшін тауардың шығарылған елін айқындау бойынша талдау жүргізу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 7-тараумен толықтырылды - ҚР Сауда және интеграция министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z250" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Тауардың шығарылған елін айқындау бойынша талдау осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша өтінім және осы Қағидалардың 60-тармағында көрсетілген тізбеге сәйкес өтініш беруші ұсынған құжаттар негізінде шарттық негізде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z251" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Уәкілетті тұлға тауардың шығарылған елін айқындау бойынша талдауды осы Қағидалардың 60-тармағының талаптары сақталған жағдайда, осы Қағидалардың 59-тармағында көрсетілген тізбеге сәйкес құжаттардың толық топтамасымен өтінімді ұсынған және тіркеген сәттен бастап бес жұмыс күнінен аспайтын мерзімде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z252" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Тауардың шығарылған елін анықтау бойынша талдау мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z253" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы Қағидалардың 60-тармағына сәйкес ұсынылған тауардың шығу тегін растайтын құжаттарды талдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z254" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сыртқы белгілері, таңбалануы (атауы, түрі, қаптамасы, сыныбы, дайындаушы кәсіпорын) бойынша тауарды бірдейлендіруді, шығарылуы алғаш рет жүзеге асырылатын СЭҚ ТН тауар кіші субпозицияларына өтінім берілген жағдайда, тауарды және оны өндіру орнын өндірістің орналасқан жеріне барып суретке түсіруді жүзеге асыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z255" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы Қағидалардың 50-тармағына сәйкес тауарды жеткілікті қайта өңдеу өлшемшарттарын белгілеу мақсатында тауарды өндіру кезіндегі технологиялық процесті талдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z256" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мәлімделген тауардың СЭҚ ТН-ге және ҚР ҰЖ 04 "Экономикалық қызмет түрлері бойынша өнімдер жіктеуіші" Қазақстан Республикасының Ұлттық жіктеуішіне (бұдан әрі – СЭҚ ТН бойынша өнімдер жіктеуіші) сәйкес келуін тексеру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z257" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Тауардың шығарылған елін анықтау бойынша талдау жүргізу үшін өтініммен бірге мынадай құжаттар ұсынылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z258" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтініш берушінің заңды мәртебесін растайтын құжаттар (заңды тұлғалар үшін - заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы анықтама (куәлік), заңды тұлға филиалын немесе өкілдігін есептік тіркеу туралы анықтама, заңды тұлғаның филиалы немесе өкілдігі туралы ереже, дара кәсіпкерлер үшін-дара кәсіпкердің тіркеу құжаты) заңды тұлғада 1 (бір) рет жыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z259" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тауарды сатып алуды растайтын құжаттар (егер өтініш беруші мәлімделген тауарды өндіруші болып табылмаған жағдайда) - тауарды өндірушімен немесе тауарды сатып алуға арналған шарт, жүкқұжаттар, шот-фактуралар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z260" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) еркін экономикалық аймақтар мен Еркін қоймалар аумағында қызметтің жүзеге асырылуын растайтын құжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z261" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сыртқы сауда келісімшартының (шартының), шот-фактураның немесе шот-проформаның немесе тауардың қаржылық және (немесе)сандық өлшемдерін көрсететін өзге де құжаттың көшірмесі (Тауар Қазақстан Республикасынан тыс жерге әкетілген жағдайда ұсынылады);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z262" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қазақстандық тауар өндірушілер тізілімінен үзінді көшірме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z263" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тауарды жеткілікті қайта өңдеу өлшемшартын айқындауға арналған құжаттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z264" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шикізатты және (немесе) шот-фактураны жеткізуге арналған шарттар және (немесе) тауар өндірісінде пайдаланылатын шикізаттың және (немесе) компоненттердің құнын растау үшін жүкқұжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z265" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      технологиялық операцияларды сипаттайтын құжаттама;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z266" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мәлімделген тауарды өндіруге арналған жабдықтардың тізбесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z267" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өндірістік үй-жайға арналған құжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z268" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пайдаланылатын шикізаттың немесе шетелдік шыққан компоненттің құнын ескере отырып, "франко-зауыт" бағасы шарттарында дайын өнімнің құнын есептеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z269" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақшаның екінші, төртінші, бесінші және алтыншы абзацтарында көрсетілген құжаттар Қазақстан Республикасында толықтай өндірілген тауарлар үшін, осы Қағидалардың 7-тармағының 11) тармақшасында көрсетілгендерді қоспағанда, ұсынылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z270" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) қойманың мекенжайын көрсете отырып, қоймадағы тауардың болуы мен саны туралы қойма анықтамасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z271" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) өтініш берушінің мүдделерін білдіруге арналған сенімхат (егер өтінішті басшы бермеген жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z272" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Тауардың шығарылған елін айқындау бойынша талдау нәтижелері бойынша уәкілетті тұлға осы Қағидаларға 5-қосымшаға сәйкес "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификатты ресімдеу туралы не "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификатты ресімдеуден бас тарту туралы қорытындыны куәландырады және береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z273" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификатты ресімдеуден бас тарту туралы қорытынды мынадай жағдайларда ресімделеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z274" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы Қағидалардың 69-тармағына сәйкес құжаттар ұсынылмаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z275" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Қағидалардың талаптарына сәйкес келмеген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z276" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификатты және (немесе) олардағы деректерді (мәліметтерді) алу үшін өтініш беруші ұсынған құжаттардың анық белгілеу анықталса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z277" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауардың шығу тегі туралы қорытындының қолданылу мерзімі он екі айды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z278" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тарау. "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификат беру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 8-тараумен толықтырылды - ҚР Сауда және интеграция министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z279" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. "CT-KZ" нысанындағы тауардың шығу тегі туралы Сертификат "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификатты ресімдеу туралы қорытынды негізінде ресімделеді, куәландырылады және беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z280" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "CT-KZ" нысанындағы тауардың шығу тегі туралы Сертификат уәкілетті ұйымның ақпараттық жүйесі арқылы электрондық нысанда беріледі. Өтініш берушінің өтініші бойынша "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификат уәкілетті ұйымның мөрімен және уәкілетті тұлғаның қолымен куәландырылған қағаз түрінде беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z281" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер өтініш берушінің іс жүргізу орнынан уәкілетті ұйымның тиісті аумақтық бөлімшесіне дейінгі арақашықтық уәкілетті ұйымның басқа аумақтық бөлімшесіне дейінгі арақашықтықтан екі есе артық болған жағдайда, онда өтініш берушіге өтінімді және оған қоса берілген құжаттарды уәкілетті ұйымның жақын аумақтық бөлімшесіне беруге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z282" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификатты беру мерзімі "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификатты ресімдеу туралы қорытынды берілген күннен кейінгі 1 (бір) жұмыс күнінен аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z283" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификатты тауарларға Уәкілетті ұйым ресімдейді, куәландырады және береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z284" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тауарды жеткілікті қайта өңдеу өлшемшарттарына сәйкес өндірілген немесе жеткілікті қайта өңдеуге ұшыраған және еркін экономикалық аймақтар мен Еркін қоймалар аумағынан Қазақстан Республикасы аумағының қалған бөлігіне әкетілетін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z285" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тауарды жеткілікті қайта өңдеу өлшемшарттарына сәйкес өндірілген немесе жеткілікті қайта өңдеуге ұшыраған және еркін экономикалық аймақтар мен Еркін қоймалар аумағынан Қазақстан Республикасының аумағынан тысқары жерлерге әкетілетін тауарлар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z286" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауардың шығу тегі туралы "CT-KZ" нысанындағы сертификат осы Қағидаларға 6-қосымшаға сәйкес электрондық және қағаз нысанда беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z287" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Уәкілетті ұйымның ақпараттық жүйесі арқылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z288" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтінім және осы Қағидалардың 90-тармағында көзделген және өтініш берушінің электрондық цифрлық қолтаңбасымен куәландырылған электрондық нысандағы құжаттардың электрондық көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z289" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификатты ресімдеу туралы не "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификатты ресімдеуден бас тарту туралы қорытынды ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z290" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті ұйым мемлекеттік бақылауды жүргізу үшін уәкілетті органға мәліметтерге қол жеткізуді ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z291" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. "CT-KZ" нысанындағы тауардың шығу тегі туралы Сертификат және олардың негізінде берілген құжаттар сертификат берілген күннен бастап уәкілетті ұйымда кемінде үш жыл сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z292" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификаттың қолданылу мерзімі берілген күннен бастап он екі айды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z293" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "CT-KZ" нысанындағы тауардың шығу тегі туралы Сертификат онда көрсетілген тауар санына қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z294" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тарау. "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификаттың қолданысын жою</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 9-тараумен толықтырылды - ҚР Сауда және интеграция министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z295" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификаттың күшін жою уәкілетті ұйымның шешімімен мынадай жағдайларда/негізде қабылданады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z296" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дайындаушы кәсіпорын қызметінің тоқтатылуына байланысты өтініш берушінің өтініші;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z297" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы өзгерістерді растайтын құжаттарды қоса бере отырып, тауардың шығу тегі туралы сертификат бағандарында қамтылған мәліметтердің өзгеруі туралы өтініш берушінің өтініші;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z298" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) Техникалық реттеу туралы Заңның 46-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес берілген техникалық реттеу саласындағы уәкілетті органның нұсқамалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z299" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификатты алу кезінде ұсынылатын өтініш беруші ұсынған құжаттардың (мәліметтердің) анық выстігін анықтауға уәкілетті өзге де мемлекеттік органдардың нұсқамалары (қаулылары).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z300" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өтініш берушінің осы тармақтың 1) және 2) тармақшаларында көрсетілген өтініштері уәкілетті ұйымның ақпараттық жүйесі арқылы беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z301" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "CT-KZ" нысанындағы тауардың шығу тегі туралы Сертификат осы тармақтың 3) және 4) тармақшаларының негізінде шешім қабылдау кезінде тауардың шығарылған өлшемшарты мен еліне әсер еткен жағдайларда оны берген күннен бастап жойылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z302" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтінімде қамтылған және осы Қағидалардың 60-тармағына сәйкес өтініш берушінің құжаттарында ұсынылған мәліметтерде бұрмалау және (немесе) анықоверстік фактілері анықталған кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z303" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тауардың шығарылған еліне әсер етпейтін жабдықты және (немесе) технологиялық процесті жетілдіру жағдайларын қоспағанда, өтінім беруші іс жүзінде пайдаланатын жабдық және (немесе) өндірістің технологиялық процесі "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификатты алған кезде ол мәлімдеген жабдыққа сәйкес келмеген жағдайда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z304" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Уәкілетті ұйым "CT-KZ" нысанындағы тауардың шығу тегі туралы берілген сертификаттар тізілімінде "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификаттың қолданысының күшін жою туралы ақпаратты, оның күшін жою күні мен себебін және оның қай уақыттан бастап жойылды деп есептелетінін көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z305" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидалардың 67-тармағының 4) тармақшасына сәйкес "CT-KZ" нысанындағы тауардың шығарылуы туралы сертификаттың қолданысын жою туралы қабылданған шешім туралы Уәкілетті ұйым осы шешім қабылданған күннен кейінгі үш жұмыс күні ішінде Техникалық реттеу саласындағы уәкілетті органды жазбаша түрде хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z306" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Осы Қағидалардың 67-тармағының 2) тармақшасының негізінде "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификаттың қолданысын жою туралы шешім қабылданған жағдайда, өтініш берушінің өтініші бойынша оның орнына тауардың шығу тегі туралы сертификат беріледі. Бұл ретте өтініш беруші осы өзгерістерді растайтын қажетті құжаттарды ұсынады. Оның орнына берілген "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификатты беру кезінде "CT-KZ" нысанындағы тауардың шығу тегі туралы жаңадан берілетін сертификаттың 5-бағанына ауыстырылатын сертификаттың нөмірі мен күнін көрсете отырып, оның орнына беру туралы жазба жасалады. Басқа сертификаттың орнына берілген тауардың шығу тегі туралы сертификатқа жаңа реттік нөмір беріледі. Оның орнына берілген сертификаттың қолданылу мерзімі ауыстырылатын сертификаттың қолданылу мерзімінен аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z307" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Осы Қағидалардың 67-тармағының 3) және 4) тармақшаларының негізінде "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификаттың қолданысының күшін жою туралы шешім қабылданған жағдайда Уәкілетті ұйым өтініш берушіні оны қабылдау себептерін көрсете отырып, осындай шешім қабылданған күннен кейінгі бес жұмыс күні ішінде жазбаша түрде хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z308" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Тауардың шығу тегі туралы Сертификат қорғау дәрежесі бар бланкілерде ресімделеді: бірінші данасы – түпнұсқасы, екінші және үшінші данасы – көшірмелері. Сертификаттың түпнұсқасы мен бір көшірмесі өтініш берушіге беріледі, ал екінші көшірмесі тауардың шығу тегі туралы сертификат берген уәкілетті ұйымда сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z309" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ресімделген сертификаттар өтініш берушіге не оның өкіліне сенімхат бойынша беріледі.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z310" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауардың шығу тегі туралы ресімделген сертификаттарды басқа тұлғаларға беруге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4968,68 +6912,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z169" w:id="164"/>
+    <w:bookmarkStart w:name="z169" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тауар өндірісіндегі адвалорлық үлес есептемесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4610100" cy="1320800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -5333,334 +7277,334 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z171" w:id="165"/>
+    <w:bookmarkStart w:name="z171" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасынан экспортталатын, Қазақстан Республикасынан кері экспортталатын тауардың шығу тегі туралы сертификатты алуға арналған өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z172" w:id="166"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z172" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20 __ жылғы "__" ___________ № _____ өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тауардың шығу тегі туралы _____________ нысандағы сертификатты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________ тілінде және мынадай деректемелерді беруді сұраймыз:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z173" w:id="167"/>
+    <w:bookmarkStart w:name="z173" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тауарды жөнелтуші, оның мекенжайы, телефоны, электрондық мекенжайы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="168"/>
+    <w:bookmarkStart w:name="z174" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2*. Тауарды алушы, оның мекенжайы, елі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z175" w:id="169"/>
+    <w:bookmarkStart w:name="z175" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3*. Тауарды өндіруші, оның мекенжайы, елі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z176" w:id="170"/>
+    <w:bookmarkStart w:name="z176" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4*. Сыртқы сауда келісімшарты (шарт), оның күні</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="171"/>
+    <w:bookmarkStart w:name="z177" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5*. Инвойс (шот-фактура), №, күні</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z178" w:id="172"/>
+    <w:bookmarkStart w:name="z178" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Тауар туралы мәлімет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="257"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -6128,528 +8072,528 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z179" w:id="173"/>
+    <w:bookmarkStart w:name="z179" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7*. Жөнелту станциясы (пункті)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z180" w:id="174"/>
+    <w:bookmarkStart w:name="z180" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8*. Межелі станция (пункт)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z181" w:id="175"/>
+    <w:bookmarkStart w:name="z181" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9*. Көлік түрі мен саны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z182" w:id="176"/>
+    <w:bookmarkStart w:name="z182" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Экспортқа және/немесе лицензияға рұқсат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="177"/>
+    <w:bookmarkStart w:name="z183" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11*. Мәміленің сипаты: сату, айырбастау, консигнация</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="178"/>
+    <w:bookmarkStart w:name="z184" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12*. Өтінім берген кездегі Қазақстан Республикасы Ұлттық банкінің бағамы бойынша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тауарлардың теңгедегі құны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z185" w:id="179"/>
+    <w:bookmarkStart w:name="z185" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Есеп айырысу шоты, банк бөлімшесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="180"/>
+    <w:bookmarkStart w:name="z186" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Жеке тұлғалар үшін – жеке сәйкестендіру нөмірі, заңды тұлғалар үшін – бизнес</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="181"/>
+    <w:bookmarkStart w:name="z187" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Басшының тегі, аты, әкесінің аты (болған жағдайда), телефоны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="182"/>
+    <w:bookmarkStart w:name="z188" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасы Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>417-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тауардың шығу тегін растайтын жалған және (немесе) дәйексіз құжаттарды ұсынғаны үшін жауапкершілік туралы хабардар етілді. **</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z189" w:id="183"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z189" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Еуразиялық үкіметаралық кеңестің 2016 жылғы 12 тамыздағы № 5 шешіміне өзгерістер енгізу туралы және сериялық өндірістің шығу сертификатын қолдану туралы" Еуразиялық үкіметаралық кеңестің 2020 жылғы 10 сәуірдегі № 2 шешімінің талаптарына сәйкес сериялы өнімнің шығу тегі туралы сертификаттың барлық әрекет ету кезеңінде өндіріс процесінің өзгермейтіндігін сақтауға кепілдік беремін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z190" w:id="184"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z190" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш берушінің қолы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z191" w:id="185"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z191" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Сериялық өнімдердің шығу тегі туралы сертификат алуға немесе мемлекеттік сатып алуға қатысу мақсатында өтінім берген жағдайда толтырылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6842,68 +8786,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z193" w:id="186"/>
+    <w:bookmarkStart w:name="z193" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Түпнұсқа" нысандағы тауардың шығу тегі туралы сертификат бланкісінің нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="271"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -8362,798 +10306,7146 @@
               <w:t>
 _______________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уәкілетті тұлғаның орны, күні, қолы, куәлік беруші ұйымның атауы және мөрі (болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z194" w:id="187"/>
+    <w:bookmarkStart w:name="z194" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: осы нысан осы нысанның қосымшасына сәйкес "Түпнұсқа" нысанындағы тауардың шығу тегі туралы сертификатты толтыру тәртібіне сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z195" w:id="188"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z195" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Түпнұсқа" нысанындағы тауардың шығу тегі туралы сертификат бланкісінің нысанына қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z196" w:id="189"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z196" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Түпнұсқа" нысанындағы тауардың шығу тегі туралы сертификатты толтыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z197" w:id="190"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z197" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Түпнұсқа нысанындағы тауардың шығу тегі туралы сертификат ағылшын немесе орыс тілдерінде бағандарда ол берілген тауар туралы мынадай мәліметтер көрсетіле отырып толтырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z198" w:id="191"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z198" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1 – баған – "Тауарды экспорттаушы немесе жөнелтуші туралы ақпарат (атауы, мекенжайы)".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z199" w:id="192"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z199" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағанды толтыру кезінде өтініш берушінің заңды мәртебесін растайтын құжаттарға сәйкес тауарды экспорттаушы немесе жөнелтуші болып табылатын заңды немесе жеке тұлғаның атауы көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z200" w:id="193"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z200" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке тұлғалар үшін – жеке басын куәландыратын құжаттың көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z201" w:id="194"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z201" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды тұлғалар үшін – заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы анықтаманың (куәліктің) көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z202" w:id="195"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z202" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке кәсіпкерлер үшін – жеке кәсіпкер ретінде мемлекеттік тіркеу туралы куәліктің көшірмесі немесе жеке кәсіпкер ретінде қызметтің басталғаны туралы хабарламаның көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z203" w:id="196"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z203" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шаруа немесе фермер қожалықтары үшін – шаруа (фермер) қожалығын мемлекеттік тіркеу туралы куәліктің көшірмесі немесе жеке кәсіпкер ретінде қызметтің басталғаны туралы хабарламаның көшірмесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z204" w:id="197"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z204" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Экспорттаушының немесе жөнелтушінің атаулары мен мекенжайлары тауарды тиеп жөнелтуге байланысты тауарға ілеспе құжаттарда (сыртқы сауда шарты/мәмілесі, шот-фактура, кедендік декларация және т.б.) көрсетілген атаумен бірдей көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z205" w:id="198"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z205" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер жөнелтуші мен экспорттаушы әртүрлі заңды (жеке) тұлғалар болып табылса, жүк жөнелтуші (атауы және мекенжайы) экспорттаушының "by order" – "тапсырмасы бойынша" (атауы және мекенжайы) әрекет ететінін көрсету керек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z206" w:id="199"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z206" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 2-баған – "Тауарды импорттаушы немесе алушы туралы ақпарат (атауы, мекенжайы)".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z207" w:id="200"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z207" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тауарды импорттаушының немесе алушының атауы мен мекен-жайы тауарды тиеп жөнелтуге байланысты тауарға ілеспе құжаттарда (сыртқы сауда шарты/мәмілесі, шот-фактура, кедендік декларация және т.б.) көрсетілген атаумен бірдей көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z208" w:id="201"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z208" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер алушы мен импорттаушы әртүрлі заңды (жеке) тұлғалар болып табылса, жүк алушы (атауы мен мекенжайы) "by order" - импорттаушының "тапсырмасы бойынша" (атауы мен мекенжайы) әрекет ететінін көрсету керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z209" w:id="202"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z209" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер жүк алушы белгісіз болған жағдайда, бұл бағанда "to order" - "бұйрық бойынша" көрсетіледі.;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z210" w:id="203"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z210" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) 3-баған – "Көлік түрі және бағыты".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z211" w:id="204"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z211" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көліктің түрі және тауардың жүру бағыты, қаншалықты белгілі болса, көрсетіледі. Мысалы: "Вy truck from Almaty to Warsaw" - "Алматыдан Варшаваға автокөлікпен"; "By air from Almaty to Paris" – "Алматыдан Парижге әуе көлігімен"; "By sea from Saint-Petersburg to Amsterdam" - "Санкт-Петербургтен Амстердамға теңіз көлігімен"; "Вy rail from Moscow to Berlin" - "Мәскеуден Берлинге теміржол көлігімен". Егер жүру бағыты мен көлік түрі белгісіз болса, бұл баған толтырусыз қалдырылуы мүмкін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z212" w:id="205"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z212" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) 4-баған – "Қызметтік белгілер үшін".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z213" w:id="206"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z213" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған бағанға мынадай жазбалар енгізілуі мүмкін: бұрын берілген түпнұсқа сертификаттың нөмірі мен күнін көрсете отырып (тауардың шығу тегі туралы сертификат жоғалған немесе бүлінген жағдайда) "Телнұсқа" немесе "Duplicate"; "Кейіннен берілді" немесе "Issued retrospectively" (егер тауардың шығу тегі туралы сертификат Қазақстан Республикасының аумағынан тауарды әкету сәтінде берілмеген жағдайда); "Орнына берілді" немесе "Issued in substitution", ауыстырылатын сертификаттың нөмірі мен күнін көрсете отырып (тауардың шығу тегі туралы сертификаттың бағандарындағы мәліметтер өзгерген жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z214" w:id="207"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z214" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) 5-баған – "Шығарған ел".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z215" w:id="208"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z215" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл бағанда тауар толық өндірілген немесе жеткілікті өңдеуден/қайта өңдеуден өткен ел көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z216" w:id="209"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z216" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) 6-баған – "Қосымша мәліметтер".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z217" w:id="210"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z217" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған бағанда өтініш берушінің өтініші бойынша экспорттық келісімшарттың, лицензияның нөмірі мен күні, сондай-ақ ресми сипаттағы құжатпен расталған ақпарат көрсетілуі мүмкін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z218" w:id="211"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z218" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) 7-баған "Нөмір".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkEnd w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Экспортталатын тауардың атауына сәйкес реті бойынша нөмірлері көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z219" w:id="212"/>
+    <w:bookmarkStart w:name="z219" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) 8-баған – "Тауардың сипаттамасы" - Тауардың коммерциялық атауы және тауарды бір мәнді сәйкестендіруді жүргізуге мүмкіндік беретін мәліметтер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z220" w:id="213"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z220" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) 9-баған – "Орындар саны және қаптама түрі".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған бағанда орын саны мен қаптама түрі көрсетіледі (мысалы, "10 boxes" - "10 қорап", "8 pallets" - "8 түпқойма", "12 bales" - "12 қап", "in bulk" - "үйіліп" және тағы басқа);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z221" w:id="214"/>
+    <w:bookmarkStart w:name="z221" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) 10-баған – "Тауардың жалпы салмағы немесе басқа да сандық сипаттамалары".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тауардың салмақтық сипаттамалары (тауардың брутто және (немесе) нетто салмағы) немесе СЭҚ ТН сәйкес өлшем бірліктерінде тауардың басқа да сандық сипаттамалары көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z222" w:id="215"/>
+    <w:bookmarkStart w:name="z222" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) 11-баған – "Куәлік". Аталған бағанда өңірлік палатаның толық атауы мен мекенжайы көрсетіледі, уәкілетті адамның қолы, сертификатты куәландыру үшін мөр, сондай-ақ куәліктің күні қойылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z223" w:id="216"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z223" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) 12-баған – "Экспорттаушының декларациясы". Бұл бағанда толтыру күні көрсетіле отырып, өтініш берушінің мөрі (болған жағдайда) мен қолы қойылады, сондай-ақ тауар экспортталатын елдің атауы басылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z224" w:id="217"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z224" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Түпнұсқа" нысанындағы тауардың шығу тегі туралы сертификаттың толтырылған бағандарындағы бос кеңістік - 7, 8, 9, 10-бағандар куәландырылғаннан кейін қосымша жазбалар енгізуді болдырмау үшін қолдан ("Z" белгісімен) сызылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z225" w:id="218"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z225" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Түпнұсқа" нысанындағы сертификаттың 1, 2, 5, 7-ден 12-ге дейінгі бағандарын толтыру міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тауарлардың шығарылған елін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>айқындау, тауардың шығу тегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы сертификат беру және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оның қолданысының күшін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жою, тауарлардың шығу тегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы сертификат нысандарын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>белгілеу жөніндегі қағидаларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z312" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тауардың шығарылған елін айқындау және тауардың шығу тегі туралы "CT-KZ" нысанындағы сертификат беру бойынша талдау жүргізуге өтінім</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 4-қосымшамен толықтырылды - ҚР Сауда және интеграция министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z313" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінім № _______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z314" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бастап "___" __________________ 20 __ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z315" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификат алу мақсаты (екеуінің бірін таңдау):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z316" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тауарды еркін экономикалық аймақтар мен Еркін қоймалар аумағынан Қазақстан Республикасы аумағының қалған бөлігіне әкету үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z317" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тауарды еркін экономикалық аймақтар аумағынан және еркін қоймалардан Қазақстан Республикасының аумағынан тысқары жерлерге әкету үшін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z318" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауардың шығарылған елін анықтау бойынша талдау жүргізуді және "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификат беруді сұраймыз _______________ келесі деректемелер негізінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z319" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тауарды өндіруші, оның мекенжайы (заңды мекенжайы және орналасқан жерінің мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z320" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өндіріс),</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z321" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      телефон, электрондық мекенжай</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z322" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z323" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тауарды алушы, заңды мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z324" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z325" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тауар туралы мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z326" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауардың нақты атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z327" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауар саны</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z328" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өлшем бірлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z329" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалпы / таза салмағы, килограмм</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z330" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауар орындарының саны</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z331" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаптама түрі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z332" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сыртқы экономикалық қызметтің тауар номенклатурасы коды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z333" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экономикалық қызмет түрлері бойынша өнімдер жіктеушісінің коды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z334" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауардың шығу критерийі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z335" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жеке тұлғалар үшін-жеке сәйкестендіру нөмірі/</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z336" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңды тұлғалар үшін-бизнес-сәйкестендіру нөмірі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z337" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z338" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Есеп айырысу шоты, банк бөлімшесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z339" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z340" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Басшының тегі, аты, әкесінің аты (бар болса), телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z341" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z342" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы өтінімде қамтылған және ұсынылған мәліметтердің дұрыстығы үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z343" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Кодексінің 417-бабына сәйкес жауаптылықта боламыз</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z344" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Әкімшілік құқық бұзушылық туралы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z345" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшының қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тауарлардың шығарылған елін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>айқындау, тауардың шығу тегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы сертификат беру және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оның қолданысының күшін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жою, тауарлардың шығу тегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы сертификат нысандарын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>белгілеу жөніндегі қағидаларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 5-қосымшамен толықтырылды - ҚР Сауда және интеграция министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z347" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (ұйымның атауы және бизнес-сәйкестендіру нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z348" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификатты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z349" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ресімдеу/ресімдеуден бас тарту туралы қорытынды _____</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z350" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тауар өндіруші</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z351" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z352" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Қорытынды жасалған күн </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z353" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z354" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Талдау жүргізу үшін негіз </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z355" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z356" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тауардың атауы (тауардың коммерциялық атауы және тауарды бір мәнді</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z357" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестендіруге мүмкіндік беретін мәліметтер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z358" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z359" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Саны </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z360" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z361" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (орындар, брутто және нетто салмағы, дана, жиынтықтар, метр, көлем)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z362" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сыртқы сауда келісімшарты (шарты), (тауар Қазақстан Республикасынан тыс</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z363" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жерлерге әкетілген жағдайда көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z364" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z365" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Тауарды алушы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z366" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z367" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Қаптама түрі, таңбалау </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z368" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z369" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Ұсынылған құжаттама</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z370" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z371" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Талдау арқылы анықталды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z372" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өндірісті (мәлімделген тауар өндірісінің орналасқан жері туралы, негізгі және өндірістік қорлардың (ғимараттың, меншіктегі жабдықтың, жалға алынатын жабдықтың) құрамы мен тиесілігі туралы, тауарды өндіру кезінде пайдаланылатын жабдық туралы, Өндірістің технологиялық процесін орындау туралы, мәлімделген тауардың шығу тегін, пайдаланылатын шикізаттың СЭҚ ТН позициясын белгілей отырып, жеткілікті қайта өңдеу критерийін орындау туралы мәліметтер толтырылады, материалдар мен соңғы өнімдер):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z373" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Қорытынды: жоғарыда айтылғандарға сүйене отырып, тауарды келесідей анықтауға болады</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z374" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________ осы қорытындының 5-тармағында көрсетілген санда</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z375" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығу критерийлері _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z376" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауардың сыртқы экономикалық қызметтің тауар номенклатурасы коды _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z377" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауардың экономикалық қызмет түрлері бойынша өнімдер жіктеушісінің коды ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z378" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті тұлғаның қолы ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z379" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушінің (өтініш беруші өкілінің) қолы __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z380" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тегі, Аты, Әкесінің аты (бар болса), жеке сәйкестендіру нөмірі (уәкілетті тұлға)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z381" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Талдаудың басталу күні ___ талдаудың аяқталу күні __ 20 __ жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z382" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл қорытынды уәкілетті тұлғаның, өтініш берушінің (өтініш беруші өкілінің) электрондық цифрлық қолтаңбасынсыз жарамсыз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тауарлардың шығарылған елін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>айқындау, тауардың шығу тегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы сертификат беру және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оның қолданысының күшін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жою, тауарлардың шығу тегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы сертификат нысандарын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>белгілеу жөніндегі қағидаларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z384" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Электрондық нысанындағы "СТ-KZ" нысандағы тауардың шығу тегі туралы сертификат бланкісінің нысаны</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 6-қосымшамен толықтырылды - ҚР Сауда және интеграция министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z385" w:id="375"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1. Тауарды өндіруші (атауы және пошталық мекен-жайы) Производитель товара (наименование и почтовый адрес)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="375"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. № ____________________________ ТАУАРДЫҢ ШЫҒУ ТЕГІ ТУРАЛЫ СЕРТИФИКАТ СЕРТИФИКАТ О ПРОИСХОЖДЕНИИ ТОВАРА "CT-KZ" НЫСАНЫ ФОРМА "CT-KZ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z388" w:id="376"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Тауарды алушы (атауы және пошталық мекен-жайы) Получатель товара (наименование и почтовый адрес)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="376"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z389" w:id="377"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="377"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берілді (елдің атауы) Выдан в</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(наименование страны)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z394" w:id="378"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3. Тауардың шығу тегі туралы сертификатты алу мақсаты Цель получения сертификата о происхождении товара</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="378"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z395" w:id="379"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Қызметтік ескертулер үшін</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="379"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для служебных отметок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z398" w:id="380"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6. №</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="380"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Орындар саны және қаптама түрі Количество мест и вид упаковки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Тауардың сипаттамасы Описание товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Шығу тегінің өлшемдері Критерии происхождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Брутто/нетто салмағы (килограмм) Вес (килограмм) брутто/нетто</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z404" w:id="381"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11. Куәлік. Осы арқылы өтініш берушінің декларациясы шындыққа сәйкес келетіні куәландырылады Удостоверение. Настоящим удостоверяется, что декларация заявителя соответствует действительности</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="381"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атауы/Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мекен-жайы/Адрес</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда) /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии) Электрондық цифрлық қолтаңба/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная цифровая подпись</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күні/Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z415" w:id="382"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12. Өтініш берушінің декларациясы: Төменде қол қоюшы жоғарыда көрсетілген мәліметтер шындыққа сәйкес келетінін, барлық тауарлар толығымен Қазақстан Республикасында өндірілгенін немесе жеткілікті өңдеуден/қайта өңдеуден өткенін және олардың барлығы да осындай тауарларға қатысты белгіленген шығу тегінің талаптарына сәйкес екендігін мәлімдейді. Декларация заявителя: Нижеподписавшийся заявляет, что вышеприведенные сведения соответствуют действительности, что все товары полностью произведены или подвергнуты достаточной обработке/переработке в Республике Казахстан и, что все они отвечают требованиям происхождения, установленным в отношении таких товаров</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="382"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда)/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электрондық цифрлық қолтаңба/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная цифровая подпись</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күні/Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z424" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЭЛЕКТРОНДЫҚ НЫСАНЫНДАҒЫ "СТ-KZ" НЫСАНЫНДАҒЫ ТАУАРДЫҢ ШЫҒУ ТЕГІ ТУРАЛЫ № ___________ СЕРТИФИКАТҚА ҚОСЫМША ПАРАҚ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z425" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДОПОЛНИТЕЛЬНЫЙ ЛИСТ СЕРТИФИКАТА № ___________ О ПРОИСХОЖДЕНИИ ТОВАРА ФОРМЫ "СТ-KZ" В ЭЛЕКТРОННОЙ ФОРМЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z426" w:id="385"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6. №</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="385"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Орындар саны және қаптама түрі Количество мест и вид упаковки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Тауардың сипаттамасы Описание товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Шығу тегінің өлшемдері Критерии происхождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Брутто/нетто салмағы (килограмм) Вес (килограмм) брутто/нетто</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z432" w:id="386"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11. Куәлік. Осы арқылы өтініш берушінің декларациясы шындыққа сәйкес келетіні куәландырылады Удостоверение. Настоящим удостоверяется, что декларация заявителя соответствует действительности</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="386"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атауы/Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мекен-жайы/Адрес</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда) / Фамилия, имя, отчество (при наличии) Электрондық цифрлық қолтаңба/Электронная цифровая подпись _________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күні/Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z439" w:id="387"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12. Өтініш берушінің декларациясы: Төменде қол қоюшы жоғарыда көрсетілген мәліметтер шындыққа сәйкес келетінін, барлық тауарлар толығымен Қазақстан Республикасында өндірілгенін немесе жеткілікті өңдеуден/қайта өңдеуден өткенін және олардың барлығы да осындай тауарларға қатысты белгіленген шығу тегінің талаптарына сәйкес екендігін мәлімдейді. Декларация заявителя: Нижеподписавшийся заявляет, что вышеприведенные сведения соответствуют действительности, что все товары полностью произведены или подвергнуты достаточной обработке/переработке в Республике Казахстан и, что все они отвечают требованиям происхождения, установленным в отношении таких товаров.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="387"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда) /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии) Электрондық цифрлық қолтаңба/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная цифровая подпись</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күні/Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z447" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қағаз түріндегі "СТ-KZ" нысандағы тауардың шығу тегі туралы сертификат бланкісінің нысаны </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z448" w:id="389"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1. Тауарды өндіруші (атауы және пошталық мекен-жайы) Производитель товара (наименование и почтовый адрес)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="389"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. № ____________________________ ТАУАРДЫҢ ШЫҒУ ТЕГІ ТУРАЛЫ СЕРТИФИКАТ СЕРТИФИКАТ О ПРОИСХОЖДЕНИИ ТОВАРА "СТ-KZ" НЫСАНЫ ФОРМА CT-KZ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z451" w:id="390"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Тауарды алушы (атауы және пошталық мекен-жайы) Получатель товара (наименование и почтовый адрес)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="390"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z452" w:id="391"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="391"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+берілді (елдің атауы) Выдан в _____________________________ (наименование страны)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z455" w:id="392"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3. Тауардың шығу тегі туралы сертификатты алу мақсаты Цель получения сертификата о происхождении товара</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="392"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Қызметтік ескертулер үшін для служебных отметок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z458" w:id="393"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6. №</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="393"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Орындар саны және қаптама түрі Количество мест и вид упаковки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Тауардың сипаттамасы Описание товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Шығу тегінің өлшемдері Критерии происхождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Брутто/нетто салмағы (килограмм) Вес (килограмм) брутто/нетто</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z464" w:id="394"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11. Куәлік. Осы арқылы өтініш берушінің декларациясы шындыққа сәйкес келетіні куәландырылады Удостоверение. Настоящим удостоверяется, что декларация заявителя соответствует действительности</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="394"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атауы/Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мекен-жайы/Адрес</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда) /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии) Қолы/ Подпись ______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күні/Дата Мөрі/Печать</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z472" w:id="395"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12. Өтініш берушінің декларациясы: Төменде қол қоюшы жоғарыда көрсетілген мәліметтер шындыққа сәйкес келетінін, барлық тауарлар толығымен Қазақстан Республикасында өндірілгенін немесе жеткілікті өңдеуден/қайта өңдеуден өткенін және олардың барлығы да осындай тауарларға қатысты белгіленген шығу тегінің талаптарына сәйкес екендігін мәлімдейді. Декларация заявителя: Нижеподписавшийся заявляет, что вышеприведенные сведения соответствуют действительности, что все товары полностью произведены или подвергнуты достаточной обработке/переработке в Республике Казахстан и, что все они отвечают требованиям происхождения, установленным в отношении таких товаров</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="395"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда)/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолы/ Подпись</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Күні/Дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мөрі (болған жағдайда)/Печать (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z481" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ҚАҒАЗ ТҮРІНДЕГІ "CT-KZ" НЫСАНДАҒЫ ТАУАРДЫҢ ШЫҒУ ТЕГІ ТУРАЛЫ № ___________ СЕРТИФИКАТҚА ҚОСЫМША ПАРАҚ ДОПОЛНИТЕЛЬНЫЙ ЛИСТ СЕРТИФИКАТА № ___________ О ПРОИСХОЖДЕНИИ ТОВАРА ФОРМЫ "СТ-KZ" В БУМАЖНОМ ВИДЕ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z482" w:id="397"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6. №</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="397"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Орындар саны және қаптама түрі Количество мест и вид упаковки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Тауардың сипаттамасы Описание товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Шығу тегінің өлшемдері Критерии происхождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Брутто/нетто салмағы (килограмм) Вес (килограмм) брутто/нетто</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z488" w:id="398"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11. Куәлік. Осы арқылы өтініш берушінің декларациясы шындыққа сәйкес келетіні куәландырылады Удостоверение. Настоящим удостоверяется, что декларация заявителя соответствует действительности</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="398"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атауы/Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мекен-жайы/Адрес</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда) /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии) Қолы/ Подпись</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Күні/Дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мөрі/Печать</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z498" w:id="399"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12. Өтініш берушінің декларациясы: Төменде қол қоюшы жоғарыда көрсетілген мәліметтер шындыққа сәйкес келетінін, барлық тауарлар толығымен Қазақстан Республикасында өндірілгенін немесе жеткілікті өңдеуден/қайта өңдеуден өткенін және олардың барлығы да осындай тауарларға қатысты белгіленген шығу тегінің талаптарына сәйкес екендігін мәлімдейді. Декларация заявителя: Нижеподписавшийся заявляет, что вышеприведенные сведения соответствуют действительности, что все товары полностью произведены или подвергнуты достаточной обработке/переработке в Республике Казахстан и, что все они отвечают требованиям происхождения, установленным в отношении таких товаров</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="399"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда)/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолы/ Подпись</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Күні/Дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мөрі (болған жағдайда)/Печать (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z507" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе. "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификаттың электрондық және қағаз нысанын толтыру жөніндегі түсініктеме осы нысанның қосымшасында қарастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"CT-KZ" нысанындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тауардың шығу тегі туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат нысанының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z509" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификаттың электрондық және қағаз нысанын толтыру жөніндегі түсініктеме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z510" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "CT-KZ" нысанындағы тауардың шығу тегі туралы Сертификат мемлекеттік немесе орыс тілдерінде толтырылады, бағандарда ол берілген тауар туралы мынадай мәліметтер көрсетіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z511" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) 1-баған – "тауарды өндіруші (атауы және пошталық мекенжайы)" - тауарды өндірушінің заңды мәртебесін растайтын құжаттарға сәйкес тауарды өндіруші болып табылатын заңды тұлғаның немесе дара кәсіпкердің атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z512" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңды тұлға үшін-заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы анықтамаға (куәлікке) немесе заңды тұлға филиалын немесе өкілдігін есептік тіркеу туралы анықтамаға, заңды тұлғаның филиалы немесе өкілдігі туралы ережеге сәйкес;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z513" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дара кәсіпкер үшін-дара кәсіпкерді мемлекеттік тіркеу туралы куәлікке немесе дара кәсіпкер ретінде қызметінің басталғаны туралы хабарламаға сәйкес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z514" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағанды толтыру кезінде өндірушінің заңды мекенжайы және тауар өндірісінің нақты мекенжайы көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z515" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "тауарды алушы (атауы және пошталық мекенжайы)" 2-бағаны-тауарды алушының заңды мәртебесін растайтын құжаттарға сәйкес тауарды алушы болып табылатын заңды тұлғаның немесе дара кәсіпкердің атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z516" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңды тұлға үшін-заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы анықтамаға (куәлікке) немесе заңды тұлға филиалын немесе өкілдігін есептік тіркеу туралы анықтамаға, заңды тұлғаның филиалы немесе өкілдігі туралы ережеге сәйкес;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z517" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дара кәсіпкер үшін-дара кәсіпкерді мемлекеттік тіркеу туралы куәлікке немесе дара кәсіпкер ретінде қызметінің басталғаны туралы хабарламаға сәйкес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z518" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағанды толтыру кезінде тауарды алушының заңды мекенжайы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z519" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Тауарды алушы" бағанын өндіруші немесе сенімхат бойынша тауарды өндірушінің мүдделерін білдіретін ол уәкілеттік берген тұлға немесе осы тауарды өндірушінің өзі сатқан тұлға толтырады, "Қызметтік белгілер үшін" деген 5-бағанда тауарды өндіруші мен тауарды алушы арасында тауарды сатып алуға жоғарыда аталған шарт көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z520" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауар Қазақстан Республикасының арнайы экономикалық аймақтары мен еркін қоймаларының аумағынан Қазақстан Республикасының қалған аумағына әкетілген жағдайда, "тауарды алушы" 2-бағаны уәкілетті тұлға (делдал)болған жағдайда ғана осыған ұқсас толтырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z521" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) 3-баған – "тауардың шығу тегі туралы сертификатты алу мақсаты" мынадай жазба енгізіледі: "тауардың шығарылған елін растау және тауарды еркін экономикалық аймақтар мен Еркін қоймалар аумағынан Қазақстан Республикасының аумағынан тыс жерге әкету үшін "немесе" тауардың шығарылған елін растау және тауарды еркін экономикалық аймақтар мен Еркін қоймалар аумағынан еркін қоймалардың қалған бөлігіне әкету үшін Қазақстан Республикасының аумақтары";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z522" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) 4-баған-тауардың шығу тегі туралы сертификаттың тіркеу нөмірі; сертификат берген ел ("Қазақстан Республикасында берілген");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z523" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) 5 – баған – "Қызметтік белгілер үшін". Келесі жазбалар енгізіледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z524" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Кейін берілді", "Телнұсқа", "сертификаттың орнына берілді...". Тауарды алушы болған жағдайда тауарды алушы мен тауарды өндіруші арасында тауарды сатып алуға арналған шарт көрсетіледі. Сертификат қайта ресімделген жағдайда оның негізінде қайта ресімделген сертификаттардың барлық нөмірлері көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z525" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) 6-баған – "нөмір" тауардың реттік нөмірі көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z526" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) 7 – баған – "орындар саны және қаптама түрі" орындардың саны және тауардың (партияның) буып-түю түрі көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z527" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) 8-баған – "Тауардың сипаттамасы" - Тауардың коммерциялық атауы және тауарды бір мәнді сәйкестендіруді жүргізуге мүмкіндік беретін мәліметтер көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z528" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағанды толтыру кезінде СЭҚ ТН және СЭҚ ТН бойынша тауардың коды, сондай-ақ СЭҚ ТН сәйкес тауардың сандық сипаттамалары көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z529" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) 9 – баған – "шығу критерийі" тауарларды шығарудың мынадай критерийлері көрсетіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z530" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Р-толығымен Қазақстан Республикасында өндірілген тауар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z531" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Д - жеткілікті қайта өңдеуге ұшыраған тауар. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z532" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер сертификатта СЭҚ ТН әртүрлі тауар позицияларында жіктелетін және шығу тегінің әртүрлі критерийлері бар тауарлар мәлімделсе, онда 9-бағанда барлық мәлімделген тауарлар үшін сараланған шығу критерийлері көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z533" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) 10 – баған – "брутто/нетто салмағы (килограмм)".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z534" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Брутто/нетто массасы (кг) көрсетіледі (қажет болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z535" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) 11 - баған – "куәлік" уәкілетті ұйымның атауын, оның мекенжайын, сертификатта көрсетілген мәліметтерді куәландыру күнін, сондай-ақ сертификатты куәландыруға уәкілетті тұлғаның электрондық цифрлық қолтаңбасын, тегін және инициалдарын қамтиды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z536" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қағаз жеткізгіште берілген кезде уәкілетті ұйымның атауы, оның мекенжайы, мөрі, сертификатта көрсетілген мәліметтерді куәландыру күні, сондай-ақ сертификатты куәландыруға уәкілетті тұлғаның қолы, тегі және аты-жөні болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z537" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) 12 – баған – "өтініш берушінің декларациясы" тауар шығарылған елдің атауы, тауар шығарылған ел туралы мәліметтерді декларациялау орны мен күні, Өтініш берушінің уәкілетті тұлғасының тегі мен аты-жөні, өтініш берушінің электрондық цифрлық қолтаңбасы көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z538" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қағаз жеткізгіште беру кезінде тауар шығарылған елдің атауы, тауар шығарылған ел туралы мәліметтерді декларациялау орны мен күні, Өтініш берушінің уәкілетті тұлғасының қолы, тегі және аты-жөні, өтініш берушінің мөрі (бар болса) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>