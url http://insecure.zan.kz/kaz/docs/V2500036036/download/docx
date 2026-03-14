--- v0 (2025-11-16)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="68d3b74" w14:textId="68d3b74">
+    <w:p w14:paraId="8fea313" w14:textId="8fea313">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Банк конгломераттарының пруденциялық нормативтерді орындауы туралы есептіліктің тiзбесiн, нысандарын, мерзiмдерiн және оларды ұсыну қағидаларын белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 27 желтоқсандағы № 258 қаулысына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2025 жылғы 17 сәуірдегі № 22 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 29 сәуірде № 36036 болып тіркелді</w:t>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2025 жылғы 17 сәуірдегі № 22 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 29 сәуірде № 36036 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ұлттық Банкі Басқармасының 2025 жылғы 24 желтоқсандағы № 100 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1083,68 +1161,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       және реформалар агенттігінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық статистика бюросы</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1248,86 +1308,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 22 қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -1401,86 +1425,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 258 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -7777,68 +7765,50 @@
         </w:rPr>
         <w:t>
       Күні 20__ жылғы "______" ______________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z56" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: нысан "Банк конгломератының пруденциялық нормативтерді орындауы туралы есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірмеге сәйкес толтырылады</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7956,476 +7926,442 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z58" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Банк конгломератының пруденциялық нормативтерді орындауы туралы есеп (индексі – 1-BK_Prud_norm, кезеңділігі – тоқсан сайын, жыл сайын)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z59" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Банк конгломератының пруденциялық нормативтерді орындауы туралы есеп (индексі – 1-BK_Prud_norm, кезеңділігі – тоқсан сайын, жыл сайын)</w:t>
+        <w:t xml:space="preserve"> әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z60" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірме</w:t>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z60" w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z61" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсіндірмеде "Банк конгломератының пруденциялық нормативтерді орындауы туралы есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z62" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігінің 65-2) тармақшасына, "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасының Заңы 42-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z63" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Нысанды Қазақстан Республикасының бейрезиденттерін қоспағанда, банк холдингі немесе еншілес ұйымы бар, бірақ банк холдингі жоқ банк толтырады, есепті тоқсаннан кейін күнтізбелік 70 (жетпіс) күннен кешіктірмей тоқсан сайын (төртінші тоқсанды қоспағанда) және есепті жылдан кейінгі жылғы 31 (отыз бірінші) мамырдан (қоса алғанда) кешіктірмей жыл сайын ұсынылады. Нысандағы деректер мың теңгемен толтырылады. 500 (бес жүз) теңгеден аз сома 0 (нөлге) дейін дөңгелектенеді, ал 500 (бес жүз) теңгеге тең және одан көп сома 1000 (бір мың) теңгеге дейін дөңгелектенеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z64" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам және орындаушы қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z65" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Нысанда пайдаланылатын терминдер мен анықтамалар "Банк конгломератының пруденциялық нормативтерінің және сақталуы міндетті өзге де нормалары мен лимиттерінің нормативтік мәндері мен оларды есептеу әдістемесін, капиталының мөлшерін белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 26 желтоқсандағы № 309 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14790 болып тіркелген) пайдаланылатын мағынасында қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z66" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру жөніндегі түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z61" w:id="26"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z67" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы түсіндірмеде "Банк конгломератының пруденциялық нормативтерді орындауы туралы есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
+      6. 1-кестенің 1-жолы 1-кестенің 3-жолын шегергенде, 1-кестенің 2-жолына тең.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z62" w:id="27"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z68" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
+        <w:t>
+      Сатып алынған акциялар (алынған капитал) бойынша сома абсолютті мәнде және қосу белгісімен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z63" w:id="28"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z69" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Нысанды Қазақстан Республикасының бейрезиденттерін қоспағанда, банк холдингі немесе еншілес ұйымы бар, бірақ банк холдингі жоқ банк толтырады, есепті тоқсаннан кейін күнтізбелік 70 (жетпіс) күннен кешіктірмей тоқсан сайын (төртінші тоқсанды қоспағанда) және есепті жылдан кейінгі жылғы 31 (отыз бірінші) мамырдан (қоса алғанда) кешіктірмей жыл сайын ұсынылады. Нысандағы деректер мың теңгемен толтырылады. 500 (бес жүз) теңгеден аз сома 0 (нөлге) дейін дөңгелектенеді, ал 500 (бес жүз) теңгеге тең және одан көп сома 1000 (бір мың) теңгеге дейін дөңгелектенеді.</w:t>
+      7. 2-кестенің 1-жолы 2-кестенің 1.2-жолын шегергенде, 2-кестенің 1.1-жолына тең.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z64" w:id="29"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z70" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам және орындаушы қол қояды.</w:t>
+      8. 1.2-жол бойынша банктер және/немесе бейрезидент банктер болып табылмайтын заңды тұлғалардың жарғылық капиталына салымдарды білдіретін инвестициялар сомасы халықаралық қаржылық есептілік стандарттарына сәйкес қалыптастырылған резервтерді (провизияларды) шегеріп көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z65" w:id="30"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z71" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14790 болып тіркелген) пайдаланылатын мағынасында қолданылады.</w:t>
+        <w:t>
+      9. Банк конгломераты мен банк конгломератына қатысушының меншікті капиталының жеткіліктілік коэффициенті үтірден кейін екі таңбалы санмен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-[...18 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="32"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z72" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...98 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
       10. 1, 2 және 3-кестелер Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 26 желтоқсандағы № 309 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14790 болып тіркелген) белгіленген Банк конгломератының пруденциялық нормативтерінің және сақталуы міндетті өзге де нормалары мен лимиттерінің нормативтік мәндері мен оларды есептеу әдістемесіне, капиталының мөлшеріне сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8529,86 +8465,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 22 қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -8682,86 +8582,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 258 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -8797,310 +8661,310 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Әкімшілік деректерді жинауға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z76" w:id="38"/>
+    <w:bookmarkStart w:name="z76" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайда ұсынылады: Қазақстан Республикасының Ұлттық Банкіне</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z77" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z77" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.nationalbank.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z78" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z78" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік нысанның атауы: банк конгломераты қатысушыларының салымдар тәуекелінің дәрежесі бойынша сараланған активтерінің, шартты және ықтимал талаптары мен міндеттемелерінің таратылып жазылуы туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z79" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z79" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: 2-BK_RA</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z80" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z80" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділігі: тоқсан сайын, жыл сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z81" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z81" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезеңі: 20__жылғы "___"________ жағдай бойынша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z82" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z82" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын тұлғалар тобы: банк холдингі немесе еншілес ұйымы бар, бірақ банк холдингі жоқ екінші деңгейдегі банк</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z83" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z83" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z84" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z84" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       есепті тоқсаннан кейін күнтізбелік 60 (алпыс) күннен кешіктірмей, тоқсан сайын (төртінші тоқсанды қоспағанда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z85" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z85" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       есепті жылдан кейінгі жылғы 31 (отыз бірінші) (қоса алғанда) мамырдан кешіктірмей, жыл сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z86" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z86" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес сәйкестендіру нөмірі: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z87" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z87" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жинау әдісі: электрондық түрде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z88" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z88" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кесте. Банктер болып табылатын банк конгломераты қатысушыларының салымдардың кредит тәуекелінің дәрежесі бойынша сараланған активтері, шартты және ықтимал міндеттемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (мың теңгемен)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -18282,70 +18146,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="51"/>
+    <w:bookmarkStart w:name="z90" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-кесте. Нарықтық және операциялық тәуекелдер ескеріле отырып сараланған активтер, шартты және ықтимал талаптар мен міндеттемелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -19599,88 +19463,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (ол болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні 20__ жылғы "______" ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="52"/>
+    <w:bookmarkStart w:name="z102" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: нысан "Банк конгломераты қатысушыларының салымдар тәуекелінің дәрежесі бойынша сараланған активтерінің, шартты және ықтимал талаптары мен міндеттемелерінің таратылып жазылуы туралы есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірмеге сәйкес толтырылады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19863,496 +19709,462 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">арналған нысанына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z104" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Банк конгломераты қатысушыларының салымдар тәуекелінің дәрежесі бойынша сараланған активтерінің, шартты және ықтимал талаптары мен міндеттемелерінің таратылып жазылуы туралы есеп (индекс - 2-BK_RA, кезеңділігі - тоқсан сайын, жыл сайын)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z105" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Банк конгломераты қатысушыларының салымдар тәуекелінің дәрежесі бойынша сараланған активтерінің, шартты және ықтимал талаптары мен міндеттемелерінің таратылып жазылуы туралы есеп (индекс - 2-BK_RA, кезеңділігі - тоқсан сайын, жыл сайын)</w:t>
+        <w:t xml:space="preserve"> әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірме </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z106" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірме </w:t>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z106" w:id="54"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z107" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсіндірмеде "Банк конгломераты қатысушыларының салымдар тәуекелінің дәрежесі бойынша сараланған активтерінің, шартты және ықтимал талаптары мен міндеттемелерінің таратылып жазылуы туралы есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z108" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігінің 65-2) тармақшасына және "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының 42-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z109" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Нысанды Қазақстан Республикасының бейрезиденттерін қоспағанда, банк холдингі немесе еншілес ұйымы бар, бірақ банк холдингі жоқ банк жасайды, тоқсан сайын (төртінші тоқсанды қоспағанда), есепті тоқсаннан кейін күнтізбелік 60 (алпыс) күннен кешіктірмей және жыл сайын, есепті жылдан кейінгі жылдың 31 (отыз бірінші) мамырынан (қоса алғанда) кешіктірмей ұсынады. Нысандағы деректер мың теңгемен толтырылады. Есепте 500 (бес жүз) теңгеден кем сома 0 (нөлге) дейін дөңгелектенеді, ал 500 (бес жүз) теңгеге тең және одан жоғары сома 1000 (мың) теңгеге дейін дөңгелектенеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z110" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z111" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Нысанда пайдаланылатын терминдер мен анықтамалар "Банк конгломератының пруденциялық нормативтерінің және сақталуы міндетті өзге де нормалары мен лимиттерінің нормативтік мәндері мен оларды есептеу әдістемесін, капиталының мөлшерін белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 26 желтоқсандағы № 309 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14790 болып тіркелген) пайдаланылатын мағынасында қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z112" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру жөніндегі түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z107" w:id="55"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z113" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы түсіндірмеде "Банк конгломераты қатысушыларының салымдар тәуекелінің дәрежесі бойынша сараланған активтерінің, шартты және ықтимал талаптары мен міндеттемелерінің таратылып жазылуы туралы есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
+      6. 1-кестенің 4-бағаны және 2-кестенің 3-бағаны банктер болып табылатын банк конгломераты қатысушыларының санына сәйкес келетін шағын бағандарға бөлінеді, онда олардың атауы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z108" w:id="56"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z114" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
+        <w:t>
+      Банк конгломераты қатысушыларының атауы "n қатысушы" бағандарында көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z109" w:id="57"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z115" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3. Нысанды Қазақстан Республикасының бейрезиденттерін қоспағанда, банк холдингі немесе еншілес ұйымы бар, бірақ банк холдингі жоқ банк жасайды, тоқсан сайын (төртінші тоқсанды қоспағанда), есепті тоқсаннан кейін күнтізбелік 60 (алпыс) күннен кешіктірмей және жыл сайын, есепті жылдан кейінгі жылдың 31 (отыз бірінші) мамырынан (қоса алғанда) кешіктірмей ұсынады. Нысандағы деректер мың теңгемен толтырылады. Есепте 500 (бес жүз) теңгеден кем сома 0 (нөлге) дейін дөңгелектенеді, ал 500 (бес жүз) теңгеге тең және одан жоғары сома 1000 (мың) теңгеге дейін дөңгелектенеді. </w:t>
+        <w:t>
+      7. Банк конгломератының меншікті капиталының есебінен шегерілетін инвестициялар 1-кестеде көрсетілмейді және кредит тәуекелінің дәрежесі бойынша сараланбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z110" w:id="58"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z116" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам қол қояды.</w:t>
+      8. 1-кестенің ІІ және ІІІ жолдары бойынша салымдардың кредит тәуекелінің дәрежесі бойынша сараланатын активтер, шартты және ықтимал міндеттемелер банк конгломераты қатысушыларының арасында әрбір қатысушы бойынша элиминирленеді, содан соң олар сараланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z111" w:id="59"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z117" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14790 болып тіркелген) пайдаланылатын мағынасында қолданылады.</w:t>
+        <w:t>
+      1-кестенің ІІ, ІІІ және IV жолдары бойынша 5 және 6-бағандарындағы сомалар анықтама үшін көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-[...18 lines deleted...]
-    <w:bookmarkStart w:name="z113" w:id="61"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z118" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6. 1-кестенің 4-бағаны және 2-кестенің 3-бағаны банктер болып табылатын банк конгломераты қатысушыларының санына сәйкес келетін шағын бағандарға бөлінеді, онда олардың атауы көрсетіледі.</w:t>
+        <w:t xml:space="preserve">
+      9. Шартты және ықтимал міндеттемелер, оның ішінде туынды қаржы құралдары бойынша шартты және ықтимал міндеттемелер Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 13 қыркүйектегі № 170 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15886 болып тіркелген) бекітілген Банктің пруденциялық нормативтерінің және сақталуы міндетті өзге де нормалары мен лимиттерінің нормативтік мәндері мен оларды есептеу әдістемелеріне, капиталының мөлшеріне сәйкес салымдардың кредит тәуекелінің дәрежесі бойынша сараланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z114" w:id="62"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z119" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Банк конгломераты қатысушыларының атауы "n қатысушы" бағандарында көрсетіледі.</w:t>
+      10. "X" белгісімен белгіленген ұяшықтар толтырылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-[...137 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="69"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20456,86 +20268,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 22 қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -20609,86 +20385,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 258 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -20724,290 +20464,290 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Әкімшілік деректерді жинауға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z123" w:id="68"/>
+    <w:bookmarkStart w:name="z123" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайда ұсынылады: Қазақстан Республикасының Ұлттық Банкіне</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z124" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z124" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.nationalbank.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z125" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z125" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік нысанның атауы: Заңды тұлғалардың жарғылық капиталына, заңды тұлғалардың реттелген борышына салымдар болып табылатын инвестициялар, сондай-ақ банк конгломератының қатысушы заңды тұлғаларының ,меншікті капиталына есепті кезеңде жүзеге асырылған, сондай-ақ есепті күнгі жағдай бойынша қолданыстағы өзге салымдар бойынша мәліметтер жинау жөніндегі есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z126" w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z126" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: 3-BK_ IKDU</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z127" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z127" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділігі: тоқсан сайын, жыл сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z128" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z128" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: 20__ жылғы "______" ________________ жағдай бойынша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z129" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z129" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын тұлғалар тобы: банк холдингі немесе еншілес ұйымы бар, бірақ банк холдингі жоқ екінші деңгейдегі банк</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z130" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z130" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z131" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z131" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тоқсан сайын (төртінші тоқсанды қоспағанда) есепті тоқсаннан кейінгі күнтізбелік 60 (алпыс) күннен кешіктірмей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z132" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z132" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жыл сайын есепті жылдан кейінгі жылдың 31 (отыз бірінші) мамырынан (қоса алғанда) кешіктірмей. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z133" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z133" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес сәйкестендіру нөмірі: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z134" w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z134" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жинау әдісі: электрондық түрде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -23760,70 +23500,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z136" w:id="80"/>
+    <w:bookmarkStart w:name="z136" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -24776,88 +24516,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (ол болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Күні 20__ жылғы "______" ______________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="81"/>
+    <w:bookmarkStart w:name="z147" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: нысан "Заңды тұлғалардың жарғылық капиталына, заңды тұлғалардың реттелген борышына салымдар болып табылатын инвестициялар, сондай-ақ банк конгломератының қатысушы заңды тұлғаларының , меншікті капиталына есепті кезеңде жүзеге асырылған, сондай-ақ есепті күнгі жағдай бойынша қолданыстағы өзге салымдар бойынша мәліметтер жинау жөніндегі есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірмеге сәйкес толтырылады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25092,125 +24814,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">жинауға арналған нысанына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z149" w:id="82"/>
+    <w:bookmarkStart w:name="z149" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңды тұлғалардың жарғылық капиталына, заңды тұлғалардың реттелген борышына салымдар болып табылатын инвестициялар, сондай-ақ банк конгломератының қатысушы заңды тұлғаларының меншікті капиталына есепті кезеңде жүзеге асырылған, сондай-ақ есепті күнгі жағдай бойынша қолданыстағы өзге салымдар бойынша мәліметтер жинау жөніндегі есеп (индексі – 3-BK_ IKDU, кезеңділігі – тоқсан сайын, жыл сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z150" w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z150" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z151" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z151" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z152" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z152" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Заңды тұлғалардың жарғылық капиталына, заңды тұлғалардың реттелген борышына салымдар болып табылатын инвестициялар, сондай-ақ банк конгломератының қатысушы заңды тұлғаларының өз капиталына есепті кезеңде жүзеге асырылған, сондай-ақ есепті күнгі жағдай бойынша қолданыстағы өзге салымдар бойынша мәліметтер жинау жөніндегі есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z153" w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z153" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25245,287 +24967,269 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z154" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z154" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанды Қазақстан Республикасының бейрезиденттерін қоспағанда, банк холдингі немесе еншілес ұйымы бар, бірақ банк холдингі жоқ банк есепті тоқсаннан (төртінші тоқсанды қоспағанда) кейінгі күнтізбелік 60 (алпыс) күннен кешіктірмей, тоқсан сайын және есепті жылдан кейінгі жылғы 31 (отыз бірінші) мамырдан (қоса алғанда) кешіктірмей жыл сайын ұсынады. Нысандағы деректер мың теңгемен толтырылады. Есепте 500 (бес жүз) теңгеден кем сома 0 (нөлге) дейін дөңгелектенеді, ал 500 (бес жүз) теңгеге тең және одан жоғары сома 1000 (бір мың) теңгеге дейін дөңгелектенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z155" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z155" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам және орындаушы қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z156" w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z156" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Нысанда пайдаланылатын терминдер мен анықтамалар "Банк конгломератының пруденциялық нормативтерінің және сақталуы міндетті өзге де нормалары мен лимиттерінің нормативтік мәндері мен оларды есептеу әдістемесін, капиталының мөлшерін белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 26 желтоқсандағы № 309 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14790 болып тіркелген) пайдаланылатын мағынасында қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z157" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z157" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z158" w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z158" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Нысанда заңды тұлғалардың жарғылық капиталына, заңды тұлғаның реттелген борышына салымды білдіретін инвестициялар, сондай-ақ банк конгломератының әрбір қатысушысының заңды тұлғаларының меншікті капиталына өзге салымдар бойынша мәліметтер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z159" w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z159" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 4-бағанда акциялардың сатып алу күнгі сатып алу құны көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z160" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z160" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Резервтердің (провизиялардың) сомасы абсолюттік мәнде және плюс белгісімен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z161" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z161" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. "Барлығы" жолы "Банк конгломератының 1-қатысушысы бойынша жиынтығы" және "Банк конгломератының n-қатысушысы бойынша жиынтығы" жолдарының қосындысына тең.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z162" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z162" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мұнда n – банк конгломератына қатысушылардың саны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z163" w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z163" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Егер қаржы ұйымы болып табылатын банк конгломератының қатысушысы бұрын Қазақстан Республикасының Ұлттық Банкіне заңды тұлғалардың жарғылық капиталына салымды білдіретін инвестициялар туралы есепті кезеңдегі мәліметтерді берсе, онда Нысанда "Банк конгломератының 1-қатысушысының атауы" немесе "Банк конгломератының n-қатысушысының атауы" деген жол және "Банк конгломератының 1-қатысушысы бойынша жиыны" немесе "Банк конгломератының n-қатысушысы бойынша жиыны" деген жол бойынша 4, 5, 6, 7, 8, 13, 14, 15 және 16-бағандар толтырылуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25629,86 +25333,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 22 қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -25782,86 +25450,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 258 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -25897,270 +25529,270 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Әкімшілік деректерді жинауға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z167" w:id="97"/>
+    <w:bookmarkStart w:name="z167" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қазақстан Республикасының Ұлттық Банкіне</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z168" w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z168" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.nationalbank.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z169" w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z169" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік нысанның атауы: есепті күнгі жағдай бойынша банк конгломераты қатысушыларының бағалы қағаздар портфелінің құрылымы туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z170" w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z170" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: 4-BK_SSP</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z171" w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z171" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділігі тоқсан сайын, жыл сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z172" w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z172" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Есепті кезеңі: 20___ жылғы "___" _______________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z173" w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z173" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын тұлғалар тобы: банк холдингі немесе еншілес ұйымы бар, бірақ банк холдингі жоқ екінші деңгейдегі банк</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z174" w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z174" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: есепті тоқсаннан (төртінші тоқсанды қоспағанда) кейінгі күнтізбелік 60 (алпыс) күннен кешіктірмей, тоқсан сайын </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z175" w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z175" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        есепті жылдан кейінгі жылғы 31 (отыз бірінші) мамырдан (қоса алғанда) кешіктірмей, жыл сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z176" w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z176" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес сәйкестендіру нөмірі:_________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z177" w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z177" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жинау әдісі: электрондық түрде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -31698,88 +31330,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (ол болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Күні 20__ жылғы "______" ______________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z195" w:id="108"/>
+    <w:bookmarkStart w:name="z195" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: нысан "Есепті күнгі жағдай бойынша банк конгломераты қатысушыларының бағалы қағаздар портфелінің құрылымы туралы есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірмеге сәйкес толтырылады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="110"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -31923,125 +31537,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">арналған нысанына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z197" w:id="109"/>
+    <w:bookmarkStart w:name="z197" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Есепті күнгі жағдай бойынша банк конгломераты қатысушыларының бағалы қағаздар портфелінің құрылымы туралы есеп (индексі - 4-BK_SSP, кезеңділігі - тоқсан сайын, жыл сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z198" w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z198" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z199" w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z199" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z200" w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z200" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Есепті күнгі жағдай бойынша банк конгломераты қатысушыларының бағалы қағаздар портфелінің құрылымы туралы есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z201" w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z201" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32076,467 +31690,449 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z202" w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z202" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанды Қазақстан Республикасының бейрезиденттерін қоспағанда, банк холдингі немесе еншілес ұйымы бар, бірақ банк холдингі жоқ банк толтырады, тоқсан сайын (төртінші тоқсанды қоспағанда), есепті тоқсаннан кейінгі күнтізбелік 60 (алпыс) күн ішінде және жыл сайын, есепті жылдан кейінгі жылғы 31 (отыз бірінші) мамырдан (қоса алғанда) кешіктірмей ұсынады. Нысандағы деректер мың теңгемен толтырылады. 500 (бес жүз) теңгеден аз сома 0 (нөлге) дейін дөңгелектенеді, ал 500 (бес жүз) теңгеге тең және одан жоғары сома 1000 (бір мың) теңгеге дейін дөңгелектенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z203" w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z203" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам және орындаушы қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z204" w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z204" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Нысанда пайдаланылатын терминдер мен анықтамалар "Банк конгломератының пруденциялық нормативтерінің және сақталуы міндетті өзге де нормалары мен лимиттерінің нормативтік мәндері мен оларды есептеу әдістемесін, капиталының мөлшерін белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 26 желтоқсандағы № 309 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14790 болып тіркелген) пайдаланылатын мағынасында қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z205" w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z205" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z206" w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z206" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Нысанда осы қаулыға 4-қосымшаға сәйкес Заңды тұлғалардың жарғылық капиталына, заңды тұлғалардың реттелген борышына салымдар болып табылатын инвестициялар, сондай-ақ банк конгломератының қатысушылары заңды тұлғаларының өз капиталына есепті кезеңде жүзеге асырылған, сондай-ақ есепті күнгі жағдай бойынша қолданыста болған өзге салымдар бойынша мәліметтер жинау жөніндегі кестеде көрсетілген мәліметтерді қоспағанда, банк конгломераты қатысушыларының бағалы қағаздар портфелінің құрылымы туралы мәліметтер қамтылған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z207" w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z207" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 4-бағанда сатып алынған бағалы қағаздың атауы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z208" w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z208" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. 6-бағанда сатып алынған бағалы қағаздың саны көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z209" w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z209" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. 9-бағанда облигациялар бойынша облигацияның номиналдық /сатып алу құнының оны шығару кезінде айқындалған, купондық облигация бойынша пайызбен көрсетілген сыйақы есептелетін ақшалай көрінісі, сондай-ақ облигацияны өтеу кезінде оның ұстаушысына төленетін сома көрсетіледі. Сомасы шығарылым валютасымен көрсетіледі. Құн көрсеткіші мың теңгемен көрсетіледі (номиналы шетел валютасымен көрсетілген бағалы қағаздар үшін теңгедегі құнның баламасы "Валюта айырбастаудың нарықтық бағамын айқындау тәртібі туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2013 жылғы 25 қаңтардағы № 15 қаулысының (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8378 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасы Қаржы министрінің 2013 жылғы 22 ақпандағы № 99 бұйрығында көзделген тәртіппен айқындалған транзакция күніне валюта айырбастаудың нарықтық бағамы бойынша қайта есептеуде көрсетіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z210" w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z210" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. 10-бағанда валюталардың коды "Валюталар мен қорларды белгілеуге арналған кодтар" 07 ISO 4217 ҚР ҰС Қазақстан Республикасының ұлттық сыныптауышына сәйкес көрсетіледі. Облигациялар бойынша шығарылым валютасы, акциялар бойынша сатып алу валютасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z211" w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z211" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. 25-бағанда бухгалтерлік есепте көрсетілген ауыртпалық салынған бағалы қағаздардың құны көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z212" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z212" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. 26-бағанда репо шарттарымен ауыртпалық салынған, бухгалтерлік есепте көрсетілген бағалы қағаздардың құны көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z213" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z213" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. 29-бағанда Қазақстан Республикасының бейрезиденттері заңды тұлғалардың акциялары бойынша халықаралық қор биржасының атауы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z214" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z214" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. 30 және 31-бағандарда Қазақстан Республикасы қор биржасының ресми тізіміне сәйкес Қазақстан Республикасы резиденттерінің бағалы қағаздарының санаты көрсетіледі. Қазақстан Республикасы қор биржасы тізімінің санаты болмаған кезде осы бағандарда "листинг жоқ" деп көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z215" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z215" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. 32, 33, 34 және 35-бағандарды толтыру кезінде "Болу қажеттілігі қаржы ұйымдарының, Қазақстан Республикасының бейрезиденті-банктері филиалдарының, Қазақстан Республикасының бейрезиденті-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының қызметін реттейтін Қазақстан Республикасының заңнамасына сәйкес талап етілетін заңды тұлғалар және елдер үшін ең төменгі рейтингіні, осы рейтингіні беретін рейтингілік агенттіктер тізбесін белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2012 жылғы 24 желтоқсандағы № 385 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8318 болып тіркелген) сәйкес рейтингтік агенттіктердің бірі берген рейтинг көрсетіледі. 2 (екі) және одан да көп халықаралық рейтинг агенттіктерінен (Стандард энд Пурс (Standard &amp; Poor’s) бірнеше рейтингтер немесе халықаралық рейтинг агенттіктерінің ұқсас деңгейі (Мудис Инвесторс Сервис (Moody's Investors Service) және Фитч (Fitch)) болған кезде соңғы рейтинг берген халықаралық рейтингтік агенттіктің рейтингі көрсетіледі. Егер рейтингтер берілген күндер сәйкес келсе, ең төменгі рейтинг көрсетіледі. Бір бағалы қағаз, бір эмитентке рейтингтің бір жаңартылған мәнінен артық емес мәні сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z216" w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z216" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рейтинг болмаған кезде 32, 33, 34 және 35-бағандарда "рейтингі жоқ" деп көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z217" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z217" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Егер қаржы ұйымы болып табылатын банк конгломератының қатысушысы Қазақстан Республикасының Ұлттық Банкіне бұрын мәліметтерді ұсынса, онда Нысанда "Банк конгломератының 1-қатысушысының атауы" немесе "Банк конгломератының n-қатысушысының атауы" деген жол және "Банк конгломератының 1-қатысушысы бойынша жиынтығы" немесе "Банк конгломератының n-қатысушысы бойынша жиынтығы" деген жол бойынша 6, 7, 8, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25 және 26-бағандар толтырылуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z218" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z218" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N белгісі – банк конгломератының қатысушысы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="132"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -32640,86 +32236,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 22 қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -32793,86 +32353,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 258 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -32908,290 +32432,290 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Әкімшілік деректерді жинауға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z222" w:id="131"/>
+    <w:bookmarkStart w:name="z222" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайда ұсынылады: Қазақстан Республикасының Ұлттық Банкіне</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z223" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z223" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.nationalbank.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z224" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z224" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік нысанның атауы: Банк конгломератының есепті кезең ішінде жасасқан, сондай-ақ есепті күнгі жағдай бойынша қолданыстағы топішілік мәмілелері бойынша мәліметтер жинау жөніндегі есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z225" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z225" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: 5-BK_RIGT</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z226" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z226" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділігі: тоқсан сайын, жыл сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z227" w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z227" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезеңі: 20__жылғы "___"________ жағдай бойынша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z228" w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z228" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын тұлғалар тобы: банк холдингі немесе еншілес ұйымы бар, бірақ банк холдингі жоқ банк</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z229" w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z229" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z230" w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z230" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       есепті тоқсаннан кейінгі күнтізбелік 60 (алпыс) күннен кешіктірмей, тоқсан сайын (төртінші тоқсанды қоспағанда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z231" w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z231" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       есепті жылдан кейінгі жылғы 31 (отыз бірінші) мамырдан (қоса алғанда) кешіктірмей, жыл сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z232" w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z232" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес сәйкестендіру нөмірі: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z233" w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z233" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жинау әдісі: электрондық түрде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="144"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -36342,88 +35866,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (ол болған жағдайда)       қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Күні 20__ жылғы "____" ______________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z247" w:id="143"/>
+    <w:bookmarkStart w:name="z247" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: нысан "Банк конгломератының есепті кезең ішінде жасасқан, сондай-ақ есепті күнгі жағдай бойынша қолданыстағы топішілік мәмілелері бойынша мәліметтер жинау жөніндегі есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірмеге сәйкес толтырылады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="145"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -36567,125 +36073,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жинауға арналған нысанға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z249" w:id="144"/>
+    <w:bookmarkStart w:name="z249" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Банк конгломератының есепті кезең ішінде жасасқан, сондай-ақ есепті күнгі жағдай бойынша қолданыстағы топішілік мәмілелері бойынша мәліметтер жинау жөніндегі есеп (индексі - 5-BK_RIGT, кезеңділігі – тоқсан сайын, жыл сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z250" w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z250" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z251" w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z251" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z252" w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z252" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Банк конгломератының есепті кезең ішінде жасасқан, сондай-ақ есепті күнгі жағдай бойынша қолданыстағы топішілік мәмілелері бойынша мәліметтер жинау жөніндегі есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z253" w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z253" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36720,750 +36226,750 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z254" w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z254" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанды Қазақстан Республикасының бейрезиденттерін қоспағанда, банк холдингі немесе еншілес ұйымы бар, бірақ банк холдингі жоқ банк жасайды, тоқсан сайын (төртінші тоқсанды қоспағанда), есепті тоқсаннан кейінгі күнтізбелік 60 (алпыс) күн ішінде және жыл сайын, есепті жылдан кейінгі жылғы 31 (отыз бірінші) мамырдан (қоса алғанда) кешіктірмей ұсынады. Нысандағы деректер мың теңгемен толтырылады. Есепте 500 (бес жүз) теңгеден кем сома 0 (нөлге) дейін дөңгелектенеді, ал 500 (бес жүз) теңгеге тең және одан жоғары сома 1000 (бір мың) теңгеге дейін дөңгелектенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z255" w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z255" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам және орындаушы қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z256" w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z256" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Нысанда пайдаланылатын терминдер мен анықтамалар "Банк конгломератының пруденциялық нормативтерінің және сақталуы міндетті өзге де нормалары мен лимиттерінің нормативтік мәндері мен оларды есептеу әдістемесін, капиталының мөлшерін белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 26 желтоқсандағы № 309 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14790 болып тіркелген) пайдаланылатын мағынасында қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z257" w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z257" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z258" w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z258" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Нысанда осы қаулының 1-қосымшасымен бекітілген Тізбеге, нысандарға және банк конгломераттарының пруденциялық нормативтерді орындауы туралы есептілікті ұсыну мерзімдеріне 4 және 5-қосымшаларда көрсетілген мәмілелерді (бұдан әрі – мәміле) қоспағанда, банк конгломератының барлық топішілік мәмілелері бойынша мәліметтер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z259" w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z259" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Нысанда мәміле "Активтер" және "Баланстан тыс шоттардағы талаптар" көрсеткіші бойынша бір рет көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z260" w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z260" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Егер мәміледе банк конгломератының бірнеше қатысушысы көзделсе, Нысанда банк конгломератының ақша қозғалысы басталатын қатысушысы (мәміле бойынша 1-тарап) және банк конгломератының түпкілікті қатысушысы (мәміле бойынша 2-тарап) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z261" w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z261" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте 16-бағанда банк конгломератының аралық қатысушыларын (болған жағдайда) және олардың мәмілеге қатысу мақсатын көрсету қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z262" w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z262" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. 6 және 7-бағандарды толтыру үшін операциялар мен көрсеткіштердің мынадай түрлері көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z263" w:id="158"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z263" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) активтер (көрсеткіш):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z264" w:id="159"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z264" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар (овердрафт, қаржы лизингін, вексельдерді есепке алу, факторинг, форфейтинг) беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z265" w:id="160"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z265" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттелген қарыздар беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z266" w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z266" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бағалы қағаздармен кері репо операциялары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z267" w:id="162"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z267" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағымдағы шотты ашу (болуы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z268" w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z268" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       корреспонденттік шотты ашу (болуы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z269" w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z269" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салымды орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z270" w:id="165"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z270" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жылжымалы (жылжымайтын) мүлікті сату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z271" w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z271" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       активтерді (қарыздарды, дебиторлық берешекті) сату (секьюритилендіру);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z272" w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z272" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       талап ету құқығын басқаға беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z273" w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z273" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       күмәнді активтерді басқаруды жүзеге асыратын ұйымның мүлкі мен активтерін беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z274" w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z274" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дивидендтер есептеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z275" w:id="170"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z275" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       комиссиялық кіріс есептеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z276" w:id="171"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z276" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дебиторлық берешек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z277" w:id="172"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z277" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       туынды қаржы құралдары бойынша талаптар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z278" w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z278" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дилингтік операциялар бойынша талаптар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z279" w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z279" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сақтандыру активтері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z280" w:id="175"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z280" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқа да активтер (операция түрі 16-бағанда көрсетіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z281" w:id="176"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z281" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) баланстан тыс шоттардағы талаптар (көрсеткіш):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z282" w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z282" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кепілдіктер беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z283" w:id="178"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z283" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аккредитив ашу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z284" w:id="179"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z284" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кері қайтарылатын кредиттік желіні ашу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z285" w:id="180"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z285" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кері қайтарылмайтын кредиттік желіні ашу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z286" w:id="181"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z286" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       туынды қаржы құралдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z287" w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z287" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       дилингтік операциялар; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z288" w:id="183"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z288" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қаржы шығындарын сақтандыру (сақтандыру шарты бойынша сақтандыру сомасы көрсетіледі). Операцияның осы түріне "Сақтандыру қызметі туралы" Қазақстан Республикасы Заңының 6-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37538,409 +37044,391 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген сақтандыру сыныптары кіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z289" w:id="184"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z289" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       активтерді сақтандырудың өзге түрлері (сақтандыру шарты бойынша сақтандыру сомасы көрсетіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z290" w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z290" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызметкерлерді сақтандыру (сақтандыру шарты бойынша сақтандыру сомасы көрсетіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z291" w:id="186"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z291" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлікті кепілге қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z292" w:id="187"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z292" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       баланстан тыс шоттар бойынша басқа да талаптар (операция түрі 16-бағанда көрсетіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z293" w:id="188"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z293" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) шығыстар (көрсеткіш):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z294" w:id="189"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z294" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызмет үшін комиссиялық сыйақы төлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z295" w:id="190"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z295" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       туынды қаржы құралдары бойынша таза шығыстар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z296" w:id="191"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z296" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дилингтік операциялар бойынша шығыстар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z297" w:id="192"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z297" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қайта бағалаудан таза шығыстар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z298" w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z298" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дивидендтер төлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z299" w:id="194"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z299" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       міндеттемелер бойынша сыйақы төлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z300" w:id="195"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z300" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлік үшін жалдау ақысын төлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z301" w:id="196"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z301" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сақтандыру сыйлықақысын төлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z302" w:id="197"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z302" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сақтандыру төлемдері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z303" w:id="198"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z303" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       айыппұлдар, өсімпұлдар, тұрақсыздық айыбын және санкциялардың басқа түрлерін төлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z304" w:id="199"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z304" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шығыстардың өзге түрлері (операция түрі 16-бағанда көрсетіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z305" w:id="200"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z305" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. 7-бағанда есепті тоқсандағы мәміле бойынша айналымдар – жазбалардың қорытындысы (ұлғаю немесе азаю) бастапқы сальдосыз (қалдықсыз) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="202"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -38044,86 +37532,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 22 қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -38197,86 +37649,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 258 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -38312,290 +37728,290 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Әкімшілік деректерді жинауға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z309" w:id="201"/>
+    <w:bookmarkStart w:name="z309" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайда ұсынылады: Қазақстан Республикасының Ұлттық Банкіне</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z310" w:id="202"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z310" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.nationalbank.kz интернет-ресурсында орналастырылған </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z311" w:id="203"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z311" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        Әкімшілік нысанның атауы: Банк конгломераты қатысушыларының үшінші тұлғалар алдындағы, банк конгломераты меншікті капиталының 10 (он) және одан көп пайызын құрайтын, есепті күнгі жағдай бойынша қолданыстағы міндеттемелері туралы мәліметтер жинау жөніндегі есеп </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z312" w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z312" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: 6-BK_RL</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z313" w:id="205"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z313" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділігі: тоқсан сайын, жыл сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z314" w:id="206"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z314" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: 20__ жылғы "______" ________________ жағдай бойынша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z315" w:id="207"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z315" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын тұлғалар тобы: банк холдингі немесе еншілес ұйымы бар, бірақ банк холдингі жоқ екінші деңгейдегі банк </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z316" w:id="208"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z316" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z317" w:id="209"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z317" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       тоқсан сайын (төртінші тоқсанды қоспағанда), есепті тоқсаннан кейінгі күнтізбелік 60 (алпыс) күннен кешіктірмей </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z318" w:id="210"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z318" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жыл сайын, есепті жылдан кейінгі жылғы 31 (отыз бірінші) мамырдан (қоса алғанда) кешіктірмей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z319" w:id="211"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z319" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес сәйкестендіру нөмірі: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z320" w:id="212"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z320" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жинау әдісі: электрондық түрде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="214"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -41888,88 +41304,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (ол болған жағдайда)       қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні 20__ жылғы "____" ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z331" w:id="213"/>
+    <w:bookmarkStart w:name="z331" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: нысан форма "Банк конгломераты қатысушыларының үшінші тұлғалар алдындағы, банк конгломераты меншікті капиталының 10 (он) және одан көп пайызын құрайтын, есепті күнгі жағдай бойынша қолданыстағы міндеттемелері туралы мәліметтер жинау жөніндегі есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірмеге сәйкес толтырылады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="215"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -42165,125 +41563,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">жинауға арналған нысанға </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z333" w:id="214"/>
+    <w:bookmarkStart w:name="z333" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Банк конгломераты қатысушыларының үшінші тұлғалар алдындағы, банк конгломераты меншікті капиталының 10 (он) және одан көп пайызын құрайтын, есепті күнгі жағдай бойынша қолданыстағы міндеттемелері туралы мәліметтер жинау жөніндегі есеп (индексі - 6-BK_RL, кезеңділігі – тоқсан сайын, жыл сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z334" w:id="215"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z334" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірме </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z335" w:id="216"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z335" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z336" w:id="217"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z336" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Банк конгломераты қатысушыларының үшінші тұлғалар алдындағы, банк конгломераты меншікті капиталының 10 (он) және одан көп пайызын құрайтын, есепті күнгі жағдай бойынша қолданыстағы міндеттемелері туралы мәліметтер жинау жөніндегі есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z337" w:id="218"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z337" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -42318,331 +41716,337 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z338" w:id="219"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z338" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанды Қазақстан Республикасының бейрезиденттерін қоспағанда, банк холдингі немесе еншілес ұйымы бар, бірақ банк холдингі жоқ банк жасайды, тоқсан сайын (төртінші тоқсанды қоспағанда), есепті тоқсаннан кейінгі күнтізбелік 60 (алпыс) күн ішінде және жыл сайын, есепті жылдан кейінгі жылғы 31 (отыз бірінші) мамырдан (қоса алғанда) кешіктірмей ұсынады. Нысандағы деректер мың теңгемен толтырылады. Есепте 500 (бес жүз) теңгеден кем сома 0 (нөлге) дейін дөңгелектенеді, ал 500 (бес жүз) теңгеге тең және одан жоғары сома 1000 (бір мың) теңгеге дейін дөңгелектенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z339" w:id="220"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z339" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам және орындаушы қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z340" w:id="221"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z340" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Нысанда пайдаланылатын терминдер мен анықтамалар "Банк конгломератының пруденциялық нормативтерінің және сақталуы міндетті өзге де нормалары мен лимиттерінің нормативтік мәндері мен оларды есептеу әдістемесін, капиталының мөлшерін белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 26 желтоқсандағы № 309 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14790 болып тіркелген) пайдаланылатын мағынасында қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z341" w:id="222"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z341" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z342" w:id="223"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z342" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Нысанда банк конгломераты қатысушыларының есепті күнге банк конгломератының меншікті капиталынан 10 (он) және одан да көп пайызын құрайтын үшінші тұлғалар (тұлғалар тобы) алдындағы міндеттемелері туралы мәліметтер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z343" w:id="224"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z343" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанға банк конгломераты қатысушыларының қаражатын өзі және (немесе) Қазақстан Республикасының Ұлттық Банкі зейнетақы активтерін сенімгерлік басқарушы ретінде орналастырған "Бірыңғай жинақтаушы зейнетақы қоры" акционерлік қоғамы алдындағы міндеттемелері енгізілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z344" w:id="225"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z344" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. n символы - банк конгломераты қатысушыларының саны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z345" w:id="226"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z345" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Банк конгломераты қатысушыларының атауы "1. (Банк конгломератының 1-қатысушысының атауы)", "n. (Банк конгломератының n-қатысушысының атауы)" жолдарында көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z346" w:id="227"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z346" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Егер қаржы ұйымы болып табылатын банк конгломератының қатысушысы Қазақстан Республикасының Ұлттық Банкіне аталған мәліметтерді бұрын берсе, онда Нысанда "Банк конгломератының 1-қатысушысының атауы" немесе "Банк конгломератының n-қатысушысының атауы" жолы және "Банк конгломератының 1-қатысушысы бойынша жиынтығы" немесе "Банк конгломератының n-қатысушысы бойынша жиынтығы" жолы бойынша 6-баған толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z347" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Нысанның 6-бағанында банк конгломераты қатысушыларының есепті күнгі Банк конгломераты меншікті капиталының 10 (он) және одан көп пайызын құрайтын үшінші тұлғалар (тұлғалар тобы) алдындағы міндеттемелерінің баланстық құны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...34 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -42972,35 +42376,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>