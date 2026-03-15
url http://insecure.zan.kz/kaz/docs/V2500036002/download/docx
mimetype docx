--- v0 (2025-10-12)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4853f06" w14:textId="4853f06">
+    <w:p w14:paraId="ae8f57c" w14:textId="ae8f57c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының азаматтарын, қандастарды "Тұрғын үймен қамтамасыз ету орталығы" электрондық базасына тұрғынжайға мұқтаждар есебіне қою қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің м.а. 2025 жылғы 17 сәуірдегі № 130 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 21 сәуірде № 36002 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің м.а. 2025 жылғы 17 сәуірдегі № 130 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 21 сәуірде № 36002 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -1591,733 +1591,989 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы азаматтарының, қандастардың және олардың отбасы мүшелерінің дербес деректерді жинауға және өңдеуге келісімін алуға міндетті. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13. Көрсетілетін қызметті алушы тұрғын үйге мұқтаждарды есепке қою кезінде осы Қағидаларға 3-қосымшаға сәйкес Ақпараттандыру объектісі арқылы қол қояды және Көрсетілетін қызметті берушіге "Тұрғын үймен қамтамасыз ету орталығы" электрондық базасына есепке қоюға өтінішті береді.</w:t>
+        <w:t xml:space="preserve">
+      13. Көрсетілетін қызметті алушы тұрғын үйге мұқтаждарды есепке қою кезінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Ақпараттандыру объектісі арқылы қол қояды және Көрсетілетін қызметті берушіге "Тұрғын үймен қамтамасыз ету орталығы" электрондық базасына есепке қоюға өтінішті береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасында көзделген жағдайларда "Тұрғын үймен қамтамасыз ету орталығы" электрондық базасына есепке қоюға өтінішті Көрсетілетін қызметті алушының заңды өкілдері береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті беруші 1 (бір) жұмыс күні ішінде өтінімді қабылдайды және қарайды, көрсетілетін қызметті алушының осы Қағидалардың 6-тармағында көрсетілген көрсетілетін қызметті алушыға қойылатын негізгі талаптарға сәйкестігін және Заңның 74-бабының </w:t>
+      Көрсетілетін қызметті беруші 1 (бір) жұмыс күні ішінде өтінімді қабылдайды және қарайды, көрсетілетін қызметті алушының осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген көрсетілетін қызметті алушыға қойылатын негізгі талаптарға сәйкестігін және Заңның 74-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған тұлғаларға тиесілілігінің сәйкестігін тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Тұрғын үйге мұқтаж Қазақстан Республикасының азаматтарын, жалғыз тұрғын үйі Қазақстан Республикасының заңнамасында көзделген тәртіппен авариялық деп танылған қанттарды есепке қою кезінде өтінімді қарау мерзімі 3 (үш) жұмыс күнін құрайды. Көрсетілетін қызметті беруші тексереді Қағидаларға </w:t>
+      Жалғыз тұрғын үйі Қазақстан Республикасының заңнамасында көзделген тәртіппен авариялық деп танылған тұрғын үйге мұқтаж Қазақстан Республикасының азаматтарын есепке қою кезінде өтінімді қарау мерзімі 3 (үш) жұмыс күнін құрайды. Көрсетілетін қызметті беруші тексереді Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өтінішке қоса берілген сәулет, қала құрылысы және құрылыс қызметі саласындағы аттестатталған сарапшының техникалық қорытындысының (тұрғын үйді техникалық тексеру нәтижелері бойынша) электрондық көшірмесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ақпараттық жүйеде жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар туралы деректер болмаған жағдайда өтініш үш (3) жұмыс күн ішінде қаралады. Көрсетілген қызметті беруші Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішке қоса берілген ата-анасының біреуінің немесе екеуінің де жоқтығын, сондай-ақ заңды өкілінің мәртебесін растайтын құжаттардың электрондық көшірмелерін тексереді. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушыға және оның отбасы мүшелеріне қойылатын негізгі талаптарға сәйкестігін тексеруді көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелер арқылы жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 30.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қазақстан Республикасының тұрғынжайға мұқтаж азаматтарын, қандастарды "Тұрғын үймен қамтамасыз ету орталығы" электрондық базасына есепке қою" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесі осы Қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасының тұрғынжайға мұқтаж азаматтарын, қандастарын есепке қоюдан келесі жағдайларда бас тартылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) олар бірыңғай республикалық электрондық базада тұрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Ақпараттандыру объектісіне тұрғынжайға мұқтаждар есебіне қойған кезде олардың соңғы бес жыл ішінде Қазақстан Республикасының аумағында меншік құқығында тұрғынжайлары бар болған немесе болған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-[...140 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік тұрғын үй қорынан пайдалануға берілген тұрғынжайы немесе жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайы болған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ұсынылған құжаттарда және (немесе) мәліметтерде анық емес деректер болған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) олар бұрын мемлекеттік тұрғын үй қорынан тұрғынжайларды алған және жекешелендірген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) олардың Қазақстан Республикасының заңнамасында белгіленген тәртіппен авариялық деп танылған, басқа елді мекенде орналасқан жалғыз тұрғынжайы болған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының Ұлттық Банкі бекіткен ипотекалық бағдарлама, Қазақстан Республикасының Үкіметі бекіткен Қазақстан Республикасының Мемлекеттік жоспарлау жүйесінің құжаттары, тұрғын үй құрылысының мемлекеттік бағдарламалары, саланы (аяны) дамыту тұжырымдамасы шеңберінде ипотекалық тұрғын үй қарызын пайдалана отырып, меншігіне тұрғынжай сатып алған жағдайларда тұрғынжайға мұқтаждар есебіне қоюдан бас тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 30.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасының азаматтарын, қандастарды Ақпараттандыру объектісінде тұрғынжайға мұқтаждар есебіне қою туралы шешімді есепке қою туралы хабарламаны не есепке қоюдан уәжді бас тартуды жібере отырып, көрсетілетін қызметті беруші қабылдайды және өтініш берілген күннен бастап үш жұмыс күнінен кешіктірілмей Қазақстан Республикасының азаматына, қандасқа Көрсетілетін қызметті алушының жеке кабинетінде және ұялы байланыс операторымен берілген көрсетілетін қызметті алушының абоненттік нөмірі порталдың есептік жазбасына тіркелген және қосылған жағдайда, оның абоненттік нөміріне мәтіндік хабарлама түрінде жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z66" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуден бас тарту үшін негіздер анықталған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ алдын ала шешім бойынша көрсетілетін қызметті алушыға ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты, күні мен орны (тәсілі) туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі. Тыңдау хабарлама жасалған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау нәтижелері бойынша көрсетілетін қызметті алушыға көрсетілетін қызметті берушінің уәкілетті тұлғасының ЭЦҚ қойылған электрондық құжат нысанында оң нәтиже не мемлекеттік қызметті көрсетуден уәжді бас тарту жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету үшін үш күндік мерзімнен аз уақыт белгіленген қызметке тыңдау жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 30.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z70" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсетуге қатысты шешімі, іс-әрекеті (әрекетсіздігі) туралы шағым, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мемлекеттік қызметтер Заңының 25-бабының </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="65"/>
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оның тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Портал арқылы жүгінген кезде шағымдану тәртібі туралы ақпаратты мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефоны бойынша алуға болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-[...99 lines deleted...]
-    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 30.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Көрсетілетін қызметті берушінің шешімімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оған сот тәртібімен шағым жасауға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 30.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2448,68 +2704,106 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасының тұрғын үйге мұқтаж азаматтарын, қандастарды "Тұрғын үймен қамтамасыз ету орталығы" электрондық базасына есепке қою" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбеге өзгеріс енгізілді - ҚР Өнеркәсіп және құрылыс министрінің 30.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2805,86 +3099,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z81" w:id="72"/>
+          <w:bookmarkStart w:name="z81" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) тұрғын үйге мұқтаж Қазақстан Республикасының азаматтарын, Қазақстан Республикасының аумағында соңғы бес жыл ішінде меншік құқығында тұрғын үйі жоқ азаматтарды есепке қою кезінде - 1 (бір) жұмыс күні;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="72"/>
+          <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) жалғыз тұрғын үйі Қазақстан Республикасының заңнамасында көзделген тәртіппен авариялық деп танылған тұрғын үйге мұқтаж Қазақстан Республикасының азаматтарын есепке қою кезінде - 3 (үш) жұмыс күні</w:t>
+2) жалғыз тұрғын үйі Қазақстан Республикасының заңнамасында көзделген тәртіппен авариялық деп танылған тұрғын үйге мұқтаж Қазақстан Республикасының азаматтарын есепке қою кезінде - 3 (үш) жұмыс күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) ақпараттық жүйеде жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар туралы деректер болмаған кезінде - 3 (үш) жұмыс күн.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2938,86 +3250,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="73"/>
+          <w:bookmarkStart w:name="z82" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) тұрғын үйге мұқтаж Қазақстан Республикасының азаматтарын, Қазақстан Республикасының аумағында соңғы бес жыл ішінде меншік құқығында тұрғын үйі жоқ азаматтарды есепке қою кезінде - электрондық (толығымен автоматтандырылған);</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="73"/>
+          <w:bookmarkEnd w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) жалғыз тұрғын үйі Қазақстан Республикасының заңнамасында көзделген тәртіппен авариялық деп танылған тұрғын үйге мұқтаж Қазақстан Республикасының азаматтарын есепке қою кезінде - электрондық (ішінара автоматтандырылған)</w:t>
+2) жалғыз тұрғын үйі Қазақстан Республикасының заңнамасында көзделген тәртіппен авариялық деп танылған тұрғын үйге мұқтаж Қазақстан Республикасының азаматтарын есепке қою кезінде - электрондық (ішінара автоматтандырылған);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) ақпараттық жүйеде жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар туралы деректер болмаған кезінде - электрондық (ішінара автоматтандырылған).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3297,90 +3627,90 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті берушінің және ақпараттандыру объектісінің жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z83" w:id="74"/>
+          <w:bookmarkStart w:name="z83" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) көрсетілетін қызметті беруші – Қазақстан Республикасының Еңбек </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кодексіне</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерiн қоспағанда, дүйсенбiден бастап жұманы қоса алғанда, белгіленген жұмыс кестесіне сәйкес сағат 9.00-ден сағат 18.30-ге дейiн, түскі үзiлiспен сағат 13.00-тен 14.30-ге дейін;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="74"/>
+          <w:bookmarkEnd w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) ақпараттандыру объектісі – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндері өтініш жасаған кезде, өтініштерді қабылдауды және мемлекеттік көрсетілетін қызметтің нәтижесін беруді келесі жұмыс күнінде жүзеге асырады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3450,254 +3780,272 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету үшін Көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z84" w:id="75"/>
+          <w:bookmarkStart w:name="z84" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) тұрғын үйге мұқтаж Қазақстан Республикасының азаматтарын, Қазақстан Республикасының аумағында соңғы бес жыл ішінде меншік құқығында тұрғын үйі жоқ азаматтарды есепке қою кезінде:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="75"/>
+          <w:bookmarkEnd w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...10 lines deleted...]
-              <w:t>Қағидаларға 1-қосымшаға сәйкес электрондық түрдегі өтініш.</w:t>
+              <w:t xml:space="preserve">
+Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес электрондық түрдегі өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>2) жалғыз тұрғын үйі Қазақстан Республикасының заңнамасында көзделген тәртіппен авариялық деп танылған тұрғын үйге мұқтаж Қазақстан Республикасының азаматтарын есепке қою кезінде:</w:t>
+2) жалғыз тұрғын үйі Қазақстан Республикасының заңнамасында көзделген тәртіппен авариялық деп танылған тұрғын үйге мұқтаж Қазақстан Республикасының азаматтарын есепке қою кезінде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...10 lines deleted...]
-              <w:t>Қағидаларға 1-қосымшаға сәйкес электрондық түрдегі өтініш;</w:t>
+              <w:t xml:space="preserve">
+Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес электрондық түрдегі өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>сәулет, қала құрылысы және құрылыс қызметі саласындағы аттестатталған сарапшының техникалық қорытындысының (тұрғын үйді техникалық тексеру нәтижелері бойынша) электрондық көшірмесі.</w:t>
+сәулет, қала құрылысы және құрылыс қызметі саласындағы аттестатталған сарапшының техникалық қорытындысының (тұрғын үйді техникалық тексеру нәтижелері бойынша) электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Жеке басты куәландыратын құжаттар туралы мәліметтерді, неке қию немесе бұзу туралы, балалардың тууы туралы куәліктерді, оларға меншік құқығында тиесілі тұрғын үйдің (Қазақстан Республикасы бойынша) болуы немесе болмауы туралы анықтамаларды көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
+3) ақпараттық жүйеде жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар туралы деректер болмаған кезінде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...10 lines deleted...]
-              <w:t>Қағидалардың 1-қосымшасына сәйкес өтініш.</w:t>
+              <w:t xml:space="preserve">
+Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес электрондық түрдегі өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалғыз тұрғынжайы Қазақстан Республикасының заңнамасында айқындалған тәртіппен авариялық жағдайда деп танылған азаматтар, қандастар сәулет, қала құрылысы және құрылыс қызметі саласындағы аттестатталған сарапшының техникалық қорытындысының (тұрғын үйді техникалық тексеру нәтижелері бойынша) көшірмесін ұсынады.</w:t>
+Жалғыз ата-анасының немесе екеуiнiң де қамқорлығының жоқтығын және/немесе заңды өкілінің мәртебесін растайтын құжаттардың электрондық көшірмелері.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке басты куәландыратын құжаттар туралы мәліметтерді, неке қию немесе бұзу туралы, балалардың тууы туралы куәліктерді, оларға меншік құқығында тиесілі тұрғын үйдің (Қазақстан Республикасы бойынша) болуы немесе болмауы туралы анықтамаларды көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3751,70 +4099,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z91" w:id="76"/>
+          <w:bookmarkStart w:name="z91" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) мемлекеттік көрсетілетін қызметті алу үшін Көрсетілетін қызметті алушының ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="76"/>
+          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4080,70 +4428,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметті, оның ішінде электрондық нысанда көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z99" w:id="77"/>
+          <w:bookmarkStart w:name="z99" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) көрсетілетін қызметті алушының ЭЦҚ-сы болған кезде мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="77"/>
+          <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4388,447 +4736,447 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нұсқа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z103" w:id="78"/>
+    <w:bookmarkStart w:name="z103" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Тұрғын үймен қамтамасыз ету орталығы"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z104" w:id="79"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z104" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  электрондық базасына есепке қоюға өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z105" w:id="80"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z105" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы арқылы мен,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z106" w:id="81"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z106" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z107" w:id="82"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z107" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z108" w:id="83"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z108" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Тегі, Аты, Әкесінің аты (бар болса), туған күні, жеке басын куәландыратын құжаттың</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z109" w:id="84"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z109" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нөмірі мен  берілген күні, тұратын (тіркелген) мекенжайы, жеке сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z110" w:id="85"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z110" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       енгізілгеннен кейін  автотолтыру жүргізіледі)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z111" w:id="86"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z111" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сізден мені тұрғынжайға мұқтаж ретінде "Тұрғын үймен қамтамасыз ету орталығы" электрондық базасына есепке қоюыңызды сұраймын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z112" w:id="87"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z112" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы арқылы мен,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z113" w:id="88"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z113" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z114" w:id="89"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z114" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z115" w:id="90"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z115" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (сенім білдірілген тұлға/заңды өкіл бола отырып, толық Тегі, Аты, Әкесінің аты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z116" w:id="91"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z116" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (бар болса), туған күні,  жеке басын куәландыратын құжаттың нөмірі және берілген</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z117" w:id="92"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z117" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       күні, тұрғылықты (тіркелген) мекенжайы,  жеке сәйкестендіру нөмірі енгізілгеннен</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z118" w:id="93"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z118" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кейін автотолтыру жүргізіледі), сондай ақ _______  (сенім білдірушінің/кәмелетке</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z119" w:id="94"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z119" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       толмаған адамның Тегі, Аты, Әкесінің аты (бар болса)) атынан және  мүддесі үшін</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z120" w:id="95"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z120" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әрекет ету мақсатында</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z121" w:id="96"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z121" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сізден _______________ (сенім білдірушінің/кәмелетке толмаған адамның Тегі, Аты, Әкесінің аты (бар болса)) тұрғынжайға мұқтаж ретінде "Тұрғын үймен қамтамасыз ету орталығы" электрондық базасына есепке қоюыңызды сұраймын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z122" w:id="97"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z122" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Менде және отбасы мүшелерінде Қазақстан Республикасында тұрғынжайдың бар немесе жоқ екенін тексеруге қарсы емеспін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z123" w:id="98"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z123" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді жинауға және өңдеуге және мәліметтерді пайдалануға келісемін. "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4843,185 +5191,185 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>78-баптарының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес "Отбасы банк" АҚ интернет-ресурсында деректерді жариялауға келісемін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z124" w:id="99"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z124" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік дерекқорларда растайтын мәліметтер болмаған жағдайда хабардар етілді және Заңның 74-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған тұлғаларға тиесілілігі жоқ тұрғынжайға мұқтаждарды есепке қоюмен келісемін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z125" w:id="100"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z125" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұялы телефон нөмірі: _________________________________; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z126" w:id="101"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z126" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық пошта: __________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5347,31 +5695,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>