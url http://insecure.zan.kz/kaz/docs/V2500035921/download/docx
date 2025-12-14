--- v0 (2025-11-08)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a4548d0" w14:textId="a4548d0">
+    <w:p w14:paraId="3978422" w14:textId="3978422">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,66 +93,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының алқалы басқару органдары жұмысын ұйымдастырудың үлгілік қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ғылым және жоғары білім министрінің 2025 жылғы 1 сәуірдегі № 157 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 2 сәуірде № 35921 болып тіркелді</w:t>
-[...14 lines deleted...]
-      </w:pPr>
+        <w:t>Қазақстан Республикасы Ғылым және жоғары білім министрінің 2025 жылғы 1 сәуірдегі № 157 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 2 сәуірде № 35921 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Білім туралы" Қазақстан Республикасы Заңының 44-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -161,399 +155,340 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасы Ғылым және жоғары білім министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 19 тамыздағы № 580 қаулысымен бекітілген Қазақстан Республикасы Ғылым және жоғары білім министрлігі туралы ереженің 15-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>93) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы бұйрыққа қосымшаға сәйкес қоса беріліп отырған Жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының алқалы басқару органдары жұмысын ұйымдастырудың үлгілік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мыналардың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Жоғары оқу орнының ғылыми кеңесі қызметінің үлгілік қағидаларын және оны сайлау тәртібін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің міндетін атқарушының 2007 жылғы 22 қарашадағы № 574 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5038 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Әдістемелік (оқу-әдістемелік, ғылыми-әдістемелік) кеңес қызметінің үлгілік қағидаларын және оны сайлау тәртібін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің міндетін атқарушының 2007 жылғы 21 желтоқсандағы № 644 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5090 болып тіркелген) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Жоғары және жоғары оқу орнынан кейінгі білім комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін және ол ресми жарияланғаннан кейін оны Қазақстан Республикасы Ғылым және жоғары білім министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Ғылым және жоғары білім вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ғылым және жоғары білім министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1087,93 +1022,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 157 бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының алқалы басқару органдары жұмысын ұйымдастырудың үлгілік қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының алқалы басқару органдары жұмысын ұйымдастырудың үлгілік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1208,544 +1137,591 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасы Ғылым және жоғары білім министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 19 тамыздағы № 580 қаулысымен бекітілген Қазақстан Республикасы Ғылым және жоғары білім министрлігі туралы ереженің 15-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>93) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының алқалы басқару органдарының (бұдан әрі - Алқалы органдар) нысандары ғылыми кеңес, әдістемелік кеңес (оқу-әдістемелік, ғылыми-әдістемелік), ғылыми-техникалық кеңес және басқа да нысандар болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Алқалы органдар өз қызметінде Қазақстан Республикасының заңнамасын, осы Қағидаларды, сондай-ақ жоғары оқу орнынан кейінгі білім беру ұйымдарының (бұдан әрі – ЖЖОКБҰ) жарғысын басшылыққа алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. ЖЖОКБҰ-ның алқалы басқару органдары жұмысын ұйымдастыру және оларды сайлау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Алқалы органдар ЖЖОКБҰ басшысының бұйрығымен құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Алқалы басқару органдарының мақсаты жоғары білім беру жүйесінің басым міндеттеріне, ЖЖОКБҰ даму стратегиясына және қызметкерлер мен білім алушылардың қатысуына сәйкес ЖЖОКБҰ қызметін тиімді, ашық және демократиялық басқаруды қамтамасыз ету болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Алқалы басқару органдарының міндеттері олардың өкілеттіктері шеңберінде алқалы басқару нысандарына сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Негізгі міндеттерге мыналар жатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) академиялық, тәрбиелік, ғылыми-зерттеу, инновациялық және әкімшілік-шаруашылық қызметтің негізгі мәселелері бойынша шешімдерді қарау, талқылау және қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) білім беру және ғылыми процестерге инновацияларды енгізуге жәрдемдесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қоғам мен мемлекеттік органдарды қоса алғанда, мүдделі тараптар алдында өз қызметінің ашықтығы мен есептілігін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ортақ мақсаттарға қол жеткізу үшін ЖЖОКБҰ құрылымдық бөлімшелері арасындағы өзара іс-қимылды нығайту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өз бастамасы бойынша немесе ЖЖОКБҰ құрылымдық бөлімшелерінің ұсынысы бойынша академиялық немесе ғылыми қызығушылық тудыратын мәселелерді қарау және олар бойынша тиісті шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Алқалы органдар шешімдерінің орындалуын іске асыруды талдау, қол жеткізілген нәтижелерді бағалау және қажет болған жағдайда түзету шараларын қабылдау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Алқалы басқару органдарының құрамына ЖЖОКБҰ басшысы, басшының орынбасарлары, құрылымдық бөлімшелердің басшылары, профессор-оқытушылар құрамының, ЖЖОКБҰ студенттік және қоғамдық ұйымдарының, жұмыс берушілердің өкілдері кіреді. Алқалы органдардың құрамын ЖЖОКБҰ олардың міндеттеріне сәйкес құратын комиссия сайлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Алқалы басқару органдарының құрамында кемінде жеті адам болуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Алқалы органның төрағасы (бұдан әрі - Төраға) және оның орынбасары Алқалы орган мүшелері арасынан көпшілік дауыспен сайланады. Төраға болмаған жағдайда оның міндеттерін орынбасары атқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Төраға оның қызметін "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Білім туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ғылым және технологиялық саясат туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының заңдарына және білім беру және ғылыми қызметті регламенттейтін Қазақстан Республикасының нормативтік құқықтық актілеріне, сондай-ақ осы Қағидаларға сәйкес үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Хатшыны Алқалы орган сайлайды және Алқалы органның іс қағаздарын жүргізуге жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Алқалы орган өз жұмысын оқу жылына (күнтізбелік жылға) бекітілген жұмыс жоспары негізінде оның міндеттеріне сәйкес жүзеге асырады, ол ЖЖОКБҰ-ның ресми сайтында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Алқалы органның отырысында қаралған мәселелердің нәтижелері бойынша қатысып отырған мүшелердің көпшілік даусымен Алқалы органның хаттамамен ресімделетін шешімі қабылданады. Дауыстар тең болған кезде Төрағаның дауысы шешуші болып табылады. Отырыстың хаттамасын Алқалы органның хатшысы отырыстан кейін 3 жұмыс күні ішінде жасайды. Хаттамаға дауыс беруге қатысқан Алқалы органның Төрағасы, хатшысы және барлық мүшелері қол қояды және (немесе) отырысқа қатысқан алқалы органның барлық мүшелері қол қойған келу парағы қоса беріледі және ЖЖОКБҰ-ның ресми сайтында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Алқалы органдар білім алушылардың, профессорлық-оқытушылық құрамның, ЖЖОКБҰ қызметкерлерінің мүддесі үшін әрекет етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, алқалы органның шешімі ұсынымдық сипатта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...157 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 491</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>