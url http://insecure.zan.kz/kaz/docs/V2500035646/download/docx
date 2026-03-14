--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="35f7af7" w14:textId="35f7af7">
+    <w:p w14:paraId="602f947" w14:textId="602f947">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1755,263 +1755,169 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Уәкілетті орган, тұрғын үй қатынастары және тұрғын үй-коммуналдық шаруашылық саласындағы уәкілетті орган, мемлекеттік энергетикалық қадағалау мен бақылау жөніндегі мемлекеттік орган және жергілікті атқарушы органдар облыстардың, республикалық маңызы бар қалалардың, астананың жылу энергетикасы объектілері мен жылу желілерінің жай-күйі туралы ақпаратты жинауды, жаңартып отыруды және жариялауды қоса алғанда, ұдайы мониторинг жүргізуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Мониторингтеу жылу энергетикасының нақты және жоспарлы көрсеткіштерінің негізінде, оның ішінде осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қағидаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жылу энергиясын өндіру, тасымалдау, өткізу және тұтыну секторлары бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Мемлекеттік энергетикалық қадағалау және бақылау жөніндегі мемлекеттік орган Қазақстан Республикасы Энергетика министрінің 2015 жылғы 20 ақпандағы № 121 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10558 болып тіркелген) бекітілген Электр энергетикасы және жылу энергетикасы салаларындағы тергеп-тексеру жүргізу, электр энергетикасы саласындағы, орталықтандырылған және жергілікті жылумен жабдықтау жүйелеріндегі технологиялық бұзушылықтарды есепке алу қағидаларына сәйкес орталықтандырылған жылумен жабдықтау жүйесіндегі технологиялық бұзушылықтарға мониторинг жүргізуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Жергілікті атқарушы органдар жылу энергиясымен қамтамасыз ету, оның ішінде жылу энергиясының пайдалану сенімділігін, технологиялық және экономикалық қолжетімділігін бағалау, жылыту маусымына дайындық бөлігінде, оның ішінде мемлекеттік энергетикалық қадағалау және бақылау жөніндегі мемлекеттік органнан кезеңділігі жылына кемінде 1 (бір) рет және 3 (үш) айда 1 (бір) реттен жиілетпей алынған деректер негізінде көрсетілетін қызметтерге қол жеткізуге және оларға ақы төлеу мүмкіндігіне қатысты кемсітушілік тәсілді болғызбау мақсатында облыстардың, республикалық маңызы бар қалалардың, астананың жылу энергетикасының жай-күйін ұдайы мониторинг жүргізуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мониторинг жүргізуді жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Мониторинг жүргізу мақсатында ақпарат алу үшін жергілікті атқарушы органдар жылумен жабдықтау субъектілерінен осы Қағидалардың 19-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2066,226 +1972,132 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілген нысандарға сәйкес және жылу энергиясын тұрмыстық емес қажеттіктерге тұтынатын тұтынушылардан ақпаратты жазбаша сұратады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Жылумен жабдықтау субъектілерінің жергілікті атқарушы органдардың сұрау салуы бойынша ақпарат беру мерзімі кемінде 10 (он) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Электрондық құжат айналымы жүйесі болған кезде құжаттар жергілікті атқарушы органдарға электрондық форматта ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Жергілікті атқарушы органдар мониторинг аяқталғаннан кейін 10 (он) жұмыс күні ішінде көрсеткіштер мен өлшемшарттар бойынша барлық деректерді көрсете отырып, мониторинг нәтижелерін өздерінің ресми интернет-ресурстарына орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-[...95 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Жергілікті атқарушы органдар жылумен жабдықтау субъектілерінің жылу энергетикасының нақты және жоспарлы көрсеткіштеріне қол жеткізуін олар бекітілгеннен кейін есепті жылдан кейінгі жылдың 15 (он бесінші) шілдесіне дейін бағалайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Жергілікті атқарушы органдар осы Қағидалардың 19-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2340,903 +2152,809 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілген нысандарға сәйкес бірінші жартыжылдықтың (ағымдағы жылғы 31 (отыз бірінші) шілдесіне дейін) және жылдың (есепті жылдан кейінгі жылдың 31 (отыз бірінші) қаңтарына дейін) қорытындылары бойынша уәкілетті органға жүргізілген мониторинг нәтижелері бойынша есеп береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Жергілікті атқарушы органдар жүргізілген мониторинг нәтижелері бойынша есептерді ұсынғаннан кейін уәкілетті орган 30 (отыз) жұмыс күні ішінде елдік есепті өзінің ресми интернет-ресурсында орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Жылу энергиясын тұрмыстық емес қажеттіліктерге тұтынатын тұтынушылар жергілікті атқарушы органдарға жылу энергиясын тұтыну, жылу тұтынатын қондырғылардың құрамы, жылу пункттері жабдығының есепке алу аспаптары мен құрамының болуы және (немесе) болмауы, сондай-ақ энергия тиімділігі бойынша қабылданған шаралар (автоматтандырылған жылу пункттерін, коммерциялық есепке алу аспаптарын орнату, жылу тұтынатын қондырғыларын жаңғырту) жөніндегі ақпаратты жыл сайын жылыту маусымы аяқталғаннан кейін нысанға сәйкес ағымдағы жылғы 15 (он бесінші) маусымға дейінгі мерзімде осы бекітілген Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Жылумен жабдықтау субъектілері орталықтандырылған және жергілікті жылумен жабдықтау жүйелері шеңберінде тиісті аумақтық бірліктің жергілікті атқарушы органына отынның түрі мен маркасын көрсете отырып, жыл сайынғы негізде жылыту маусымы кезінде пайдаланылған отынның мөлшері бойынша есепті ұсынып тұрады. Облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдары жиынтық деректерді уәкілетті органға жыл сайын есепті кезеңнен кейінгі 15 (он бесінші) маусымға дейінгі мерзімде нысанға сәйкес осы бекітілген Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Жергілікті атқарушы органдар жыл сайын жылыту маусымы аяқталғаннан кейін 15 (он бесінші) маусымға дейін отын түрін көрсете отырып, жылумен жабдықтаудың жеке жүйелерінде жылыту маусымы кезінде пайдаланылған отын бойынша деректерді жинауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Жергілікті атқарушы органдар пайдаланылған отын бойынша жиынтық деректерді уәкілетті органға мониторинг жүргізу шеңберінде ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-[...95 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Тұрғын үй қатынастары және тұрғын үй-коммуналдық шаруашылық саласындағы уәкілетті орган жыл сайын 31 (отыз бірінші) шілдеге дейін ғимараттардағы жылу энергетикасының жай-күйін жылу энергетикасының нақты және жоспарлы көрсеткіштері бойынша бағалайды және өзінің ресми интернет-ресурсында орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мониторинг жүргізудің өлшемшарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z53" w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Мониторинг жүргізу шеңберінде жергілікті атқарушы органдар жылу энергетикасының жай-күйін жылу энергетикасының мынадай көрсеткіштерімен бағалайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z54" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пайдаланылу сенімділігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z55" w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) авариялық жағдай;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қамту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z57" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) технологиялық және экономикалық қолжетімділігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z58" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қажеттілік;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z59" w:id="54"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) отын сапасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z60" w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жылу энергетикасы саласындағы жылу энергиясын өндірудің жылдық көлемі, кВтсағ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z61" w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) когенерация режимінде жылу энергиясын өндірудің жылдық көлемі, кВтсағ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z62" w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) жаңартылатын энергия көздерін пайдаланатын объектілерден, кәдеге жаратушы көздерден, рекуператор көздерінен, биомассада жұмыс істейтін қазандықтардан жылу энергиясын өндірудің жылдық көлемі, кВт-сағ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z63" w:id="58"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) өнеркәсіптік процестерден артылған жылуды кәдеге жарату кезінде орталықтандырылған және жергілікті жылумен жабдықтау жүйелеріндегі жылу энергиясы көздерінің жылу энергиясын өндірудің жылдық көлемі, кВт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z64" w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) көмірді жағу кезінде алынған жылу энергиясын өндірудің жылдық көлемі (когенерацияны қоспағанда), кВт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z65" w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z65" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) газды жағудан алынған жылу энергиясын өндірудің жылдық көлемі (когенерацияны қоспағанда), кВт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z66" w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z66" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) тасымалданатын жылу энергиясының жылдық көлемі: орталықтандырылған және жергілікті жылумен жабдықтау жүйесі, кВт-сағ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z67" w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z67" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) жылу энергиясы көздерінің белгіленген қуатын пайдалану коэффициенттері, орталықтандырылған және жергілікті жылумен жабдықтау жүйелерінде, объектілерде, пайызбен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z68" w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z68" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) жылу энергиясын тасымалдауға байланысты электр энергиясының жылдық нақты тұтынуы, кВт-сағ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z69" w:id="64"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z69" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) жылу энергиясын тасымалдауға байланысты электр энергиясының үлестік тұтынуы, кВт-сағ/Гигакалория (бұдан әрі – Гкал);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z70" w:id="65"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z70" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) жылу энергиясын тасымалдауға байланысты жылу энергиясының жылдық ысыраптары, Гкал;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z71" w:id="66"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z71" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) жылу энергиясын тасымалдауға байланысты жылу энергиясының үлестік ысыраптары, пайыз (бұдан әрі – %);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z72" w:id="67"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z72" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) диаметрі бойынша бөлінген жылу желілерінің ұзындығы, километр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z73" w:id="68"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z73" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) диаметрі бойынша бөлінген жылу желілерінің тозу пайызы, %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z74" w:id="69"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z74" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) өнеркәсіптік процестерден артылған жылуды кәдеге жарату кезінде орталықтандырылған және жергілікті жылумен жабдықтау жүйелеріндегі жылу энергиясын тұтынудың жылдық көлемі, кВт-сағ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z75" w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z75" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) өнеркәсіптік процестерден артылған жылуды кәдеге жарату кезінде көп қабатты тұрғын үйлерде, мемлекеттік және өзге де заңды тұлғаларда, орталықтандырылған және жергілікті жылумен жабдықтау жүйелерінен өзге де тұтынушыларда жылу энергиясын тұтынудың жылдық көлемі (өндірістік және жылыту қажеттіліктеріне), кВт-сағ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z76" w:id="71"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z76" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) өнеркәсіптік процестерден артылған жылуды кәдеге жарату кезінде көпқабатты тұрғын үйлердегі, мемлекеттік және өзге де заңды тұлғалардың, өзге де тұтынушылардың орталықтандырылған және жергілікті жылумен жабдықтау жүйелерінен (жылыту қажеттіліктеріне) 1 шаршы метрге жылу энергиясының үлестік шығысы, кВт-сағ/ шаршы метр (бұдан әрі – м2);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z77" w:id="72"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z77" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) жылу энергиясын өндіру кезінде көздер (орталықтандырылған және жергілікті жылумен жабдықтау жүйелері, өнеркәсіптік процестерден артылған жылуды кәдеге жарату кезінде) және тұтынушылар санаттары (заңды және жеке тұлғалар, көп қабатты тұрғын үйлер, мемлекеттік және мемлекеттік емес заңды тұлғалар санаттары бойынша) бойынша бөлінген жалпы жылдық шығарындылар, бір тонна көмірқышқыл газының баламасы (бұдан әрі – тСО2экв)/сағ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z78" w:id="73"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z78" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) жылу энергиясын өндіру кезіндегі үлестік шығарындылар, тСО2экв/Гкал;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z79" w:id="74"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z79" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) отын түрі бойынша бөле отырып, жылу энергиясын өндіруге арналған отынды тұтынудың жылдық көлемі (когенерацияны қоспағанда), шартты отын тоннасымен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z80" w:id="75"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z80" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) жылу энергиясын өндіруге пайдаланылған энергия ресурстарының жылдық көлемі (өз қажеттіліктеріне арналған энергия, отын, отын жеткізу), шартты отын тоннасымен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z81" w:id="76"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z81" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) жылу энергетикасы тиімділігінің коэффициенті (бұдан әрі – ЖЭТК), пайызбен</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -3383,70 +3101,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – босатылған және есептеу аспаптары бойынша өлшенген энергия қосындысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ЖЭТК жылу энергетикасы секторы үшін жалпы және көздер, жылумен жабдықтау жүйелері бойынша бөліне отырып есептеледі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="77"/>
+    <w:bookmarkStart w:name="z82" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) жылу энергиясын "таза" өндіру коэффициенті – жылу энергиясының жалпы мөлшеріне жаңартылатын энергия көздерінен; кәдеге жаратушы көздерден; рекуператор көздерінен; биомассада жұмыс істейтін қазандықтардан өндірілген жылу энергиясы мөлшерінің қатынасы, %</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -3461,90 +3179,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>/Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>жалп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>∙100%;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="78"/>
+    <w:bookmarkStart w:name="z83" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) көздің берілген пайдалы әрекет коэффициенті (бұдан әрі – ПӘК) – берілген жылу энергиясының оны өндіруге жұмсалатын барлық энергетикалық ресурстардың шығындарына қатынасы, пайызбен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z84" w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z84" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) жылу энергиясының үлестік ысыраптары (нақты ысырап/сатылған жылу энергиясының мөлшері, пайызбен):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -3559,108 +3277,108 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>/Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>(сат.)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>∙100%;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="80"/>
+    <w:bookmarkStart w:name="z85" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) желілердің берілген ПӘК – жылу энергиясының пайдалы берілуінің желіге берілген жылу энергиясы мен жылу жеткізгішті айдауға жұмсалатын электр энергиясының шығындарының қосындысына қатынасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       〖ПӘК〗с= Q_(пай.)/(Q_бер+э.э.) ∙100%];</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="81"/>
+    <w:bookmarkStart w:name="z86" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) орталықтандырылған және жергілікті жылумен жабдықтау жүйелерінде жұмыс істейтін жылумен жабдықтау субъектілері мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       персонал саны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3743,70 +3461,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       энергия тиімділігін арттыру және жылу энергиясының ысыраптарын азайту жөніндегі шаралар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жаңартылатын энергия көздерін пайдалану технологияларын енгізу жөніндегі шаралар туралы ақпарат ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="82"/>
+    <w:bookmarkStart w:name="z87" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) жеке жылумен жабдықтау жүйелерінде пайдаланылған отынның мөлшері мен түрі туралы көрсеткіштер бойынша бағалайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9972,108 +9690,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>әкімшілік деректерді жинауға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Орталықтандырылған немесе жергілікті жылумен жабдықтау жүйесінде жылу энергиясын өндіру жөніндегі ақпарат" әкімшілік деректерін жинауға арналған нысанды толтыру бойынша түсініктеме (1-ЖЭӨ) нысаны, жартыжылдықта 1 (бір) рет)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z91" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірме "Орталықтандырылған немесе жергілікті жылумен жабдықтау жүйесінде жылу энергиясын өндіру жөніндегі ақпарат" әкімшілік деректерін жинауға арналған нысанды (бұдан әрі – Нысан) толтыру жөніндегі бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z92" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нысан келесідей толтырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-бағанда реттік нөмірі көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16931,108 +16649,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">арналған нысанға </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z95" w:id="86"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Орталықтандырылған неме жергілікті жылумен жабдықтау жүйесінде жылу энергиясын тасымалдау жөніндегі ақпарат" әкімшілік деректерін жинауға арналған нысанды толтыру бойынша түсініктеме (1-ЖЭТ нысаны, жартыжылдықта 1 рет)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z96" w:id="87"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірме "Орталықтандырылған немесе жергілікті жылумен жабдықтау жүйесінде жылу энергиясын тасымалдау жөніндегі ақпарат" әкімшілік деректерін жинауға арналған нысанды (бұдан әрі – Нысан) толтыру жөніндегі бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нысан келесідей толтырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-бағанда реттік нөмірі көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21724,108 +21442,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">жинауға арналған </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="89"/>
+    <w:bookmarkStart w:name="z100" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жылу энергиясын тұтыну, жылу тұтыну қондырғыларының құрамы, жылу пункттерінің есепке алу аспаптары мен жабдықтар құрамының болуы және (немесе) болмауы, сондай-ақ энергия тиімділігі бойынша қабылданған шаралар (автоматтандырылған жылу пункттерін, коммерциялық есепке алу аспаптарын орнату, жылу тұтыну қондырғыларын жаңғырту) жөніндегі ақпарат" туралы әкімшілік деректерді жинауға арналған нысанды толтыру бойынша түсініктеме (1-ЖЭТ нысаны , жылына 1 (бір) рет)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z101" w:id="90"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z101" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірме "Жылу энергиясын тұтыну, жылу тұтыну қондырғыларының құрамы, жылу пункттерінің есепке алу аспаптары мен жабдықтар құрамының болуы және (немесе) болмауы, сондай-ақ энергия тиімділігі бойынша қабылданған шаралар (автоматтандырылған жылу пункттерін, коммерциялық есепке алу аспаптарын орнату, жылу тұтыну қондырғыларын жаңғырту) жөніндегі ақпарат" туралы әкімшілік деректерді жинауға арналған нысанды толтыру бойынша бірыңғай талаптарды айқындайды (әрі қарай - Нысан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z102" w:id="91"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z102" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нысан келесідей толтырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-бағанда реттік номері көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25007,88 +24725,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">жинауға арналған </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z105" w:id="92"/>
+    <w:bookmarkStart w:name="z105" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Орталықтандырылған немесе жергілікті жылумен жабдықтау жүйелерінде жылыту маусымы кезінде жылу өндіруші субъектінің пайдаланылған отын мөлшері туралы ақпарат" туралы әкімшілік деректерді жинауға арналған нысанды толтыру бойынша түсініктеме (Нысан 1-ПОМ, жылына 1 (бір) рет)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z106" w:id="93"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z106" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірме "Орталықтандырылған немесе жергілікті жылумен жабдықтау жүйелерінде жылыту маусымы кезінде жылу өндіруші субъектінің пайдаланылған отын мөлшері туралы ақпарат" туралы әкімшілік деректерді жинауға арналған нысанды толтыру бойынша бірыңғай талаптарды айқындайды (әрі қарай - Нысан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-бағанда реттік номері көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25256,55 +24974,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>