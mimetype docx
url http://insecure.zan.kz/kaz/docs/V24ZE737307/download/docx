--- v0 (2025-10-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="083ffc1" w14:textId="083ffc1">
+    <w:p w14:paraId="0525a66" w14:textId="0525a66">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,76 +76,132 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Жаңақала ауданында тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Батыс Қазақстан облысы Жаңақала аудандық мәслихатының 2024 жылғы 14 мамырдағы № 17-14 шешімі. Батыс Қазақстан облысының Әділет департаментінде 2024 жылғы 21 мамырда № 7373-07 болып тіркелді</w:t>
+        <w:t>Жаңақала ауданында тұрғын үй көмегін көрсетудің мөлшерін және қағидасын айқындау туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Батыс Қазақстан облысы Жаңақала аудандық мәслихатының 2024 жылғы 14 мамырдағы № 17-14 шешімі. Батыс Қазақстан облысының Әділет департаментінде 2024 жылғы 21 мамырда № 7373-07 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда - Батыс Қазақстан облысы Жаңақала аудандық мәслихатының 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -181,210 +237,288 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Заңдарына, Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 "Тұрғын үй көмегін беру қағидаларын бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №33763 болып тіркелген), Жаңақала аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Жаңақала ауданында тұрғын үй көмегін көрсетудің мөлшері және тәртібі айқындалсын.</w:t>
+        <w:t xml:space="preserve"> сәйкес Жаңақала ауданында тұрғын үй көмегін көрсетудің мөлшері және қағидасы айқындалсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Батыс Қазақстан облысы Жаңақала аудандық мәслихатының 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жаңақала аудандық мәслихатының кейбір шешімдерінің күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Жаңақала аудандық мәслихатының "Жаңақала ауданында тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы" 2021 жылғы 22 қаңтардағы №2-3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6810 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Жаңақала аудандық мәслихатының "Жаңақала аудандық мәслихатының 2021 жылғы 22 қаңтардағы № 2-3 "Жаңақала ауданында аз қамтамасыз етілген отбасыларға (азаматтарға) тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау қағидаларын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2023 жылғы 5 маусымдағы №7-2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7193-07 болып тіркелген).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы шешім оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -588,722 +722,930 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 14 мамырдағы № 17-14</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жаңақала ауданында тұрғын үй көмегін көрсетудің мөлшері және тәртібі</w:t>
+        <w:t xml:space="preserve"> Жаңақала ауданында тұрғын үй көмегін көрсетудің мөлшері және қағидасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда - Батыс Қазақстан облысы Жаңақала аудандық мәслихатының 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен жалғыз тұрғынжай ретінде Қазақстан Республикасының аумағында меншік құқығында тұрған тұрғынжайда тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға) (бұдан әрі – көрсетілетін қызметті алушы), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
-[...15 lines deleted...]
-      1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен жалғыз тұрғынжай ретінде Қазақстан Республикасының аумағында меншік құқығында тұрған тұрғынжайда тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға) (бұдан әрі – көрсетілетін қызметті алушы), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
-[...15 lines deleted...]
-      кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарға;</w:t>
+    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
-[...15 lines deleted...]
-      коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушылардың тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың сомасы ретінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
-[...15 lines deleted...]
-      мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тұрғын үй көмегін тағайындау "Жаңақала аудандық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесімен (бұдан әрі – көрсетілетін қызметті беруші) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Көрсетілетін қызметті алушылардың жиынтық табысын көрсетілетін қызметті беруші тұрғын үй көмегін тағайындауға өтініш білдірген тоқсанның алдындағы тоқсанға "Тұрғын үй көмегін беру қағидаларын бекіту туралы" Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) айқындалған тәртіппен есептейді (бұдан әрі – Тұрғын үй көмегін беру қағидалары).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушының осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының жиынтық табысының шекті жол берілетін шығыстар үлесі деңгейі бес (5) пайыз мөлшерінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4 тармақ жаңа редакцияда - Батыс Қазақстан облысы Жаңақала аудандық мәслихатының 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Әлеуметтік тұрғыдан қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z22" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті алушы (немесе оның сенімхатқа, зандарға, сот шешіміне не әкімшілік құжатқа негізделген өкілі) тұрғын үй көмегін тағайындау үшін Тұрғын үй көмегін беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген құжаттарды ұсына отырып, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамының Жаңақала ауданы бойынша филиалына (бұдан әрі– Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталы арқылы тоқсанға бір рет жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z23" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі Тұрғын үй көмегін беру қағидаларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушы (немесе нотариалды куәландырған сенімхат бойынша оның өкілі) қайта өтініш берген кезде Тұрғын үй көмегін беру қағидаларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">11-тармағында </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайды қоспағанда, өтініш бергенге дейін өткен тоқсан үшін отбасының кірістерін растайтын құжаттарды және коммуналдық шығыстардың шоттарын ғана ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорациядан құжаттардың толық жиынтығын қабылдаған күннен бастап құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау не бас тарту туралы дәлелді жауап не "электрондық үкімет" веб-порталы арқылы беру мерзімі 6 (алты) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті беруші мынадай негіздер бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Тұрғын үй көмегін беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талаптарға сәйкес келмеуі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) көрсетілетін қызметті алушыға қатысты заңды күшіне енген сот шешімі бар, соның негізінде көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алуға байланысты арнайы құқықтан айырылғанда мемлекеттік қызмет көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6 тармаққа өзгерістер енгізілді - Батыс Қазақстан облысы Жаңақала аудандық мәслихатының 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Тұрғын үй көмегі көрсетілетін қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Тұрғын үй көмегін тағайындау көрсетілетін қызметті алушыға тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Отбасы тұрғын үй көмегін заңсыз тағайындауға алып келген көрінеу жалған ақпарат және (немесе) дәйексіз құжаттар берген кезде өтініш беруші мен оның отбасына тұрғын үй көмегін төлеу оның тағайындалған бүкіл кезеңі үшін тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
-[...15 lines deleted...]
-      3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған жағдайда;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Көрсетілетін қызметті алушыға тұрғын үй көмегін төлеуді көрсетілетін қызметті беруші есептелген сомаларды тұрғын үй көмегін алушылардың жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
-[...15 lines deleted...]
-      4) көрсетілетін қызметті алушыға қатысты заңды күшіне енген сот шешімі бар, соның негізінде көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алуға байланысты арнайы құқықтан айырылғанда мемлекеттік қызмет көрсетуден бас тартады.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын үй көмегі өтініш түскен айдан кейінгі әрбір айдың 20-күнінен кешіктірмей төленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1629,31 +1971,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>