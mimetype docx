--- v0 (2025-10-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8ed8e4d" w14:textId="8ed8e4d">
+    <w:p w14:paraId="ff5c332" w14:textId="ff5c332">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Орал қаласында тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z3" w:id="0"/>
+        <w:t>Орал қаласында тұрғын үй көмегін көрсетудің мөлшері мен қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Батыс Қазақстан облысы Орал қалалық мәслихатының 2024 жылғы 28 ақпандағы № 9-11 шешімі. Батыс Қазақстан облысының Әділет департаментінде 2024 жылғы 29 ақпанда № 7330-07 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Шешімнің тақырыбы жаңа редакцияда - Батыс Қазақстан облысы Орал қалалық мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24-11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының "Тұрғын үй қатынастары туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>97-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -232,74 +270,136 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы шешімнің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Орал қаласында тұрғын ұй көмегін көрсету мөлшері және тәртібі айқындалсын.</w:t>
+      1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Орал қаласында тұрғын үй көмегін көрсетудің мөлшері мен қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Батыс Қазақстан облысы Орал қалалық мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24-11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -531,87 +631,125 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы 28 ақпандағы № 9-11</w:t>
+              <w:t xml:space="preserve">2024 жылғы 28 ақпандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шешіміне 1-қосымша</w:t>
+              <w:t>№ 9-11 Шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Орал қаласында тұрғын үй көмегін көрсету мөлшері және тәртібі</w:t>
+        <w:t xml:space="preserve"> Орал қаласында тұрғын үй көмегін көрсетудің мөлшері мен қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1 қосымшаның тақырыбы жаңа редакцияда - Батыс Қазақстан облысы Орал қалалық мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24-11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен жалғыз тұрғынжай ретінде Қазақстан Республикасының аумағында меншік құқығында тұрған тұрғынжайда тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға) (бұдан әрі – көрсетілетін қызметті алушы), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -823,55 +961,137 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      7. Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидаларда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нормалар шегінде есептейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      7. Тұрғын үй көмегін тағайындау кезінде бір адамға кемінде 15 (он бес) шаршы метр және пайдалы алаңның 18 (он сегіз) шаршы метрден аспайтын, бірақ бір бөлмелі пәтерден немесе жатақханадағы бөлмеден кем емес аумақ нормасы қабылданады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7 тармақ жаңа редакцияда - Батыс Қазақстан облысы Орал қалалық мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24-11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Көрсетілетін қызметті алушы мемлекеттік қызметті алу үшін көрсетілетін қызметті берушіге "электрондық үкімет" веб – порталы немесе "Азаматтарға арналған үкімет" мемлекеттік корпорация" (бұдан әрі – Мемлекеттік корпорация) арқылы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1024,54 +1244,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайды қоспағанда, өтініш бергенге дейін өткен тоқсан үшін отбасының кірістерін растайтын кұжаттарды және коммуналдық шығыстардың шоттарын ғана ұсынады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау немесе көрсетуден бас тарту туралы дәлелді жауап беру мерзімі Мемлекеттік корпорациядан немесе "электрондық үкімет" веб-порталынан құжаттардың толық топтамасын алған күннен бастап 8 (сегіз) жұмыс күнін құрайды. </w:t>
+      "Азаматтарға арналған үкімет" мемлекеттік корпорациясынан не "электрондық үкімет" веб-порталы арқылы құжаттардың толық жиынтығын қабылдаған күннен бастап тұрғын үй көмегін көрсету туралы құжаттарды қарау және шешім қабылдау не бас тарту туралы дәлелді жауап беру мерзімі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидаларымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8 тармаққа өзгерістер енгізілді - Батыс Қазақстан облысы Орал қалалық мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24-11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Тұрғын үй көмегін тағайындау көрсетілетін қызметті алушыға тиісті қаржы жылына арналған қалалық бюджетте көзделген қаражат шегінде жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1145,86 +1447,86 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы 28 ақпандағы № 9-11</w:t>
+              <w:t xml:space="preserve">2024 жылғы 28 ақпандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шешіміне 2-қосымша</w:t>
+              <w:t>№ 9-11 Шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Орал қалалық мәслихатының 2021 жылғы 6 сәуірдегі № 4-3 " Орал қаласында тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы" шешімі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №6934 тіркелген);</w:t>
+      1. Орал қалалық мәслихатының 2021 жылғы 6 сәуірдегі № 4-3 " Орал қаласында тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы" шешімі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6934 тіркелген);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Орал қалалық мәслихатының 2022 жылғы 22 желтоқсандағы № 22-8 "Орал қалалық мәслихатының 2021 жылғы 6 сәуірде бекітілген № 4-3 "Орал қаласында аз қамтамасыз етілген отбасыларға (азаматтарға) тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау Қағидалары туралы" шешіміне өзгерістер енгізу туралы" шешімі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 31405 тіркелген);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
@@ -1273,55 +1575,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>