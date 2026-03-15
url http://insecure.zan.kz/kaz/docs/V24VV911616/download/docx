--- v0 (2025-11-11)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3d5d1c6" w14:textId="3d5d1c6">
+    <w:p w14:paraId="c2b8f24" w14:textId="c2b8f24">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -257,68 +257,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мен мөлшері бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -334,51 +316,61 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Марқакөл ауданы мәслихатының төрағасы</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Марқакөл ауданы мәслихатының төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -403,68 +395,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Калелов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -543,229 +517,458 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 15/2-VIII шешіміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Марқакөл ауданының ауылдық елді мекендерінде тұратын және жұмыс істейтін мемлекеттік денсаулық сақтау, әлеуметтік қамсыздандыру, білім беру, мәдениет, спорт және ветеринария ұйымдарының мамандарына бюджет қаражаты есебiнен коммуналдық көрсетілетін қызметтерге ақы төлеу және отын сатып алу бойынша әлеуметтік қолдау көрсету Қағидасы мен мөлшерін бекіту туралы"</w:t>
+        <w:t xml:space="preserve"> Марқакөл ауданының ауылдық елді мекендерінде тұратын және жұмыс істейтін мемлекеттік денсаулық сақтау, білім беру, әлеуметтік қамсыздандыру, мәдениет, спорт және ветеринария ұйымдарының мамандарына бюджет қаражаты есебiнен коммуналдық көрсетілетін қызметтерге ақы төлеу және отын сатып алу бойынша әлеуметтік қолдау көрсету Қағидасы мен мөлшері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Шығыс Қазақстан облысы Марқакөл ауданының мәслихаты 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 33/3-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z11" w:id="2"/>
+    <w:bookmarkStart w:name="z13" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Қағида Қазақстан Республикасының "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Заңының 18 бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5 тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және Марқакөл ауданының ауылдық елді мекендерінде тұратын және жұмыс істейтін мемлекеттік денсаулық сақтау, білім беру, әлеуметтік қамсыздандыру, мәдениет, спорт және ветеринария ұйымдарының мамандарына бюджет қаражаты есебiнен коммуналдық көрсетілетін қызметтерге ақы төлеу және отын сатып алу бойынша әлеуметтік қолдау көрсету тәртібі мен мөлшерін айқындайды (ары қарай - мамандар).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z14" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидада келесі негізгі ұғымдар қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z15" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ағымдағы шот – банк шотының шарты негізінде банк немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйым ашатын банк шоты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z16" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) коммуналдық қызметтер – сумен жабдықтауды, кәрізді, газбен жабдықтауды, электрмен жабдықтауды, жылумен жабдықтауды, қоқыс шығаруды, лифтке техникалық қызмет көрсетуді қоса алғанда, тұтынушыға қауіпсіз және жайлы өмір сүру жағдайларын (тұру) қамтамасыз ету үшін көрсетілетін қызметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z17" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Әлеуметтік қолдауды тағайындау уәкілетті органы – "Марқакөл ауданының жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесімен жүзеге асырылады (ары қарай – ММ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z18" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
-[...9 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> 2-тарау. Мамандарға бюджет қаражаты есебiнен коммуналдық көрсетілетін қызметтерге ақы төлеу және отын сатып алу бойынша әлеуметтік қолдау көрсету тәртібі мен мөлшері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Әлеуметтік көмек бюджет қаражаты есебінен коммуналдық көрсетілетін қызметтерге ақы төлеу және отын сатып алуға, алушылардан өтініштерін талап етпей, мемлекеттік ұйымдардың бірінші басшыларымен бекітілген жинақ тізімі негізінде (ары қарай – тізім), ақшалай нысанда "Қазпошта" акционерлік қоғамы аумақтық бөлімшелері, екінші деңгейдегі банктер, банк операцияларының тиісті түрлеріне қаржы нарығын және қаржылық операцияларды реттеу, бақылау мен қадағалау жөніндегі уәкілетті органның лицензиясы бар ұйымдар арқылы алушылардың шоттарына аудару жолдарымен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Әлеуметтік қолдау жылына бір рет бюджет қаражаты есебінен 10,936 (он бүтін тоғыз жүз отыз алты) айлық есептік көрсеткіш мөлшерінде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Әлеуметтік қолдау көрсетуге арналған шығыстарды қаржыландыру ағымдағы қаржы жылына Марқакөл ауданының бюджетінен бөлінген қаражат шегінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Коммуналдық қызметтерге ақы төлеу және отын сатып алу бойынша мамандарға әлеуметтік қолдау көрсету туралы шешім қабылдау мерзімі тізімді алған күннен бастап 10 (он) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Мемлекеттік мекеме қызметкері денсаулық сақтау, әлеуметтік қамсыздандыру, білім беру, мәдениет, спорт және ветеринария саласындағы мемлекеттік ұйымдардың тізімдерін 10 (он) жұмыс күні ішінде қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қағида "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасының </w:t>
-[...119 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
+      9. Мемлекеттік ұйымдардың бірінші басшылары ұсынған тізімдер арасында сәйкезсіздік анықталған жағдайда, мемлекеттік мекеме Қазақстан Республикасы Әкімшілік іс жүргізу кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>74-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес алдын ала қабылданған шешім, әлеуметтік қолдау көрсетуден бас тарту туралы, сондай-ақ алдын ала шешім бойынша өз ұстанымын білдіруге мүмкіндік беретін отырыстың уақыты мен орны (тәсілі) туралы мемлекеттік ұйымдардың бірінші басшыларын хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тізімдерді қарау нәтижелері бойынша ескертулер болмаған жағдайда ММ оң шешім қабылдайды және мамандардың ағымдағы шоттарына коммуналдық төлемдер мен жанар-жағармай сатып алу үшін әлеуметтік қолдау төлемдерін жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>