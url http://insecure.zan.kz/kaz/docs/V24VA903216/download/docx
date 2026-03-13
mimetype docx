--- v0 (2025-11-26)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="235c28a" w14:textId="235c28a">
+    <w:p w14:paraId="efea118" w14:textId="efea118">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,139 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Өскемен қаласында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
+        <w:t>Өскемен қаласында тұрғын үй көмегін көрсетудің мөлшері мен қағидаларын айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Шығыс Қазақстан облысы Өскемен қалалық мәслихатының 2024 жылғы 4 маусымдағы № 22/3-VIII шешімі. Шығыс Қазақстан облысының Әділет департаментінде 2024 жылғы 7 маусымда № 9032-16 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="z5" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Шешімнің тақырыбы жаңа редакцияда - Шығыс Қазақстан облысы Өскемен қалалық мәслихатының 19.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40/7-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>97-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -195,151 +257,226 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 "Тұрғын үй көмегін беру қағидаларын бекіту туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Өскемен қалалық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы шешімге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Өскемен қаласында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі айқындалсын. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+        <w:t xml:space="preserve"> сәйкес Өскемен қаласында тұрғын үй көмегін көрсетудің мөлшері мен қағидалары айқындалсын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Өскемен қалалық мәслихатының 19.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40/7-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешімге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Өскемен қалалық мәслихатының кейбір шешімдерінің күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -556,408 +693,630 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 22/3-VIII шешіміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өскемен қаласында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі </w:t>
+        <w:t xml:space="preserve"> Өскемен қаласында тұрғын үй көмегін көрсетудің мөлшері мен қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - Шығыс Қазақстан облысы Өскемен қалалық мәслихатының 19.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40/7-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тұрғын үй көмегі тиісті қаржы жылына жергілікті бюджет қаражаты есебінен жалғыз тұрғынжай ретінде Қазақстан Республикасының аумағында меншік құқығында тұрған тұрғынжайда, Өскемен қаласының аумағында тұрақты тіркелген және тұратын, аз қамтылған отбасыларға (азаматтарға), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z13" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z14" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z15" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
-[...15 lines deleted...]
-      1. Тұрғын үй көмегі тиісті қаржы жылына жергілікті бюджет қаражаты есебінен жалғыз тұрғынжай ретінде Қазақстан Республикасының аумағында меншік құқығында тұрған тұрғынжайда, Өскемен қаласының аумағында тұрақты тіркелген және тұратын, аз қамтылған отбасыларға (азаматтарға), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
+    <w:bookmarkStart w:name="z16" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аз қамтылған отбасының (азаматтардың) тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың жиыны ретінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
-[...15 lines deleted...]
-      кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарға;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тұрғын үй көмегін тағайындау "Өскемен қаласының жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесімен (бұдан әрі – уәкілетті орган) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Аз қамтылған отбасының (азаматтың) жиынтық табысын уәкілетті орган тұрғын үй көмегін тағайындауға өтініш білдірген тоқсанның алдындағы тоқсанға "Тұрғын үй көмегін беру қағидаларын бекіту туралы" (бұдан әрі - Қағидалар) Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) айқындалған тәртіппен есептейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен аз қамтылған отбасының (азаматтардың) осы мақсаттарға жұмсалатын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретінде, 7 (жеті) пайыз мөлшерінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1. Тұрғын үй көмегінің мөлшері уәкілетті органмен нормалар шегінде Қағидаға сәйкес есептелінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Шешім 4-1-тармақпен толықтырылды - Шығыс Қазақстан облысы Өскемен қалалық мәслихатының 19.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40/7-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің өсуін өтеу "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Аз қамтылған отбасы (азамат) (немесе оның сенімхатқа, заңдарға, сот шешіміне немесе әкімшілік құжатқа негізделген өкілі) тұрғын үй көмегін тағайындау үшін Қағидаларға сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясына" (бұдан әрі – Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталына тоқсанына бір рет жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорациядан құжаттардың толық жиынтығын қабылдаған күннен бастап құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау не бас тарту туралы дәлелді жауап не "электрондық үкімет" веб-порталы арқылы беру мерзімі алты жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Өскемен қалалық мәслихатының 19.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40/7-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тұрғын үй көмегі аз қамтылған отбасыларға (азаматтарға) кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z24" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Тұрғын үй көмегін тағайындау" мемлекеттік қызметті көрсетуден бас тарту үшін негіздер, сондай-ақ тұрғын үй көмегін көрсету мәселелері бойынша уәкілетті органның және (немесе) оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі Қағидалармен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z25" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Аз қамтылған отбасыларға (азаматтарға) тұрғын үй көмегін төлеуді уәкілетті орган есептелген сомаларды тұрғын үй көмегін алушылардың жеке шоттарына аудару жолымен екінші деңгейдегі банктер арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1036,442 +1395,559 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 22/3-VIII шешіміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өскемен қалалық мәслихатының кейбір күші жойылған шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Өскемен қаласында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" Өскемен қалалық мәслихатының 2018 жылғы 31 шілдедегі № 32/3-VI (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5-1-195 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Өскемен қалалық мәслихатының 2018 жылғы 20 қыркүйектегі № 35/6-VI "Өскемен қалалық мәслихатының 2018 жылғы 31 шілдедегі № 32/3-VI "Тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау қағидасын бекіту туралы" шешіміне өзгеріс енгізу туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5-1-203 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Өскемен қалалық мәслихатының 2019 жылғы 25 қазандағы № 49/4-VI "Өскемен қалалық мәслихатының 2018 жылғы 31 шілдедегі № 32/3-VI "Тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6257 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Өскемен қалалық мәслихатының 2020 жылғы 28 ақпандағы № 53/2-VI "Өскемен қалалық мәслихатының 2018 жылғы 31 шілдедегі № 32/3-VI "Тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6259 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Өскемен қалалық мәслихатының 2020 жылғы 24 желтоқсандағы № 64/6-VI "Өскемен қалалық мәслихатының 2018 жылғы 31 шілдедегі № 32/3-VI "Тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8323 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Өскемен қалалық мәслихатының 2021 жылғы 28 желтоқсандағы № 15/14-VII "Өскемен қалалық мәслихатының 2018 жылғы 31 шілдедегі № 32/3-VI "Тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 26549 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Өскемен қалалық мәслихатының 2022 жылғы 15 желтоқсандағы № 31/9-VII "Өскемен қалалық мәслихатының 2018 жылғы 31 шілдедегі № 32/3-VI "Өскемен қаласында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 31212 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Өскемен қалалық мәслихатының 2023 жылғы 26 желтоқсандағы № 14/5-VIII "Өскемен қалалық мәслихатының 2018 жылғы 31 шілдедегі № 32/3-VI "Өскемен қаласында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгеріс енгізу туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8948-16 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1797,31 +2273,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>