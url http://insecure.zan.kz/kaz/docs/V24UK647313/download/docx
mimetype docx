--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="53bc837" w14:textId="53bc837">
+    <w:p w14:paraId="b1a97e1" w14:textId="b1a97e1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,114 +112,176 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Түркістан облысы Сарыағаш аудандық мәслихатының 2024 жылғы 22 ақпандағы № 15-113-VIII шешiмi. Түркістан облысының Әдiлет департаментiнде 2024 жылғы 27 ақпанда № 6473-13 болып тiркелдi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Бюджет кодексінің 56-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 4) тармақшасына, "Қазақстан Республикасындағы жергiлiктi мемлекеттiк басқару және өзiн-өзi басқару туралы" Қазақстан Республикасының Заңының 6-бабының </w:t>
+      Қазақстан Республикасының Бюджет кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>33 бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергiлiктi мемлекеттiк басқару және өзiн-өзi басқару туралы" Қазақстан Республикасының Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-3 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасы Үкiметiнiң 2023 жылғы 30 маусымдағы № 523 "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың үлгілік қағидаларын бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Сарыағаш аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспеге өзгерістер енгізілді - Түркістан облысы Сарыағаш аудандық мәслихатының 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 37-271-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешiмiмен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қоса беріліп отырған Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың қағидасы бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1389,51 +1451,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) 9 мамыр - Жеңіс күні:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ұлы Отан соғысының ардагерлеріне – біржолғы 1 500 000 теңге мөлшерінде;</w:t>
+      Ұлы Отан соғысындағы Жеңістің 80 жылдығына орай" жыл басынан төлем жүргізу үшін Ұлы Отан соғысы ардагерлеріне – біржолғы 5 000 000 теңге мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Майдандағы армия бөлiмдерiнің әскери қызметшілеріне қалалардың қорғанысына қатысқаны үшін белгiленген жеңiлдiкті шарттармен зейнетақы тағайындау үшiн 1998 жылғы 1 қаңтарға дейiн еңбек сіңірген жылдарына есептеліп жазылған, сол қалаларда Ұлы Отан соғысы кезеңінде қызмет өткерген әскери қызметшiлер, сондай-ақ бұрынғы КСР Одағы iшкi iстер және мемлекеттiк қауiпсiздiк органдарының басшы және қатардағы құрамының адамдарына – біржолғы 30 айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1640,70 +1702,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Социалистік Еңбек Ерлері, үш дәрежелі Даңқ, үш дәрежелі Еңбек Даңқы ордендерінің иегерлеріне, "Қазақстанның Еңбек Ері" атағына ие болған адамдарға – біржолғы 20 айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      6) 29 тамыз – Семей ядролық сынақ полигонының жабылу күні:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      6) 29 тамыз – Семей ядролық сынақ полигонының жабылу күні: </w:t>
-[...17 lines deleted...]
-      Семей ядролық сынақтар мен жаттығуларға қатысқан адамдарға, ядролық қаруды сынаудың салдарынан мүгедектігі бар болған адамдарына – біржолғы 30 айлық есептік көрсеткіш мөлшерінде;</w:t>
+      Семей ядролық сынақтар мен жаттығуларға қатысқан адамдарға, ядролық қаруды сынаудың салдарынан зардап шеккен және мүгедектік тобы бар болған адамдарына – біржолғы 30 айлық есептік көрсеткіш мөлшерінде; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) 1 қазан – Қарттар күніне орай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1788,50 +1850,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) Қазақстан Республикасының "16-желтоқсан Тәуелсіздік күніне" орай: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстандағы 1986 жылғы 17-18 желтоқсан оқиғасына қатысып, Қазақстан Республикасының "Жаппай саяси қуғын-сүргіндер құрбандарын ақтау туралы" Заңында белгіленген тәртіпке сәйкес ақталған тұлғаларға – бір жолғы 60 айлық есептік көрсеткіш мөлшерінде.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) 31 мамыр – Саяси қуғын-сүргін және ашаршылық құрбандарын еске алу күні: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      саяси құғын-сүргін құрбандарына және саяси құғын-сүргіннен зардап шеккен тұлғаларға – біржолғы 15 айлық есептік көрсеткіш мөлшерінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармаққа өзгерістер енгізілді - Түркістан облысы Сарыағаш аудандық мәслихатының 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 37-271-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешiмiмен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Әлеуметтiк көмек мынадай санаттағы азаматтарға ұсынылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2111,531 +2271,601 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік көмектің бір жолғы төлемі арнайы комиссиямен келісім бойынша жүргізіледі және әлеуметтік келісім шарт бойынша міндеттемелерді орындауға (жеке қосалқы шаруашылықты дамытуға, жеке кәсіпкерлік қызметті ұйымдастыруға) пайдаланылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Арнайы комиссиялар әлеуметтік көмек көрсету қажеттілігі туралы қорытынды шығарған кезде осы қағидада белгіленген азаматтарды мұқтаждар санатына жатқызу үшін негіздемелер тізбесін басшылыққа алады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+      Арнайы комиссиялар әлеуметтік көмек көрсету қажеттігі туралы қорытынды шығарған кезде Сарыағаш аудандық мәслихатының бекіткен азаматтарды мұқтаждар санатына жатқызу негіздерінің тізбесін басшылыққа алады.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 10-тармаққа өзгерістер енгізілді - Түркістан облысы Сарыағаш аудандық мәслихатының 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 37-271-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешiмiмен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Дүлей апаттың немесе өрттің салдарынан өмірлік қиын жағдай туындаған кезде адамдар бір ай мерзім ішінде әлеуметтік көмекке өтініш білдіру қажет.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Азаматтарды мұқтаждар санатына жатқызу үшін мыналар негіз болады:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
-[...15 lines deleted...]
-      12. Азаматтарды мұқтаждар санатына жатқызу үшін мыналар негіз болады:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дүлей апат салдарынан азаматқа (отбасына) не оның мүлкіне зиян келуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өрт салдарынан азаматқа (отбасына) не оның мүлкіне зиян келуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әлеуметтік маңызы бар аурудың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Сарыағаш ауданының мәслихаты ең төмен күнкөріс деңгейіне еселік қатынаста белгілеген шектен аспайтын жан басына шаққандағы орташа табыстың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жетімдік, ата-ана қамқорлығының болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жасының егде тартуына байланысты өзіне-өзі күтім жасай алмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бас бостандығынан айыру орындарынан босатылуы, пробация қызметінің есебінде болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дүлей апат немесе өрт салдарынан мүлкіне залал келген болса, әлеуметтік көмек залал келген мүлік орналасқан жер бойынша меншік иесінің тіркелген жеріне қарамастан көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік көмек көрсету және (немесе) адамның (отбасының) материалдық-тұрмыстық жағдайын зерттеп-қарау үшін жоғарыда көрсетілген негіздер бойынша көмек түрлерінің тізбесін Сарыағаш ауданының мәслихаты бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - Түркістан облысы Сарыағаш аудандық мәслихатының 27.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 27-206-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешiмiмен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Алушылардың жекелеген санаттары үшiн атаулы күндер мен мереке күндерiне әлеуметтiк көмектiң мөлшерi Түркістан облысы әкiмдiгiнiң келiсiмi бойынша бiрыңғай мөлшерде белгiленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Әрбiр жекелеген жағдайда көрсетiлетiн әлеуметтiк көмек мөлшерiн арнайы комиссия айқындайды және оны әлеуметтiк көмек көрсету қажеттiлiгi туралы қорытындыда көрсетедi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:p>
-[...160 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Әлеуметтiк көмек көрсету тәртiбi</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Мереке күндері мен атаулы күндерге орай әлеуметтік көмек алушылардың өтініштері талап етілмей көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік көмекті алушылардың санаттарын Сарыағаш ауданының жұмыспен қамту және әлеуметтік бағдарламалар бөлімі айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік көмекті алушылардың тізімдері мемлекеттік корпорацияға не өзге ұйымдарға сұрау салу негізінде не уәкілетті мемлекеттік органның ақпараттық жүйелерінен электрондық түрде қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - Түркістан облысы Сарыағаш аудандық мәслихатының 27.12.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - Түркістан облысы Сарыағаш аудандық мәслихатының 27.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 27-206-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешiмiмен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...173 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Мұқтаж азаматтардың жекелеген санаттарына берілетін әлеуметтік көмекті алу үшін өтініш беруші өзінің немесе отбасының атынан (немесе өкілі, Қазақстан Республикасы Азаматтық кодексінің 167-бабына сәйкес берілген сенімхат бойынша) жергілікті әлеуметтік көмек көрсету жөніндегі уәкілетті органға немесе қала, ауылдық округ әкіміне немесе мемлекеттік корпорацияға осы қағидаларға 1-қосымшаға сәйкес нысан бойынша жазбаша өтінішпен немесе осы қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша порталға электрондық түрдегі өтінішпен жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жазбаша өтініш берген кезде құжаттарды қабылдайтын маман "электрондық үкімет" шлюзі арқылы мемлекеттік органдардың және (немесе) ұйымдардың тиісті ақпараттық жүйелеріне (бұдан әрі – АЖ) осы қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2982,286 +3212,286 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Салыстырып тексеру үшін құжаттардың төлнұсқалары ұсынылады, содан кейін құжаттардың төлнұсқалары өтініш берушіге қайтарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Өтініштерді, оның ішінде электрондық өтініштерді әлеуметтік көмек көрсету жөніндегі уәкілетті орган түскен жұмыс күні ішінде, ал жұмыс күнінен тыс келіп түскен жағдайда – өтініш түскен күннен кейінгі бірінші жұмыс күні тіркейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы қағидалардың 8-тармағы 1), 2) және 4) тармақшаларында көрсетілген негіздер бойынша мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек көрсетуге өтініш түскен кезде әлеуметтік көмек көрсету жөніндегі уәкілетті орган немесе қала, ауылдық округ әкімі өтініш берушінің құжаттарын тұлғаның (отбасының) материалдық жағдайын зерттеп-қарау үшін 1 (бір) жұмыс күні ішінде учаскелік комиссияға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - Түркістан облысы Сарыағаш аудандық мәслихатының 27.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 27-206-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешiмiмен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Учаскелік комиссия құжаттарды алған күннен бастап екі жұмыс күні ішінде өтініш берушіге тексеру жүргізеді, оның нәтижелері бойынша осы қағидалардың 2, 3-қосымшаларына сәйкес нысандар бойынша адамның (отбасының) материалдық жағдайы туралы акті жасайды, адамның (отбасының) әлеуметтік көмекке мұқтаждығы туралы қорытынды дайындайды және оларды уәкілетті органға немесе қала, кент, ауылдық округ әкімдеріне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қала, кент, ауылдық округ әкімі учаскелік комиссияның актісі мен қорытындысын алған күннен бастап екі жұмыс күні ішінде оларды қоса берілген құжаттармен уәкілетті органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Әлеуметтік көмек көрсету үшін құжаттар жетіспеген жағдайда уәкілетті орган әлеуметтік көмек көрсетуге ұсынылған құжаттарды қарау үшін қажетті мәліметтерді тиісті органдардан сұратады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:p>
-[...131 lines deleted...]
-      20. Әлеуметтік көмек көрсету үшін құжаттар жетіспеген жағдайда уәкілетті орган әлеуметтік көмек көрсетуге ұсынылған құжаттарды қарау үшін қажетті мәліметтерді тиісті органдардан сұратады.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Өтініш берушінің қажетті құжаттарды олардың бүлінуіне, жоғалуына байланысты ұсынуға мүмкіндігі болмаған жағдайда уәкілетті орган тиісті мәліметтерді қамтитын өзге уәкілетті органдар мен ұйымдардың деректері негізінде әлеуметтік көмек тағайындау туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
-[...15 lines deleted...]
-      21. Өтініш берушінің қажетті құжаттарды олардың бүлінуіне, жоғалуына байланысты ұсынуға мүмкіндігі болмаған жағдайда уәкілетті орган тиісті мәліметтерді қамтитын өзге уәкілетті органдар мен ұйымдардың деректері негізінде әлеуметтік көмек тағайындау туралы шешім қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Уәкілетті орган учаскелік комиссиядан немесе қала, кент, ауылдық округ әкімінен құжаттар келіп түскен күннен бастап бір жұмыс күні ішінде Қазақстан Республикасының заңнамасына сәйкес адамның (отбасының) жан басына шаққандағы орташа табысын есептеуді жүргізеді және құжаттардың толық пакетін арнайы комиссияның қарауына ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
-[...15 lines deleted...]
-      22. Уәкілетті орган учаскелік комиссиядан немесе қала, кент, ауылдық округ әкімінен құжаттар келіп түскен күннен бастап бір жұмыс күні ішінде Қазақстан Республикасының заңнамасына сәйкес адамның (отбасының) жан басына шаққандағы орташа табысын есептеуді жүргізеді және құжаттардың толық пакетін арнайы комиссияның қарауына ұсынады.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Арнайы комиссия құжаттар келіп түскен күннен бастап екі жұмыс күні ішінде әлеуметтік көмек көрсету қажеттілігі туралы қорытынды шығарады, оң қорытынды болған кезде әлеуметтік көмектің мөлшерін көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
-[...15 lines deleted...]
-      23. Арнайы комиссия құжаттар келіп түскен күннен бастап екі жұмыс күні ішінде әлеуметтік көмек көрсету қажеттілігі туралы қорытынды шығарады, оң қорытынды болған кезде әлеуметтік көмектің мөлшерін көрсетеді.</w:t>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әлеуметтік көмек көрсету жөніндегі уәкілетті орган өтініш берушінің әлеуметтік көмек алуға қажетті құжаттары тіркелген күннен бастап 8 (сегіз) жұмыс күні ішінде қабылданған құжаттар мен арнайы комиссияның әлеуметтік көмек көрсету қажеттігі туралы қорытындысы негізінде әлеуметтік көмек көрсету не көрсетуден бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z37" w:id="26"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы қағидалардың 19 және 20-тармақтарында көрсетілген жағдайларда әлеуметтік көмек көрсету жөніндегі уәкілетті орган өтініш берушіден немесе қала, ауылдық округ әкімінен құжаттарды қабылдаған күннен бастап 20 (жиырма) жұмыс күні ішінде әлеуметтік көмек көрсету не көрсетуден бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3956,218 +4186,334 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Көрсетiлетiн әлеуметтiк көмектi тоқтату және қайтару үшiн негiздемелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="27"/>
-[...15 lines deleted...]
-      28. Әлеуметтік көмек:</w:t>
+    <w:bookmarkStart w:name="z39" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "28. Әлеуметтік көмек:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) алушы қайтыс болған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алушы тұрақты тұру үшін Сарыағаш ауданынан тыс кеткен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) алушы мемлекеттік медициналық-әлеуметтік мекемелерге тұруға жіберілген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өтініш беруші ұсынған мәліметтердің дәйексіздігі анықталған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әлеуметтік көмек көрсетуге негіз болған жағдайлардың жойылуы туралы мәліметтер анықталған жағдайларда тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың 3) тармақшасы осы қағидалардың 12-тармағының 2) тармақшасында көрсетілген негіздер бойынша тағайындалған әлеуметтік көмекті төлеуге қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың 1) 3) тармақшаларында көрсетілген негіздер бойынша әлеуметтік көмек төлеу көрсетілген мән-жайлар басталғаннан кейінгі айдан бастап тоқтатылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) алушы қайтыс болған;</w:t>
-[...74 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="28"/>
+      Осы тармақтың 4) және 5) тармақшаларында көрсетілген негіздер бойынша әлеуметтік көмекті төлеу көрсетілген мән-жайлар басталған күннен бастап тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - Түркістан облысы Сарыағаш аудандық мәслихатының 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 37-271-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешiмiмен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Әлеуметтік көмектің артық төленген сомалары ерікті тәртіппен қайтарылуға жатады, заңсыз алынған сомалар ерікті түрде немесе сот тәртібімен қайтарылуға жатады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Қорытынды ереже</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z40" w:id="29"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 5. Қорытынды ереже</w:t>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Әлеуметтiк көмек көрсету мониторингi мен есепке алуды уәкiлеттi орган "Е-собес" автоматтандырылған ақпараттық жүйесiнiң дерекқорын пайдалана отырып жүргiзедi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z41" w:id="30"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Атаулы күндер мен мереке күндеріне төленетін әлеуметтік көмек алушылардың санаттарын қалыптастыру үшін әлеуметтік көмек көрсету жөніндегі уәкілетті орган зейнетақы мен жәрдемақы алатын белсенді азаматтардың мәліметтерін алуға уәкілетті мемлекеттік органның ақпараттық жүйелеріне сұрау салуға бастама жасайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14173,55 +14519,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>