--- v0 (2025-10-14)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="28ad6ab" w14:textId="28ad6ab">
+    <w:p w14:paraId="7781414" w14:textId="7781414">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -533,156 +533,158 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 14 ақпандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№13/62 шешіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуметтiк көмек көрсетудің, оның мөлшерлерiн белгiлеудің және мұқтаж азаматтардың жекелеген санаттарының тiзбесiн айқындаудың қағидалары</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар жаңа редакцияда - Түркістан облысы Бәйдібек аудандық мәслихатының 25.02.2025 </w:t>
+      Ескерту. Қағидалар жаңа редакцияда - Түркістан облысы Бәйдібек аудандық мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/157</w:t>
+        <w:t>№ 35/205</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы әлеуметтiк көмек көрсетудің, оның мөлшерлерiн белгiлеудің және мұқтаж азаматтардың жекелеген санаттарының тiзбесiн айқындаудың қағидалары (бұдан әрi – Қағидалары) Қазақстан Республикасының Бюджет кодексінің 56 бабының 1-тармағының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, Қазақстан Республикасының Әлеуметтік кодексіне, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңының 6-бабының </w:t>
+      1. Осы әлеуметтiк көмек көрсетудің, оның мөлшерлерiн белгiлеудің және мұқтаж азаматтардың жекелеген санаттарының тiзбесiн айқындаудың қағидалары (бұдан әрi – Қағидалары) Қазақстан Республикасының Бюджет кодексінің 56 бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасына, Қазақстан Республикасының Әлеуметтік кодексіне, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-3 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Ардагерлер туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -715,52 +717,72 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 183871 болып тіркелген) сәйкес әзірленді (бұдан әрі – Үлгілік қағидалар) және әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және Бәйдібек ауданының мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың тәртібін белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Осы Қағидаларда пайдаланылатын негізгі терминдер мен ұғымдар:</w:t>
+        <w:t xml:space="preserve">
+      2. Осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидаларда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пайдаланылатын негізгі терминдер мен ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" (бұдан әрі – мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету, мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және олардың нәтижелерін көрсетілетін қызметті алушыға беру жөніндегі жұмысты "бір терезе" қағидаты бойынша ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1520,51 +1542,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1986 – 1987 жылдары Чернобыль атом электр станциясындағы апаттың, азаматтық немесе әскери мақсаттағы объектiлердегi басқа да радиациялық апаттар мен авариялардың салдарларын жоюға қатысқан, сондай-ақ ядролық сынақтарға тiкелей қатысқан адамдарға – 30 айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектілердегі басқа да радиациялық апаттар мен авариялардың, ядролық сынақтардың салдарынан мүгедектік белгіленген адамдар және мүгедектігі ата-анасының бірінің радиациялық сәуле алуымен генетикалық байланысты олардың балаларына – 20 айлық есептік көрсеткіш мөлшерінде;</w:t>
+      Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектілердегі басқа да радиациялық апаттар мен авариялардың, ядролық сынақтардың салдарынан мүгедектік белгіленген адамдар және мүгедектігі ата-анасының бірінің радиациялық сәуле алуымен генетикалық байланысты олардың балаларына – 20 айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектiлердегi басқа да радиациялық апаттар мен авариялардың салдарларын жою кезiнде қаза тапқан адамдардың отбасыларына – 20 айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2078,51 +2100,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан қайтыс болған мүгедектігі бар адамның немесе жеңілдіктер бойынша Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан болған мүгедектігі бар адамдарға теңестірілген қайтыс болған адамның екінші рет некеге тұрмаған зайыбы (жұбайы), сондай-ақ жалпы ауруға шалдығуы, жұмыста мертігуі және басқа да себептер (құқыққа қарсы келетіндерді қоспағанда) салдарынан болған мүгедектігі бар адам деп танылған, қайтыс болған Ұлы Отан соғысы қатысушысының, партизанның, астыртын әрекет етушінің, "Ленинградты қорғағаны үшін" медалімен немесе "Қоршаудағы Ленинград тұрғыны" белгісімен наградталған азаматтың екінші рет некеге тұрмаған зайыбына (жұбайы) – 20 айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ұлы Отан соғысында қаза тапқан (қайтыс болған, хабар-ошарсыз кеткен) жауынгерлердің ата-аналары және екінші рет некеге тұрмаған жесірлері; екінші рет некеге тұрмаған зайыбына (жұбайы) – 20 айлық есептік көрсеткіш мөлшерінде;</w:t>
+      Ұлы Отан соғысында қаза тапқан (қайтыс болған, хабар-ошарсыз кеткен) жауынгерлердің ата-аналары және екінші рет некеге тұрмаған жесірлері; екінші рет некеге тұрмаған зайыбына (жұбайы) – 20 айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) 31 мамыр – Саяси қуғын-сүргін және ашаршылық құрбандарын еске алу күні:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2203,52 +2225,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Социалистік Еңбек ерлеріне, үшінші дәрежелі Еңбек Даңқы ордендерінің иегерлеріне, "Қазақстанның Еңбек Ері" атағына ие болған адамдарға – 10 айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      9) 1 қазан – Қарттар күні: </w:t>
+        <w:t>
+      9) 1 қазан – Қарттар күні:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       үйде арнаулы әлеуметтік қызметтер алатын жалғызілікті қарттарға – 5 айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2402,231 +2424,249 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) диспансерлік есепте тұрған адамның иммун тапшылығы вирусын жұқтырған балалардың ата-аналарына немесе заңды өкілдеріне, адамның иммун тапшылығы вирусы ауруынан зардап шегетін балаларға әлеуметтік көмек ай сайын ең төмен күнкөрiс деңгейiнiң екі еселік мөлшерiнде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) АИТВ-мен ауыратын адамдарға – бір рет ең төменгі күнкөріс деңгейінің 2 еселік мөлшерінде;</w:t>
-[...179 lines deleted...]
-      12) дүлей апат немесе өрт салдарынан азаматқа (отбасына) не оның мүлкіне нұқсан келтіруге байланысты - бір рет 200 (екі жүз) айлық есептік көрсеткіш мөлшерінде.</w:t>
+      2) туберкулез ауруымен ауыратын адамдарға, амбулаториялық емдеу кезеңінде, Түркістан облысы Денсаулық сақтау басқармасының "Бәйдібек аудандық орталық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорын ұсынған тізім бойынша - 10 айлық есептік көрсеткіш мөлшерінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) АИТВ-мен ауыратын адамдарға – бір рет ең төменгі күнкөріс деңгейінің 2 еселік мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оқу жылы кезеңінде үйде оқып және тәрбиеленіп жатқан мүгедектігі бар балаларға – ай сайын 1 айлық есептік көрсеткіш мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) басылымдарға жазылу үшін – Ұлы Отан соғысы жылдарында тылдағы жанқиярлық еңбегi мен мiнсiз әскери қызметi үшiн бұрынғы КСР Одағының ордендерiмен және медальдарымен наградталған адамдарға – жылына 1 рет 3 айлық есептік көрсеткіш мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Ұлы Отан соғысының ардагерлеріне, жеңілдіктер бойынша Ұлы Отан соғысының ардагерлеріне теңестірілген ардагерлерге, жасына байланысты зейнет жасына шыққан жалғызілікті зейнеткерлерге өтініші негізінде уакілетті орган басшысының бекіткен кезектілігіне сәйкес санаторлық-курорттық емделуге жолдама алу үшін – бір рет 65 айлық есептік көрсеткіш мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) қатерлі ісіктер ауруына шалдыққан тұлғаларға, табысын есепке алусыз, бір рет – 10 айлық есептік көрсеткіш мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) жүріп-тұруы қиын бірінші топтағы мүгедектігі бар адамдардың санаторийлік – курорттық емделу кезінде ілесіп жүретін адамдарға, жан басына шаққандағы орташа табысы есепке алынбай, 40 айлық есептік көрсеткіш мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) созылмалы бүйрек жеткіліксіздігі ауруынан зардап шеккен мұқтаж азаматтарға, бір рет- 72 айлық есептік көрсеткіш мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) аз қамтылған отбасының жан басына шаққандағы орташа табысы, белгіленген күн көріс деңгейінің төменгі шегінен аспаса, бір рет –15 айлық есептік көрсеткіш мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Бас бостандығынан айыру орындарынан босатылған және пробация қызметінің есебінде тұратын азаматтарға - бір рет 10 айлық есептік көрсеткіш мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) санаторийлік-курорттық ұйымда болу құнын өтеу үшін –бір мезгілде санаторийлік-курорттық емделуге мүгедектігі бар бір және одан да көп баланы алып жүрушіге бір рет, санаторийлік-курорттық емдеу құнын өтеуге қатысты берілетін кепілдік берілген соманың жетпіс пайызы мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) дүлей апат немесе өрт салдарынан азаматқа (отбасына) не оның мүлкіне нұқсан келтіруге байланысты - бір рет 200 (екі жүз) айлық есептік көрсеткіш мөлшерінде.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дүлей апат немесе өрт салдарынан мүлкіне залал келген болса, әлеуметтік көмек залал келген мүлік орналасқан жер бойынша меншік иесінің тіркелген жеріне қарамастан көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3102,51 +3142,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Әлеуметтік көмек көрсетуді мониторингтеу мен есепке алуды әлеуметтік көмек көрсету жөніндегі уәкілетті орган "Е-собес" автоматтандырылған ақпараттық жүйесінің дерекқорын пайдалана отырып жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Атаулы күндер мен мереке күндеріне төленетін әлеуметтік көмек алушылардың санаттарын қалыптастыру және әлеуметтік көмек көрсету мемлекеттік корпорация арқылы төлеу процесіне бастама жасау Үлгілік қағиданың 26-33 тармақтарыме</w:t>
+      18. Атаулы күндер мен мереке күндеріне төленетін әлеуметтік көмек алушылардың санаттарын қалыптастыру және әлеуметтік көмек көрсету мемлекеттік корпорация арқылы төлеу процесіне бастама жасау Үлгілік қағиданың 26-33 тармақтарымен анықталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>