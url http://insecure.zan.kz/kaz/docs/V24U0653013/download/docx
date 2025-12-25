--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0709824" w14:textId="0709824">
+    <w:p w14:paraId="e9dc3d4" w14:textId="e9dc3d4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -509,50 +509,88 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 78 қаулысына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Түркістан облысының тарих және мәдениет ескерткіштерінің қорғау аймақтарының, құрылыс салуды реттеу аймақтарының және қорғалатын табиғи ландшафт аймақтарының шекаралары</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Түркістан облысы әкiмдiгiнiң 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 243</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -643,383 +681,350 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескерткіш тің түрі</w:t>
-[...215 lines deleted...]
-Қорға латын табиғи ланд шафт аймағының көлемі</w:t>
+Ескерткіштің түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орналасқан жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескерткіштің географиялық координаттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескерткіштің аумағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорғау аймағының көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрылыс салуды реттеу аймағының көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорғалатын табиғи ландшафт аймағының көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бәйдібек ауданы</w:t>
             </w:r>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1118,52 +1123,70 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-N 43°00'23.17 Е 69°42'12.65</w:t>
+              <w:t xml:space="preserve">
+N 43°00'23.17 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 69°42'12.65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1274,521 +1297,883 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...64 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бәйдібек ата кесенесі,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1998 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бәйдібек ата ауылының</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орталығында, Балабөген өзенінің оң жағалауында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 42°59'30,5431</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 69°55'55,2370</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84 шаршы метр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,48 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,97 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2 гектар</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отырар қалашығы, I-XVIII ғасырлар</w:t>
+Домалақ ана мазары, ХХ ғасырдың басы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-археология</w:t>
-[...215 lines deleted...]
-14,9 гектар</w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақбастау</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауылынан 3 шақырым оңтүстікте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+N 42°875645 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 69°670075</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,23 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,5 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,6 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Оқсыз (Оксус) қалашығы, I-XIV ғасырлар</w:t>
+              <w:t xml:space="preserve">
+Қарауылтөбе обасы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ерте темір ғасыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1816,785 +2201,6906 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Маяқұм ауылынан 8 шақырым солтүстік те, Сырдария өзенінің сол жағалау ында</w:t>
-[...179 lines deleted...]
-11,8 гектар</w:t>
+Шаян ауылынан Екпінді ауылына баратын тас</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жолдың сол жағында, 16-шы шақырымында, Жамбыл ауылынан оңтүстік-батысқа қарай 7,7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шақырым жерде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 42°54'52,2135</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 69°17'03,2777</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,76 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,93 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,4 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...64 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қосым баба кесенесі, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ХІХ ғасырдың соңы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шаян ауылының</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оңтүстік бөлігінде, мазарат ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°01'24,5000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 69°22'14,7000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81 шаршы метр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,16 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,36 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,57 гектар</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...317 lines deleted...]
-64,5 гектар</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Отырар ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...64 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Отырар қалашығы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I-XVIII ғасырлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+археология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талапты ауылының оңтүстік-шығыс шеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+N 42°51'09.5 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 68°18'10.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+173,5 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17,4 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14,5 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14,9 гектар</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Оқсыз (Оксус) қалашығы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I-XIV ғасырлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+археология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Маяқұм ауылынан 8 шақырым солтүстік те, Сырдария өзенінің сол жағалауында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+N 42°57'08.0 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 68°02'02.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33,2 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10,1 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10,9 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11,8 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сауран ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сауран археологиялық-сәулеттік кешені, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+I-ХІХ ғасырлар </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сауран қалашығы, ХІІІ-ХVІІІ ғасырлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Міртөбе қонысы, ХV-ХІХ ғасырлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаратөбе қалашығы, IV-V – ХIII-ХІV ғасырлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+археология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласынан 40 шақырым, Батыс Европа –Батыс Қытай трассасынан 1 шақырым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+N 43°31'05.7 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 67°46'18.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°33'30.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 67°48'32.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°29'12.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 67°46'48.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1161 гектар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17,8 гектар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+254,7 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63,3 гектар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,8 гектар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63,4 гектар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9,5 гектар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25,6 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64,5 гектар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10,4 гектар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26,4 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүсіп ата кесенесі, ХІІ-ХV ғасырлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сауран ауданы, Ескі Иқан ауылында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+N 43°10'40.3 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 68°32'05.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+286 шаршы метр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,4 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Үкаша (Үкаш) ата кешені (мазар, құдық), </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІХ-Х ғасырлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласынан 35 шақырым, Бабайқорған ауылында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мазар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°36'56.7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 68°15'42.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құдық:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°36'51.9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 68°15'06.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мазар: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200 шаршы метр</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құдық:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 шаршы метр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,17 гектар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,02 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3 гектар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,05 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,45 гектар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,09 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Әлқожа ата кесенесі, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ХІІ ғасыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы, Ə. Тұтқабаев көшесі, Қожа Ахмет Ясауи кесенесінен</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шығысқа қарай 2,5 шақырым жерде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°17,432447</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 68°17,129365</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+280 шаршы метр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,45 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,42 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Әулие Құмшық ата жер асты мешіті, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ХІ-ХІІ ғасырлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы, Қожа Ахмет Ясауидің кесенесінен</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оңтүстік-шығысқа қарай 1 шақырым қашықтықта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+N 43°17'25.7 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 68°16'31.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+348 шаршы метр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,03 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,04 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,05 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Гарнизон штабының ғимараты, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ХІХ ғасыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы, Әйтеке би көшесі, 1 мекен-жайында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+N 43°18'00.1 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 68°16'25.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+749 шаршы метр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,12 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Гаухар ана кесенесі, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ХІІ-ХІV ғасырлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°15'45.9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 68°17'10.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 шаршы метр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,09 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ежелгі Түркістан қалашығының тарихи аумағында қалыптасқан ескерткіштер:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қожа Ахмет Ясауи кесенесі, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+XIV ғасырдың соңы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есім хан кесенесі, ХVІІ ғасыр</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Рәбия Сұлтан Бегім кесенесі, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+XV ғасыр</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қылует жер асты мешіті, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ХІІ-ХХ ғасырлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Шығыс моншасы, ХVІ-ХХ ғасырлар </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жұма мешіті, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ХІХ ғасыр</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Шілдехана, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ХІ-ХІІ ғасырлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Белгісіз сағана (склеп), </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+XVI ғасыр </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәуке хан кесенесі, XIV-XVII ғасырлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Цитадель қамал қабырғасы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ХVІ-ХІХ ғасырлар </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Цитадель қамал қақпасы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ХVI-ХІХ ғасырлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Казарма, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ХІХ-ХХ ғасырлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ежелгі Түркістан қалашығы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ХV-ХІХ ғасырлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күлтөбе қалашығы, ІІІ-ІV-ХІV-ХІХ ғасырлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+қала құрылысы және сәулет </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+қала құрылысы және сәулет </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+қала құрылысы және сәулет </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қала құрылысы және сәулет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+археология</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+археология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласының оңтүстік-шығыс бөлігі, Түркістан қалашығының аумағы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы, Қожа Ахмет Ясауи кесенесінің батыс мұнарасынан 12 метр оңтүстікте</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы, Қожа Ахмет Ясауи кесенесінен 60 метр оңтүстік-шығыста</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы, Қожа Ахмет Ясауи ханакасынан 150 метр оңтүстікте</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы, Қожа Ахмет Ясауи кесенесінен 150 метр оңтүстік-батыста</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы, Қожа Ахмет Ясауи кесенесінен оңтүстікке қарай 150 метр, Қылует жер асты мешітінің жанында</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы, Қожа Ахмет Ясауи кесенесінен 22 метр солтүстік-батыста</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы, Қожа Ахмет Ясауи кесенесінен 45 метр оңтүстік-шығыста</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы, Қожа Ахмет Ясауи кесенесінен 40 метр оңтүстікте</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы, Ежелгі Түркістан қаласы шығыс қамалының бөлігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы, Ежелгі Түркістан қалашығы қамалының шығыс жағы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қожа Ахмет Ясауи кесенесінен 0,5 шақырым солтүстік-шығыста</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласының оңтүстік-шығыс бөлігінде</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы, Қожа Ахмет Ясауи кесенесінен 350 метр оңтүстікте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°17'51.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 68°16'15.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°17'50.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 68°16'16.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°17'49.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 68°16'18.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°17'45.9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 68°16'15.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°17'46.7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 68°16'19.9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°17'45.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Е 68°16'14.3 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°17'52.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 68°16'13.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°17'49.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 68°16'13.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°17'50.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 68°16'18.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°17'54.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 68°16'22.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°17'54.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 68°16'22.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°17'56.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 68°16'26.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°17'51.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 68°16'09.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N 43°17'35.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 68°16'15.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88,7 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жәудір-ана мешіт-медресесі,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ХІV-ХV – ХІХ-ХХ ғасырлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+археология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түркістан қаласы, Қожа Ахмет Ясауи кесенесінен 1 шақырым оңтүстік-шығыста</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+N 43°17'28.6 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E 68°16'26.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,4 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1,7 гектар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,9 гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шардара ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
 Ұзын ата кесенесі, ХІХ-ХХ ғасырлар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -2659,52 +9165,70 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-N 41°44'07.8 Е 67°59'30.9</w:t>
+              <w:t xml:space="preserve">
+N 41°44'07.8 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 67°59'30.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3254,31 +9778,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>