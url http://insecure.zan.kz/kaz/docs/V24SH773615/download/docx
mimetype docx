--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1fc9909" w14:textId="1fc9909">
+    <w:p w14:paraId="ec72ef1" w14:textId="ec72ef1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,95 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Солтүстік Қазақстан облысы Қызылжар ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
+        <w:t>Солтүстік Қазақстан облысы Қызылжар ауданында тұрғын үй көмегін көрсетудің қағидаларын бекіту мен мөлшерін айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Солтүстік Қазақстан облысы Қызылжар аудандық мәслихатының 2024 жылғы 28 наурыздағы № 10/6 шешімі. Солтүстік Қазақстан облысының Әділет департаментінде 2024 жылғы 2 сәуірде № 7736-15 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. Тақырыбы жаңа редакцияда – Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының 23.10.2025 № 26/4 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -212,54 +230,96 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) Солтүстік Қазақстан облысы Қызылжар ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы шешімнің қосымшасына сәйкес Солтүстік Қазақстан облысы Қызылжар ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі айқындалсын.</w:t>
+      1. Солтүстік Қазақстан облысы Қызылжар ауданында тұрғын үй көмегін көрсетудің қағидалары мен мөлшерін айқындау осы шешімнің қосымшасына сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының 23.10.2025 № 26/4 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Солтүстік Қазақстан облысы Қызылжар аудандық мәслихатының келесі шешімдерінің күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -348,63 +408,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -422,51 +481,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Солтүстік Қазақстан облысы Қызылжар аудандық мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -831,54 +890,72 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z16" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Қызылжар ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі</w:t>
+        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Қызылжар ауданында тұрғын үй көмегін көрсетудің қағидаларын бекіту мен мөлшерін айқындау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. Тақырыбы жаңа редакцияда – Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының 23.10.2025 № 26/4 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1049,1120 +1126,1456 @@
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Тұрғын үй көмегін көрсету мөлшері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z28" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының белгілеген шекті жол берілетін көрсетілетін қызметті алушы жиынтық табысының 5 (бес) пайызы мөлшерінде деңгейінің арасындағы айырма ретінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z29" w:id="16"/>
-[...15 lines deleted...]
-      Тұрғын үй көмегін тағайындау кезінде пайдалы алаңы бір адамға 15 (он бес) шаршы метрден кем емес және 18 (он сегіз) шаршы метрден артық емес мөлшерде, бірақ бір бөлмелі пәтерден немесе жатақханадағы бөлмеден кем емес алаң нормасы қабылданады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 3-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының 23.10.2025 № 26/4 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Тұрғын үй көмегін көрсетудің тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z30" w:id="17"/>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тұрғын үй көмегі ағымдағы тоқсанда құжаттарды тапсыру уақытына қарамастан өткен тоқсанның жиынтық табысы бойынша және көрсетілген қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес тоқсанына бір рет тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1. Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші мынадай нормалар шегінде есептейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұтынушылар үшін газбен жабдықтау жөніндегі коммуналдық қызметті тұтыну нормалары бір адамға он бес текше метрден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) табиғи монополиялар саласындағы қызметті реттейтін өңірлік уәкілетті орган белгілеген нормаларға сәйкес тұтынушы үшін электрмен жабдықтау қызметін тұтыну нормалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тұтынушы үшін сумен жабдықтау және (немесе) су бұру қызметтерінің нормалары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір адамға төрт текше метрден аспайтын суық су;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір адамға екі текше метрден аспайтын ыстық су;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тұтынушыларға арналған жылумен жабдықтау қызметін тұтыну нормалары бір адамға айына нөл бүтін жиырма бес мың гигакалориядан аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қатты тұрмыстық қалдықтарды жинау және әкету (қоқыс шығару) бір адамға алты жүз елу теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) лифттерге қызмет көрсету бір пәтерге мың үш жүз теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) телекоммуникация желісіне қосылған телефон үшін абоненттік төлемді ұлғайту бөлігінде байланыс қызметтері бір абонент үшін мың үш жүз тоқсан тоғыз теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге бір шаршы метр үшін алпыс теңгеден аспайтын шығыстар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мемлекеттік тұрғын үй қорынан тұрғын үйді пайдаланғаны үшін жалдау ақысы бір шаршы метр үшін жүз жиырма теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) бір адамға арналған шаршы нормасы бір адамға он сегіз шаршы метр пайдалы алаң, бірақ жалғыз тұратын адам үшін нақты алынатын алаң отыз шаршы метрден аспайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...27 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="19"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. Қосымша 4-1-тармақпен толықтырылды – Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының 23.10.2025 № 26/4 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Көрсетілетін қызметті алушының жиынтық табысын көрсетілетін қызметті беруші тұрғын үй көмегін тағайындауға өтініш білдірген тоқсанның алдындағы тоқсанға "Тұрғын үй көмегін беру қағидаларын бекіту туралы" Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 бұйрығымен бекітілген Тұрғын үй көмегін беру қағидаларына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (бұдан әрі - Қағидалар) сәйкес тәртіппен есептейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Алып тасталды – Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының 23.10.2025 № 26/4 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тұрғын үй көмегін тағайындау үшін көрсетілетін қызметті алушы (не нотариалдық куәландырылған сенімхат бойынша оның өкілі) "Азаматтарға арналған үкімет "мемлекеттік корпорациясы" коомерциялық емес акционерлік қоғамына (бұдан әрі – Мемлекеттік корпорация) және/немесе "электрондық үкімет" веб-порталына (бұдан әрі – портал) мынадай құжаттарды ұсына отырып жүгінуге құқылы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Мемлекеттік корпорацияға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидалардың 1-қосымшасына сәйкес нысан бойынша өтініш;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z37" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өтініш берушінің жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (жеке басын сәйкестендіру үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z38" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отбасының кірісін растайтын құжаттар (тиісті мемлекеттік ақпараттық жүйелерден алынатын мәліметтерді қоспағанда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z39" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жұмыс орнынан анықтама немесе жұмыссыз тұлға ретінде тіркелгені туралы анықтама (тиісті мемлекеттік ақпараттық жүйелерден алынатын мәліметтерді қоспағанда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z40" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       балаларға және басқа да асырауындағы адамдарға алынатын алименттер туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       банктік шот;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z42" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғын үйді (тұрғын ғимаратты) күтіп-ұстауға арналған ай сайынғы жарналардың мөлшері туралы шоттар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z43" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық қызметтерді тұтыну шоттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       телекоммуникация қызметтері үшін түбіртек-шот немесе байланыс қызметтерін көрсетуге арналған шарттың көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғын үйді пайдаланғаны үшін жергілікті атқарушы орган берген жалдау ақысының мөлшері туралы шот;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) порталға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызметті алушының ЭЦҚ-сымен куәландырылған электрондық құжат нысанындағы сұрау салу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отбасының кірісін растайтын құжаттардың электрондық көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жұмыс орнынан анықтаманың немесе жұмыссыз тұлға ретінде тіркелгені туралы анықтаманың электрондық көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       балаларға және асырауындағы басқа да адамдарға алименттер туралы мәліметтердің электрондық көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z51" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       банктік шоттың электрондық көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z52" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғын үйді (тұрғын ғимаратты) күтіп-ұстауға арналған ай сайынғы жарналардың мөлшері туралы шоттың электрондық көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z53" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық қызметтерді тұтыну шотының электрондық көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       телекоммуникация қызметтері үшін түбіртек-шоттың электрондық көшірмесі немесе байланыс қызметтерін көрсетуге арналған шарттың көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғын үйді пайдаланғаны үшін жергілікті атқарушы орган берген жалдау ақысының мөлшері туралы шоттың электрондық көшірмесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақта көзделмеген құжаттарды талап етуге жол берілмейді. Көрсетілетін қызметті беруші өздеріне меншік құқығында тиесілі тұрғын үйдің (Қазақстан Республикасы бойынша) болуы немесе болмауы туралы мәліметтерді ақпараттық жүйелер арқылы алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайта жүгінген кезде көрсетілген қызметті алушы (немесе нотариалдық куәландырылған сенімхат бойынша оның өкілі) Қағидалардың 11-тармағында көзделгенді қоспағанда, жүгінгенге дейін өткен тоқсан үшін отбасының табысы туралы растайтын құжаттарды және коммуналдық шығыстарға арналған шоттарды ғана ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация арқылы құжаттарды қабылдау кезінде көрсетілетін қызметті алушыға тиісті құжаттардың қабылданғаны туралы қолхат беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Портал арқылы жүгінген кезде көрсетілетін қызметті алушының "жеке кабинетіне" тұрғын үй көмегін тағайындау туралы өтініштің қабылданғаны туралы мәртебе, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетілген хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау немесе көрсетуден бас тарту туралы дәлелді жауап беру мерзімі Мемлекеттік корпорациядан немесе порталдан құжаттардың толық топтамасын алған күннен бастап 6 (алты) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тұрғын үй көмегін тағайындау туралы шешімді немесе қызмет көрсетуден бас тарту туралы дәлелді көрсетілетін қызметті беруші қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұрғын үй көмегін тағайындау туралы хабарлама немесе тағайындаудан бас тарту туралы дәлелді жауап Мемлекеттік корпорацияға немесе "жеке кабинетке" электрондық құжат түрінде жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z63" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) 73-бабына сәйкес тұрғын үй көмегін тағайындаудан бас тарту үшін негіздер анықталған жағдайда көрсетілетін қызметті алушыға мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша пікірін білдіру мүмкіндігі үшін тыңдау өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау туралы хабарлама мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі. Тыңдау хабарлама жасалған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z65" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау нәтижелері бойынша көрсетілетін қызметті алушыға электрондық құжат нысанында немесе қағаз жеткізгіште көрсетілетін қызметті берушінің уәкілетті тұлғасының ЭЦҚ-сы қойылған оң нәтиже немесе мемлекеттік қызмет көрсетуден дәлелді бас тарту туралы хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z66" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті беруші мемлекеттік қызмет көрсетуден келесі негіздер бойынша бас тартады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметті алушы мемлекеттік қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігі анықталса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдар, объектілер, деректер мен мәліметтер Қағидаларда белгіленген талаптарға сәйкес келмесе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z69" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z70" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) көрсетілетін қызметті алушыға қатысты қызмет алушыны мемлекеттік қызметті алуға байланысты арнайы құқығынан айыратын соттың заңды күшіне енген шешімі болса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z71" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы тұрғын үй көмегін көрсетуден бас тарту себептерін жойған жағдайда, көрсетілетін қызметті алушы белгіленген тәртіппен мемлекеттік қызметті алу үшін қайта жүгіне алады, тұрғын үй көмегін көрсетуден бас тарту қайта жүгінуге кедергі болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z72" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Тұрғын үй көмегін алушыларға тұрғын үй көмегін тағайындау тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z73" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Артық немесе негізсіз алынған тұрғын үй көмегінің сомаларын көрсетілетін қызметті алушы ерікті негізде, ал бас тартқан жағдайда заңнамада белгіленген тәртіппен қайтаруға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Тұрғын үй көмегін төлеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z75" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Көрсетілетін қызметті алушыларға тұрғын үй көмегін төлеуді көрсетілетін қызметті беруші есептелген сомаларды тұрғын үй көмегін алушылардың жеке шоттарына екінші деңгейдегі банктер, банк операцияларының тиісті түрлеріне қаржы нарығы мен қаржы ұйымдарын реттеу реттеу,бақылау және қадағалау жөніндегі уәкілетті органнның лицензиясы бар ұйымдар, "Қазпошта" акционерлік қоғамының аумақтық бөлімшелері арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z76" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттарға ақшалай сомаларды аудару көрсетілетін қызметті берушімен ай сайын өткен айға жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z77" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Көрсетілген мәліметтердің дұрыстығы үшін көрсетілетін қызметті алушылар заңнамада белгіленген тәртіппен жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z78" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұрғын үй көмегін алушылар өздерiнiң тұрғын үйге меншiк нысанындағы, отбасы құрамының, оның жиынтық табысы мен мәртебесiнiң өзгерген кез келген өзгерiстерi туралы уәкiлеттi органға он жұмыс күнi iшiнде хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z79" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының тұрғын үй көмегін тағайындауға қатысты шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі ҚР ӘРПК-ның 91-бабына және Қағидалардың 50-тармағына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>