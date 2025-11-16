--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="72e0ac5" w14:textId="72e0ac5">
+    <w:p w14:paraId="faca06f" w14:textId="faca06f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1051,51 +1051,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Әлеуметтік тұрғыдан қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің көтерілуіне өтемақы төлеу "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шілдедегі № 295 Н/Қ бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген) сәйкес белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Тұрғын үй көмегін тағайындау үшін көрсетілетін қызметті алушы (не нотариалды куәландырылған сенімхат бойынша оның өкілі) "Азаматтарға арналған үкімет "мемлекеттік корпорациясы" қоғамына және/немесе "электрондық үкімет" веб-порталына мынадай құжаттарды ұсына отырып жүгінуге құқылы:</w:t>
+      7. Тұрғын үй көмегін тағайындау үшін көрсетілетін қызметті алушы (не нотариалды куәландырылған сенімхат бойынша оның өкілі) "Азаматтарға арналған үкімет "мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі – Мемлекеттік корпорация) және/немесе "электрондық үкіметтің" веб-порталына мынадай құжаттарды ұсына отырып жүгінеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Мемлекеттік корпорацияға:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
@@ -1571,94 +1571,156 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Портал арқылы жүгінген кезде көрсетілетін қызметті алушының "жеке кабинетіне" тұрғын үй көмегін тағайындау туралы өтініштің қабылданғаны туралы мәртебе, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетілген хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау немесе көрсетуден бас тарту туралы дәлелді жауап беру мерзімі Мемлекеттік корпорациядан немесе "электрондық үкімет" веб-порталынан құжаттардың толық топтамасын алған күннен бастап 8 (сегіз) жұмыс күнін құрайды.</w:t>
+      Мемлекеттік корпорациядан құжаттардың толық жиынтығын қабылдаған күннен бастап құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау не бас тарту туралы дәлелді жауап не "электрондық үкімет" веб-порталы арқылы беру мерзімі 6 (алты) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тұрғын үй көмегін тағайындау туралы шешімді немесе қызмет көрсетуден бас тарту туралы дәлелді жауапты уәкілетті орган қабылдайды. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұрғын үй көмегін тағайындау туралы хабарлама немесе тағайындаудан бас тарту туралы дәлелді жауап Мемлекеттік корпорацияға немесе "жеке кабинетке" электрондық құжат түрінде жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгерістер енгізілді – Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 26.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-27-18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) 73-бабына сәйкес тұрғын үй көмегін тағайындаудан бас тарту үшін негіздер анықталған жағдайда уәкілетті орган қызмет алушыға мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ қызмет алушыға алдын ала шешім бойынша пікірін білдіру мүмкіндігі үшін тыңдау өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1869,134 +1931,194 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Тұрғын үй көмегін төлеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Көрсетілетін қызметті алушыларға тұрғын үй көмегін төлеуді көрсетілетін қызметті беруші есептелген сомаларды тұрғын үй көмегін алушылардың жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
+      11. Тұрғын үй көмегі Екінші деңгейдегі банктер, қаржы нарығын және қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның банк операцияларының тиісті түрлеріне лицензиясы бар ұйымдар, "Қазпошта" акционерлік қоғамының аумақтық бөлімшелері арқылы ақшалай нысанда көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z70" w:id="61"/>
-[...15 lines deleted...]
-      Шоттарға ақшалай сомаларды аудару көрсетілетін қызметті беруші ай сайын өткен айға жүргізіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Шоттарға ақша сомаларын аударуды көрсетілетін қызметті беруші өткен ай үшін ай сайын жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 26.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-27-18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Көрсетілген мәліметтердің дұрыстығы үшін көрсетілетін қызметті алушылар заңнамада белгіленген тәртіппен жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
-[...15 lines deleted...]
-      12. Көрсетілген мәліметтердің дұрыстығы үшін көрсетілетін қызметті алушылар заңнамада белгіленген тәртіппен жауапты болады.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын үй көмегін алушылар өздерiнiң тұрғын үйге меншiк нысанындағы, отбасы құрамының, оның жиынтық табысы мен мәртебесiнiң өзгерген кез келген өзгерiстерi туралы уәкiлеттi органға он жұмыс күнi iшiнде хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
-[...15 lines deleted...]
-      Тұрғын үй көмегін алушылар өздерiнiң тұрғын үйге меншiк нысанындағы, отбасы құрамының, оның жиынтық табысы мен мәртебесiнiң өзгерген кез келген өзгерiстерi туралы уәкiлеттi органға он жұмыс күнi iшiнде хабарлайды.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының тұрғын үй көмегін тағайындауға қатысты шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі ҚР ӘРПК-ның 91-бабына және Қағидалардың 50-тармағына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z73" w:id="64"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2231,548 +2353,548 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z78" w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айыртау аудандық мәслихатының күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z79" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 2012 жылғы 25 шілдедегі № 5-6-3 "Айыртау ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13-3-161 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z80" w:id="67"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 2012 жылғы 20 желтоқсандағы № 5-11-7 "Аз қамтылған отбасыларға (азаматтарға) тұрғын үйді ұстауға және коммуналдық қызметтерді төлеуге тұрғын үй көмегін көрсету ережесі туралы" Айыртау аудандық мәслихатының 2012 жылғы 25 шілдедегі № 5-6-3 шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2089 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z81" w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z81" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 2013 жылғы 29 наурыздағы № 5-12-9 "Аз қамтылған отбасыларға (азаматтарға) тұрғын үйді ұстауға және коммуналдық қызметтерді төлеуге тұрғын үй көмегін көрсету ережесі туралы" Айыртау аудандық мәслихатының 2012 жылғы 25 шілдедегі № 5-6-3 шешіміне өзгерістер мен толықтыру енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2259 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z82" w:id="69"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z82" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 2014 жылғы 31 наурыздағы № 5-23-4 "Аз қамтылған отбасыларға (азаматтарға) тұрғын үйді ұстауға және коммуналдық қызметтерді төлеуге тұрғын үй көмегін көрсету қағидасы туралы" Айыртау аудандық мәслихатының 2012 жылғы 25 шілдедегі № 5-6-3 шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу № 2678 болып тізілімінде тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z83" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Айыртау аудандық мәслихатының 2015 жылғы 30 маусымдағы № 5-39-2 "Аз қамтылған отбасыларға (азаматтарға) тұрғын үйді ұстауға және коммуналдық қызметтерді төлеуге тұрғын үй көмегін көрсету қағидасы туралы"Айыртау аудандық мәслихатының 2012 жылғы 25 шілдедегі № 5-6-3 шешіміне өзгеріс енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 3325 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z84" w:id="71"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z84" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 2016 жылғы 10 қазандағы № 6-5-3 "Аз қамтылған отбасыларға (азаматтарға) тұрғын үйді ұстауға және коммуналдық қызметтерді төлеуге тұрғын үй көмегін көрсету қағидасы туралы" Айыртау аудандық мәслихатының 2012 жылғы 25 шілдедегі № 5-6-3 шешіміне өзгеріс енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 3909 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z85" w:id="72"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z85" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 2017 жылғы 5 мамырдағы № 6-10-6 "Аз қамтылған отбасыларға (азаматтарға) тұрғын үйді ұстауға және коммуналдық қызметтерді төлеуге тұрғын үй көмегін көрсету қағидасы туралы" Айыртау аудандық мәслихатының 2012 жылғы 25 шілдедегі № 5-6-3 шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4190 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z86" w:id="73"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z86" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 2018 жылғы 11 мамырдағы № 6-19-2 "Аз қамтылған отбасыларға (азаматтарға) тұрғын үйді ұстауға және коммуналдық қызметтерді төлеуге тұрғын үй көмегін көрсету қағидасытуралы" Айыртау аудандық мәслихатының 2012 жылғы 25 шілдедегі № 5-6-3 шешіміне өзгерістер мен толықтыру енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4732 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z87" w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z87" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 2020 жылғы 24 ақпандағы № 6-39-2 "Аз қамтылған отбасыларға (азаматтарға) тұрғын үйді ұстауға және коммуналдық қызметтерді төлеуге тұрғын үй көмегін көрсету қағидасы туралы "Айыртау аудандық мәслихатының 2012 жылғы 25 шілдедегі № 5-6-3 шешіміне өзгерістер мен толықтыру енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6063 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z88" w:id="75"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z88" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 2021 жылғы 6 мамырдағы 7-5-2 "Аз қамтылған отбасыларға (азаматтарға) тұрғын үйді ұстауға және коммуналдық қызметтерді төлеуге тұрғын үй көмегін көрсету қағидасы туралы" Айыртау аудандық мәслихатының 2012 жылғы 25 шілдедегі № 5-6-3 шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №7403 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z89" w:id="76"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z89" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 2022 жылғы 20 қыркүйектегі № 7-20-14 "Аз қамтылған отбасыларға (азаматтарға) тұрғын үйді ұстауға және коммуналдық қызметтерді төлеуге тұрғын үй көмегін көрсету қағидасы туралы" Айыртау аудандық мәслихатының 2012 жылғы 25 шілдедегі № 5-6-3 шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 29760 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z90" w:id="77"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z90" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 2023 жылғы 22 тамыздағы № 8-7-3 "Айыртау ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" Айыртау аудандық мәслихатының 2012 жылғы 25 шілдедегі № 5-6-3 шешіміне өзгеріс енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №7572-15 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3152,31 +3274,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>