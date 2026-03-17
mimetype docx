--- v0 (2025-11-10)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="62fc0b9" w14:textId="62fc0b9">
+    <w:p w14:paraId="379711c" w14:textId="379711c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,89 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Алматы қаласының аумағында сыртқы (көрнекі) жарнаманы орналастырғаны үшін ай сайынғы төлемақы мөлшерлемелерін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Алматы қаласы мәслихатының XXII сессиясының 2024 жылғы 28 тамыздағы № 146 шешiмi. Алматы қаласы Әділет департаментінде 2024 жылғы 5 қыркүйекте № 1788-02 болып тіркелді</w:t>
+        <w:t>Алматы қаласы мәслихатының XXII сессиясының 2024 жылғы 28 тамыздағы № 146 шешiмi. Алматы қаласы Әділет департаментінде 2024 жылғы 5 қыркүйекте № 1788-02 болып тіркелді. Күші жойылды - VIII сайланған Алматы қаласы мәслихатының кезектен тыс XL сессиясының 2025 жылғы 30 желтоқсандағы № 276 шешімімен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - VIII сайланған Алматы қаласы мәслихатының кезектен тыс XL сессиясының 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 276</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" (Салық кодексі) 2017 жылғы 25 желтоқсандағы Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>