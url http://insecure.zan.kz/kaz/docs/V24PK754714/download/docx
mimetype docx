--- v0 (2025-10-16)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="44a7d8a" w14:textId="44a7d8a">
+    <w:p w14:paraId="0bd63cb" w14:textId="0bd63cb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Павлодар ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
+        <w:t>Павлодар ауданында тұрғын үй көмегін көрсетудің қағидалары мен мөлшерін айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Павлодар облысы Павлодар аудандық мәслихатының 2024 жылғы 22 мамырдағы № 18/160 шешімі. Павлодар облысының Әділет департаментінде 2024 жылғы 24 мамырда № 7547-14 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда - Павлодар облысы Павлодар аудандық мәслихатының 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/312</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -192,74 +230,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Павлодар аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Павлодар ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі осы шешімнің </w:t>
+      1. Павлодар ауданында тұрғын үй көмегін көрсетудің қағидалары мен мөлшері осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Павлодар облысы Павлодар аудандық мәслихатының 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/312</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -499,68 +599,106 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Павлодар ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі</w:t>
+        <w:t xml:space="preserve"> Павлодар ауданында тұрғын үй көмегін көрсетудің қағидалары мен мөлшері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда - Павлодар облысы Павлодар аудандық мәслихатының 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/312</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 - тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Павлодар ауданында аумағындағы тұрақты тіркелген және тұратын, Қазақстан Республикасының аумағындағы жалғыз тұрғынжайы ретінде меншік құқығында тұрғын аз қамтылған отбасыларға (азаматтарға), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
@@ -686,54 +824,116 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2- тарау. Тұрғын үй көмегін көрсетудің мөлшері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Тұрғын үй көмегін тағайындау кезінде бір адамға 15 (он бес) шаршы метрден кем емес және 18 (он сегіз) шаршы метрден артық емес, бірақ бір бөлмелі пәтерден немесе жатақханадағы бөлмеден кем емес аудан нормасы қабылданады.</w:t>
+      4. Тұрғын үй көмегін тағайындау кезінде бір адамға арналған шаршы нормасы бір адамға он сегіз шаршы метр пайдалы алаң, бірақ жалғыз тұратын адам үшін нақты алынатын алаң отыз шаршы метрден аспайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Павлодар облысы Павлодар аудандық мәслихатының 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/312</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" № 295/НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -764,51 +964,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3- тарау. Тұрғын үй көмегін көрсетудің тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Тұрғын үй көмегін тағайындау үшін аз қамтылған отбасы (азамат) (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" (бұдан әрі – Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталына мынадай құжаттар тізбесімен жүгінеді:</w:t>
+      6. Тұрғын үй көмегін тағайындау үшін аз қамтылған отбасы (азамат) (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталына мынадай құжаттар тізбесімен жүгінеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Мемлекеттік корпорацияға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1146,70 +1346,194 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       телекоммуникация қызметтері үшін түбіртек-шоттың электрондық көшірмесі немесе байланыс қызметтерін көрсетуге арналған шарттың көшірмесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті атқарушы орган ұсынған жеке тұрғын үй қорынан жергілікті атқарушы орган жал даған тұрғын үйді пайдаланғаны үшін жалдау ақысының мөлшері туралы шоттың электрондық көшірмесі.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді - Павлодар облысы Павлодар аудандық мәслихатының 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/312</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау немесе көрсетуден бас тарту туралы дәлелді жауап беру мерзімі Мемлекеттік корпорациядан немесе "электрондық үкіметтің" веб-порталынан құжаттардың толық топтамасын қабылдаған күннен бастап 8 (сегіз) жұмыс күнін құрайды.</w:t>
+      7. Құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау немесе көрсетуден бас тарту туралы дәлелді жауап беру мерзімі Мемлекеттік корпорациядан немесе "электрондық үкіметтің" веб-порталынан құжаттардың толық топтамасын қабылдаған күннен бастап 6 (алты) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - Павлодар облысы Павлодар аудандық мәслихатының 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/312</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тұрғын үй көмегі ағымдағы тоқсанда қужаттарды тапсыру уақытына қарамастан өткен тоқсанның тұрғын үйді ұстауга және коммуналдық қызметтерге кеткен жиынтық кіріс пен шығыстар бойынша бір тоқсан мерзімге тағайындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1242,54 +1566,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Аз қамтылған отбасы (азамат) (немесе нотариалды куәландырған сенімхат бойынша оның өкілі) қайта өтініш берген кезде, өтініш бергенге дейін өткен тоқсан үшін отбасының кірістерін растайтын құжаттарды және коммуналдық шығыстардың шоттарын ғана ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Аз қамтылған отбасыларға (азаматтарға) тұрғын үй көмегін төлеуді уәкілетті орган жергілікті өкілді органдар айқындаған тәртіппен екінші деңгейдегі банктер арқылы жүзеге асырады.</w:t>
+      11. Аз қамтылған отбасыларға (азаматтарға) тұрғын үй көмегін төлеуді уәкілетті орган тәртіппен екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын лицензия бар ұйымдар арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - Павлодар облысы Павлодар аудандық мәслихатының 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/312</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Отбасы тұрғын үй көмегін заңсыз тағайындауға алып келген көрінеу жалған ақпарат және (немесе) дәйексіз құжаттар берген кезде өтініш беруші мен оның отбасына атаулы әлеуметтік көмек төлеу оның тағайындалған бүкіл кезеңі үшін тоқтатылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1709,31 +2095,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>