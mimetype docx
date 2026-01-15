--- v0 (2025-10-12)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f6c5c94" w14:textId="f6c5c94">
+    <w:p w14:paraId="9ee41b7" w14:textId="9ee41b7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Федоров ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
+        <w:t>Федоров ауданында тұрғын үй көмегін көрсетудің мөлшері мен қағидаларын айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қостанай облысы Федоров ауданы мәслихатының 2024 жылғы 10 сәуірдегі № 111 шешімі. Қостанай облысының Әділет департаментінде 2024 жылғы 12 сәуірде № 10176-10 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - Қостанай облысы Федоров ауданы мәслихатының 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 217</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -172,134 +210,204 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Федоров аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Федоров ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі осы шешімнің </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Федоров ауданында тұрғын үй көмегін көрсетудің мөлшері мен қағидалары осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Федоров ауданы мәслихатының 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 217</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Федоров аудандық мәслихатының кейбір шешімдерінің күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -672,368 +780,484 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="4"/>
+    <w:bookmarkStart w:name="z13" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Федоров ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="5"/>
+        <w:t xml:space="preserve"> Федоров ауданында тұрғын үй көмегін көрсетудің мөлшері мен қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның тақырыбы жаңа редакцияда - Қостанай облысы Федоров ауданы мәслихатының 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 217</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен жалғыз тұрғынжай ретінде Қазақстан Республикасының аумағында меншік құқығында тұрған тұрғынжайда Федоров ауданының аумағында тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға) (бұдан әрі – көрсетілетін қызметті алушы), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z15" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z16" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z17" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z18" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың жиыны ретінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z19" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұрғын үй көмегін тағайындау "Федоров ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесімен (бұдан әрі – көрсетілетін қызметті беруші) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z20" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Көрсетілетін қызметті беруші көрсетілетін қызметті алушының жиынтық кірісін "Тұрғын үй көмегін беру қағидаларын бекіту туралы" Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Қағида) айқындалған тәртіппен есептейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z21" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушының осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретiнде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының жиынтық кірісіне шығыстарының шекті жол берілетін деңгейі 5 (бес) пайыз мөлшерінде айқындалды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес есептейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тұрғын үй көмегін тағайындау кезінде бір адамға 15 (он бес) шаршы метрден кем емес және 18 (он сегіз) шаршы метрден артық емес, бірақ бір бөлмелі пәтерден немесе жатақханадағы бөлмеден кем емес аудан нормасы қабылданады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Қостанай облысы Федоров ауданы мәслихатының 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 217</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті алушы (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) тұрғын үй көмегін тағайындау үшін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қағидаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі – Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталына тоқсанына бір рет жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Тұрғын үй көмегін тағайындау" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1090,110 +1314,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тұрғын үй көмегі көрсетілетін қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге шығыстар сметасына сәйкес жеткізушілер ұсынған ай сайынғы жарналар туралы шоттар және коммуналдық қызметтерге ақы төлеу шоттары бойынша бюджет қаражаты есебінен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z28" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тұрғын үй көмегін тағайындау көрсетілетін қызметті алушыларға тиісті қаржы жылына арналған Федоров ауданының бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті алушыға тұрғын үй көмегін төлеуді көрсетілетін қызметті беруші тұрғын үй көмегін алушылардың жеке шоттарына есептелген сомаларды аудару жолымен екінші деңгейдегі банктер арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1428,508 +1652,508 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федоров аудандық мәслихатының күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z35" w:id="21"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z35" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Федоров аудандық мәслихатының "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2014 жылғы 27 қарашадағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 279</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5247 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z36" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Федоров аудандық мәслихатының "Мәслихаттың 2014 жылғы 27 қарашадағы № 279 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгеріс енгізу туралы" 2015 жылғы 24 ақпандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 304</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5443 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z37" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Федоров аудандық мәслихатының "Мәслихаттың 2014 жылғы 27 қарашадағы № 279 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2015 жылғы 10 желтоқсандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 366</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6125 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z38" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Федоров аудандық мәслихатының "Мәслихаттың 2014 жылғы 27 қарашадағы № 279 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгеріс енгізу туралы" 2016 жылғы 8 сәуірдегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6313 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z39" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Федоров аудандық мәслихатының "Мәслихаттың 2014 жылғы 27 қарашадағы № 279 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгеріс енгізу туралы" 2018 жылғы 27 ақпандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 211</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7612 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z40" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Федоров аудандық мәслихатының "Мәслихаттың 2014 жылғы 27 қарашадағы № 279 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2018 жылғы 9 қазандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 274</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8127 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z41" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Федоров аудандық мәслихатының "Мәслихаттың 2014 жылғы 27 қарашадағы № 279 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2020 жылғы 26 мамырдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 445</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9224 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z42" w:id="28"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z42" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Федоров аудандық мәслихатының "Мәслихаттың 2014 жылғы 27 қарашадағы № 279 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2021 жылғы 23 қарашадағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 25457 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z43" w:id="29"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z43" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Федоров аудандық мәслихатының "Мәслихаттың 2014 жылғы 27 қарашадағы № 279 "Федоров ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгеріс енгізу туралы" 2022 жылғы 19 тамыздағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 148</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 29263 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z44" w:id="30"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z44" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Федоров аудандық мәслихатының "Мәслихаттың 2014 жылғы 27 қарашадағы № 279 "Федоров ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгеріс енгізу туралы" 2023 жылғы 11 сәуірдегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9953 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z45" w:id="31"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z45" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Федоров аудандық мәслихатының "Мәслихаттың 2014 жылғы 27 қарашадағы № 279 "Федоров ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгеріс енгізу туралы" 2023 жылғы 11 желтоқсандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10109-10 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>