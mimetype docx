--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="893188f" w14:textId="893188f">
+    <w:p w14:paraId="faa1a82" w14:textId="faa1a82">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,150 +76,250 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Бейімбет Майлин ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
+        <w:t>Бейімбет Майлин ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қостанай облысы Бейімбет Майлин ауданы мәслихатының 2024 жылғы 28 наурыздағы № 90 шешімі. Қостанай облысының Әділет департаментінде 2024 жылғы 9 сәуірде № 10173-10 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - Қостанай облысы Бейімбет Майлин ауданы мәслихатының 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 199</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы "Тұрғын үй қатынастары туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>97-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес аудан мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Бейімбет Майлин ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі, осы шешімнің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес айқындалсын.</w:t>
+      1. Бейімбет Майлин ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары осы шешімнің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Бейімбет Майлин ауданы мәслихатының 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 199</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мәслихаттың кейбір шешімдері осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -666,54 +766,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бейімбет Майлин ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі</w:t>
+        <w:t xml:space="preserve"> Бейімбет Майлин ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымшаның тақырыбы жаңа редакцияда - Қостанай облысы Бейімбет Майлин ауданы мәслихатының 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 199</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Бейімбет Майлин ауданында тұратын, Қазақстан Республикасының аумағындағы жалғыз тұрғынжайы ретінде меншік құқығындағы тұрғынжайда тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z15" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -846,154 +984,214 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған тәртіппен есептейді (Қазақстан Республикасының Әділет Министрлігінде 2023 жылғы 12 желтоқсандағы тізілімінде № 33763 болып тіркелген).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын, коммуналдық қызметтер мен телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдалануға жұмсалатын шығыстарының шектi жол берiлетiн деңгейi мен нормалары аз қамтылған отбасының (азаматтардың) осы мақсаттарға жұмсайтын шығыстарының арасындағы жергiлiктi өкiлдi орган белгiлеген айырма ретiнде айқындалады.</w:t>
+      4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тұрғын үй көмегін тағайындау кезінде бір адамға 15 (он бес) шаршы метрден кем емес және 18 (он сегіз) шаршы метрден артық емес, бірақ бір бөлмелі пәтерден немесе жатақханадағы бөлмеден кем емес аудан нормасы қабылданады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="14"/>
+      Көрсетілетін қызметті алушының жиынтық кірісіне шығыстарының шекті жол берілетін деңгейі бес (5) процент мөлшерінде айқындалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Қостанай облысы Бейімбет Майлин ауданы мәслихатының 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 199</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Әлеуметтік тұрғыдан қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің көтерілуіне өтемақы төлеу "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>295/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті алушы (не сенімхатқа, заңнамаға, сот шешіміне немесе әкімшілік актісіне негізделген өкілеттік бойынша оның өкілі) тоқсанына бір рет "Азаматтарға арналған Үкімет" (бұдан әрі - Мемлекеттік корпорация) мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына тұрғын үй көмегін тағайындау үшін жүгінеді немесе </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "электрондық үкімет" веб-порталы арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Тұрғын үй көмегін тағайындау" мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1050,130 +1248,230 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Тұрғын үй көмегі көрсетілетін қызметті алушыға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде шығыстар сметасына сәйкес кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге және коммуналдық қызметтерге ақы төлеу шоттары бойынша жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға бюджет қаражаты есебінен көрсетіледі.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="17"/>
+      7. Тұрғын үй көмегі көрсетілген қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес есептейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - Қостанай облысы Бейімбет Майлин ауданы мәслихатының 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 199</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тұрғын үй көмегін тағайындау көрсетілетін қызметті алушыларға кондоминиум тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті алушыларға тұрғын үй көмегін төлеуді уәкілетті орган есептелген сомаларды тұрғын үй көмегін алушылардың немесе қызмет көрсетушілердің жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұрғын үй көмегінің негізсіз алынған сомаларын алушы өз еркімен, ал бас тартқан жағдайда заңда белгіленген тәртіппен қайтаруға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1408,442 +1706,442 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аудан мәслихатының күші жойылды деп танылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z35" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z35" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Мәслихаттың "Бейімбет Майлин ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" 2015 жылғы 20 наурыздағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 263</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5510 болып тіркелген) шешімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z36" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Мәслихаттың "Мәслихаттың 2015 жылғы 20 наурыздағы № 263 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2016 жылғы 21 сәуірдегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6372 болып тіркелген) шешімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z37" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Мәслихаттың "Мәслихаттың 2015 жылғы 20 наурыздағы № 263 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2019 жылғы 7 ақпандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 251</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8252 болып тіркелген) шешімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z38" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Мәслихаттың "Мәслихаттың 2015 жылғы 20 наурыздағы № 263 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2019 жылғы 23 қыркүйектегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 312</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8677 болып тіркелген) шешімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z39" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) Мәслихаттың "Мәслихаттың 2015 жылғы 20 наурыздағы № 263 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2020 жылғы 15 мамырдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 384</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9199 болып тіркелген) шешімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z40" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Мәслихаттың "Мәслихаттың 2015 жылғы 20 наурыздағы № 263 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2021 жылғы 12 қарашадағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 25450 болып тіркелген) шешімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z41" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) Мәслихаттың "Мәслихаттың 2015 жылғы 20 наурыздағы № 263 "Бейімбет Майлин ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" 2022 жылғы 27 маусымдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 131</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28640 болып тіркелген) шешімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z42" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z42" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) Мәслихаттың "Мәслихаттың 2015 жылғы 20 наурыздағы № 263 "Бейімбет Майлин ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" 2022 жылғы 5 мамырдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10008 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>