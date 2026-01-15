--- v0 (2025-10-12)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1b26af1" w14:textId="1b26af1">
+    <w:p w14:paraId="5c2ab06" w14:textId="5c2ab06">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Меңдіқара ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
+        <w:t>Меңдіқара ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қостанай облысы Меңдіқара ауданы мәслихатының 2024 жылғы 22 мамырдағы № 127 шешімі. Қостанай облысының Әділет департаментінде 2024 жылғы 31 мамырда № 10219-10 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - Қостанай облысы Меңдіқара ауданы мәслихатының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін - өзі басқару туралы" Қазақстан Республикасының Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6 - бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -172,159 +210,228 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Меңдіқара аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Меңдіқара ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі осы шешімнің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес айқындалсын.</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Меңдіқара ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары осы шешімнің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Меңдіқара ауданы мәслихатының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Меңдіқара аудандық мәслихатының кейбір шешімдердің күші осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2 - қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -342,51 +449,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Аудаңдық мәслихаттың төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -672,368 +779,446 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="4"/>
+    <w:bookmarkStart w:name="z13" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Меңдіқара ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="5"/>
+        <w:t xml:space="preserve"> Меңдіқара ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның тақырыбы жаңа редакцияда - Қостанай облысы Меңдіқара ауданы мәслихатының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Меңдіқара ауданында тұратын, Қазақстан Республикасының аумағындағы жалғыз тұрғынжайы ретінде меншік құқығындағы тұрғынжайда тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға) (бұдан әрі - көрсетілетін қызметті алушылар), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z15" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z16" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының ұлғаюы бөлігінде көрсетілетін байланыс қызметтерін тұтынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z17" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z18" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушылардың тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың жиыны ретінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z19" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұрғын үй көмегін тағайындау "Меңдіқара ауданының жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесімен (бұдан әрі - көрсетілетін қызметті беруші) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z20" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Көрсетілетін қызметті беруші көрсетілетін қызметті алушының жиынтық кірісін "Тұрғын үй көмегін беру қағидаларын бекіту туралы" Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (бұдан әрі - Қағида) айқындалған тәртіппен есептейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z21" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының жиынтық кірісіне шығыстарының шекті жол берілетін деңгейі бес (5) процент мөлшерінде айқындалды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тұрғын үй көмегін тағайындау кезінде бір адамға 15 (он бес) шаршы метрден кем емес және 18 (он сегіз) шаршы метрден артық емес, бірақ бір бөлмелі пәтерден немесе жатақханадағы бөлмеден кем емес аудан нормасы қабылданады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Қостанай облысы Меңдіқара ауданы мәслихатының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Әлеуметтік тұрғыдан қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің көтерілуіне өтемақы төлеу "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті алушы (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) тұрғын үй көмегін тағайындау үшін тоқсанына бір рет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қағидаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі - Мемлекеттік корпорация) немесе "электрондық үкіметінің" веб-порталына арқылы жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Тұрғын үй көмегін тағайындау" мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1090,110 +1275,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Тұрғын үй көмегі көрсетілген қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде шығыстар сметасына сәйкес кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге және коммуналдық қызметтерге ақы төлеу шоттары бойынша жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға бюджет қаражаты есебінен көрсетіледі.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+      7. Тұрғын үй көмегі көрсетілген қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес есептейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - Қостанай облысы Меңдіқара ауданы мәслихатының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тұрғын үй көмегін тағайындау аз қамтылған отбасыларға (азаматтарға) тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті алушыға тұрғын үй көмегін төлеуді көрсетілетін қызметті беруші тұрғын үй көмегін алушылардың жеке шоттарына есептелген сомаларды аудару жолымен екінші деңгейдегі банктер арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1428,388 +1713,388 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Меңдіқара аудандық мәслихатының күші жойылды деп танылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z35" w:id="21"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z35" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Мәслихатының "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2014 жылғы 28 қарашадағы № 272 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5241 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z36" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мәслихаттың "Мәслихатының 2014 жылғы 28 қарашадағы № 272 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгеріс енгізу туралы" 2015 жылғы 20 наурыздағы № 298 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5503 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z37" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Мәслихаттың "Мәслихатының 2014 жылғы 28 қарашадағы № 272 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2015 жылғы 21 желтоқсандағы № 367 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6134 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z38" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Мәслихаттың "Мәслихатының 2014 жылғы 28 қарашадағы № 272 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2016 жылғы 3 маусымдағы № 29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6490 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z39" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Мәслихаттың "Мәслихатының 2014 жылғы 28 қарашадағы № 272 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2018 жылғы 20 қарашадағы № 235 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8111 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z40" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Мәслихаттың "Мәслихатының 2014 жылғы 28 қарашадағы № 272 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2020 жылғы 4 мамырдағы № 367 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9176 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z41" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Мәслихаттың "Мәслихатының 2014 жылғы 28 қарашадағы № 272 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2021 жылғы 21 желтоқсандағы № 65 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 25926 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z42" w:id="28"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z42" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Мәслихаттың "Мәслихатының 2014 жылғы 28 қарашадағы № 272 "Меңдіқара ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгеріс енгізу туралы" 2023 жылғы 4 сәуірдегі № 21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9971 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>