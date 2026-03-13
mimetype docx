--- v0 (2025-10-12)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e6d66c1" w14:textId="e6d66c1">
+    <w:p w14:paraId="9c9da6c" w14:textId="9c9da6c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,87 +76,129 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қостанай ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
+        <w:t>Қостанай ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қостанай облысы Қостанай ауданы мәслихатының 2024 жылғы 23 сәуірдегі № 168 шешімі. Қостанай облысының Әділет департаментінде 2024 жылғы 2 мамырда № 10189-10 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Тақырып жаңа редакцияда - Қостанай облысы Қостанай ауданы мәслихатының 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Тұрғын үй қатынастары туралы" Қазақстан Республикасының </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Тұрғын үй қатынастары туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -174,152 +216,221 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Тұрғын үй көмегін беру қағидаларын бекіту туралы" Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандагы № 117 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) сәйкес, Қостанай аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Қостанай ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары осы шешімнің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Қостанай ауданы мәслихатының 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Осы шешімнің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, Қостанай аудандық мәслихатының кейбір шешімдерінің күші жойылды деп танылсын.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Осы шешім оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізілсін.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...99 lines deleted...]
-    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -414,50 +525,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Сартов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -757,528 +889,705 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="4"/>
+    <w:bookmarkStart w:name="z14" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қостанай ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі </w:t>
+        <w:t xml:space="preserve"> Қостанай ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...337 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-қосымшаның тақырыбы жаңа редакцияда - Қостанай облысы Қостанай ауданы мәслихатының 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Қостанай ауданында тұратын, Қазақстан Республикасының аумағындағы жалғыз тұрғынжайы ретінде меншік құқығындағы тұрғынжайда тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға) (бұдан әрі - көрсетілетін қызметті алушылар), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарға;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының ұлғаюы бөлігінде көрсетілетін байланыс қызметтерін тұтынуға;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушылардың тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың жиыны ретінде айқындалады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Тұрғын үй көмегін тағайындау Қостанай ауданы әкімдігінің "Жұмыспен қамту және әлеуметтік бағдарламалары бөлімі" мемлекеттік мекемесімен (бұдан әрі - көрсетілетін қызметті беруші) жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Көрсетілетін қызметті алушының жиынтық кірісін көрсетілетін қызметті беруші тұрғын үй көмегін тағайындауға өтініш білдірген тоқсанның алдындағы тоқсанға "Тұрғын үй көмегін беру қағидаларын бекіту туралы" Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) айқындалған тәртіппен есептейді (бұдан әрі - Қағида).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының жиынтық кірісіне шығыстарының шекті жол берілетін деңгейі 5 (бес) процент мөлшерінде айқындалды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - Қостанай облысы Қостанай ауданы мәслихатының 25.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 235</w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Қостанай облысы Қостанай ауданы мәслихатының 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Әлеуметтік тұрғыдан қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің көтерілуіне өтемақы төлеу "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Көрсетілетін қызметті алушы (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) тұрғын үй көмегін тағайындау үшін тоқсанына бір рет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі - Мемлекеттік корпорация) немесе "электрондық үкіметтің" веб-порталы арқылы жүгінеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Тұрғын үй көмегін тағайындау" мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - Қостанай облысы Қостанай ауданы мәслихатының 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 235</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Тұрғын үй көмегі көрсетілген қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес есептейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - Қостанай облысы Қостанай ауданы мәслихатының 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Тұрғын үй көмегін тағайындау көрсетілетін қызметті алушыларға тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Көрсетілетін қызметті алушыға тұрғын үй көмегін төлеу есептелген сомаларды тұрғын үй көмегін алушылардың жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="17"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1578,388 +1887,437 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="20"/>
+    <w:bookmarkStart w:name="z36" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қостанай аудандық мәслихатының күші жойылды деп танылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z37" w:id="21"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Мәслихаттың "Тұрғын үй көмегін көрсету ережесін бекіту туралы" 2014 жылғы 14 қарашадағы № 247 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5219 болып тіркелген).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      1. Мәслихаттың "Тұрғын үй көмегін көрсету ережесін бекіту туралы" 2014 жылғы 14 қарашадағы № 247 </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Мәслихаттың "Мәслихаттың 2014 жылғы 14 қарашадағы № 247 "Тұрғын үй көмегін көрсету ережесін бекіту туралы" шешіміне өзгеріс енгізу туралы" 2015 жылғы 11 наурыздағы № 280 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5219 болып тіркелген).</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5491 болып тіркелген).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Мәслихаттың "Мәслихаттың 2014 жылғы 14 қарашадағы № 247 "Тұрғын үй көмегін көрсету ережесін бекіту туралы" шешіміне өзгерістер енгізу туралы" 2016 жылғы 1 сәуірдегі № 14 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6309 болып тіркелген).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Мәслихаттың "Мәслихаттың 2014 жылғы 14 қарашадағы № 247 "Тұрғын үй көмегін көрсету ережесін бекіту туралы" шешіміне өзгеріс енгізу туралы" 2017 жылғы 14 наурыздағы № 117 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6949 болып тіркелген).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Мәслихаттың "Мәслихаттың 2014 жылғы 14 қарашадағы № 247 "Тұрғын үй көмегін көрсету ережесін бекіту туралы" шешіміне өзгерістер енгізу туралы" 2018 жылғы 26 қыркүйектегі № 323 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8075 болып тіркелген).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Мәслихаттың "Мәслихаттың 2014 жылғы 14 қарашадағы № 247 "Тұрғын үй көмегін көрсету ережесін бекіту туралы" шешіміне өзгерістер енгізу туралы" 2020 жылғы 20 мамырдағы № 529 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9217 болып тіркелген).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Мәслихаттың "Мәслихаттың 2014 жылғы 14 қарашадағы № 247 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2021 жылғы 11 қарашадағы № 102 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 25302 болып тіркелген).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Мәслихаттың "Мәслихаттың 2014 жылғы 14 қарашадағы № 247 "Қостанай ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" 2023 жылғы 28 сәуірдегі № 30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9994 болып тіркелген).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-[...279 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>