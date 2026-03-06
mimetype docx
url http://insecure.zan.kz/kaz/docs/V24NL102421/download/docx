--- v0 (2025-10-12)
+++ v1 (2026-03-06)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1e47fd6" w14:textId="1e47fd6">
+    <w:p w14:paraId="6644cfe" w14:textId="6644cfe">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қарабалық ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Қарабалық ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қостанай облысы Қарабалық ауданы мәслихатының 2024 жылғы 9 шілдедегі № 136 шешімі. Қостанай облысының Әділет департаментінде 2024 жылғы 24 шілдеде № 10242-10 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда  - Қостанай облысы Қарабалық ауданы мәслихатының 06.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>97-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -172,134 +210,204 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қарабалық аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы шешімнің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қарабалық ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі айқындалсын.</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Қарабалық ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары осы шешімнің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Қарабалық ауданы мәслихатының 06.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қарабалық аудандық мәслихатының кейбір шешімдерінің күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -737,428 +845,742 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="4"/>
+    <w:bookmarkStart w:name="z14" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қарабалық ауданында тұрғын үй көмегін көрсету мөлшері мен тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="5"/>
+        <w:t xml:space="preserve"> Қарабалық ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның тақырыбы жаңа редакцияда  - Қостанай облысы Қарабалық ауданы мәслихатының 06.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен жалғыз тұрғынжай ретінде Қазақстан Республикасының аумағында меншік құқығында тұрған тұрғынжайда Қарабалық ауданында тұратын, тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға) (бұдан әрі - көрсетілетін қызметті алушы), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z16" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z16" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z17" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z17" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z18" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z18" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z19" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың сомасы ретінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z20" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұрғын үй көмегін тағайындауды "Қарабалық ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі (бұдан әрі - көрсетілетін қызметті беруші) жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z21" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Көрсетілетін қызметті алушының жиынтық табысын "Тұрғын үй көмегін беру қағидаларын бекіту туралы" Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (бұдан әрі - Қағидалар) айқындалған тәртіппен есептейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z22" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Тұрғын үй көмегі кондоминиум объектісін басқару және кондоминиум объектісінің ортақ мүлкін күтіп-ұстау, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеу, коммуналдық көрсетілетін қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтыну, мемлекеттік тұрғын үй қорынан тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды пайдалану шығыстарына ақы төлеу сомасы мен көрсетілетін қызметті алушының осы мақсаттарға шығыстарының шектi жол берiлетiн деңгейiнiң арасындағы айырма ретiнде айқындалады.</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      Көрсетілетін қызметті алушының жиынтық кірісіне шығыстарының шекті жол берілетін деңгейі бес (5) процент мөлшерінде айқындалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушының жиынтық табысына шекті жол берілетін шығыстар үлесі 5 (бес) пайыз мөлшерінде.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Қостанай облысы Қарабалық ауданы мәслихатының 06.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тұрғын үй көмегін тағайындау кезінде пайдалы алаңы бір адамға 15 (он бес) шаршы метрден кем емес және 18 (он сегіз) шаршы метрден артық емес мөлшерде, бірақ бір бөлмелі пәтерден немесе жатақханадағы бөлмеден кем емес алаң нормасы қабылданады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="15"/>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Әлеуметтік тұрғыдан қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің көтерілуіне өтемақы төлеу "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z26" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Көрсетілетін қызметті алушы (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) тұрғын үй көмегін тағайындау үшін Тұрғын үй көмегін көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі – Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталына тоқсанына бір рет жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Тұрғый үй көмегін тағайындау" мемлекеттік қызметті көрсетуге қойылатын негізі талаптардың тізбесі Тұрғын үй көмегін көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Көрсетілетін қызметті алушы (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) тұрғын үй көмегін тағайындау үшін тоқсанына бір рет Қағидаларға сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі - Мемлекеттік корпорация) немесе "электрондық үкіметтің" веб-порталы арқылы жүгінеді.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - Қостанай облысы Қарабалық ауданы мәслихатының 06.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау немесе көрсетуден бас тарту туралы дәлелді жауап беру мерзімі Мемлекеттік корпорациядан немесе "электрондық үкімет" веб-порталынан құжаттардың толық топтамасын алған күннен бастап 8 (сегіз) жұмыс күнін құрайды.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тұрғын үй көмегі көрсетілген қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес есептейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - Қостанай облысы Қарабалық ауданы мәслихатының 06.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тұрғын үй көмегін тағайындау аудан бюджетінде тиісті қаржы жылына көзделген қаражат шегінде көрсетілетін қызметті алушыларға жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z30" w:id="20"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z30" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті алушыға тұрғын үй көмегін төлеуді көрсетілетін қызметті берушімен есептелген сомаларды тұрғын үй көмегін алушылардың немесе қызмет көрсетушілердің жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1523,388 +1945,388 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 136</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="21"/>
+    <w:bookmarkStart w:name="z37" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень признанных утратившими силу некоторых решений Карабалыкского районного маслихата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z38" w:id="22"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z38" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Решение маслихата "Об утверждении Правил оказания жилищной помощи" от 31 октября 2014 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 283</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 5173).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z39" w:id="23"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z39" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Решение маслихата "О внесении изменения в решение маслихата от 31 октября 2014 года № 283 "Об утверждении Правил оказания жилищной помощи" от 24 февраля 2015 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 326</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 5419).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z40" w:id="24"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z40" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Решение маслихата "О внесении изменений в решение маслихата от 31 октября 2014 года № 283 "Об утверждении Правил оказания жилищной помощи" от 24 декабря 2015 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 422</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 6127).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z41" w:id="25"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z41" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Решение маслихата "О внесении изменений в решение маслихата от 31 октября 2014 года № 283 "Об утверждении Правил оказания жилищной помощи" от 5 мая 2016 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 6410).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z42" w:id="26"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z42" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Решение маслихата "О внесении изменений в решение маслихата от 31 октября 2014 года № 283 "Об утверждении Правил оказания жилищной помощи" от 2 ноября 2018 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 313</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 8078).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z43" w:id="27"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z43" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Решение маслихата "О внесении изменений в решение маслихата от 31 октября 2014 года № 283 "Об утверждении Правил оказания жилищной помощи" от 11 мая 2020 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 491</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 9202).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z44" w:id="28"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z44" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Решение маслихата "О внесении изменений в решение маслихата от 31 октября 2014 года № 283 "Об утверждении Правил оказания жилищной помощи" от 29 ноября 2021 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 25652).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z45" w:id="29"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z45" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Решение Карабалыкского районного маслихата "О внесении изменения в решение маслихата от 31 октября 2014 года № 283 "Об определении размера и порядка оказания жилищной помощи в Карабалыкском районе" от 28 июля 2022 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 28931).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>