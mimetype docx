--- v0 (2025-11-26)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9cdc42b" w14:textId="9cdc42b">
+    <w:p w14:paraId="2c812d2" w14:textId="2c812d2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қамысты ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
+        <w:t>Қамысты ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қостанай облысы Қамысты ауданы мәслихатының 2024 жылғы 22 сәуірдегі № 171 шешімі. Қостанай облысының Әділет департаментінде 2024 жылғы 2 мамырда № 10186-10 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - Қостанай облысы Қамысты ауданы мәслихатының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -171,75 +209,117 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қамысты аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес айқындалсын.</w:t>
+        <w:t>
+      1. Қамысты ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары осы шешімнің қосымшасына сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Қамысты ауданы мәслихатының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -686,54 +766,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қамысты ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі</w:t>
+        <w:t xml:space="preserve"> Қамысты ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымшаның тақырыбы жаңа редакцияда - Қостанай облысы Қамысты ауданы мәслихатының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Қамысты ауданында тұратын, Қазақстан Республикасының аумағындағы жалғыз тұрғынжайы ретінде меншік құқығындағы тұрғынжайда тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға) (бұдан әрі - көрсетілетін қызметті алушылар), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z15" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -865,215 +983,265 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (бұдан әрі – Қағида) айқындалған тәртіппен есептейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалды.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының жиынтық кірісіне шығыстарының шекті жол берілетін деңгейі бес (5) процент мөлшерінде айқындалды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тұрғын үй көмегін тағайындау кезінде бір адамға 15 (он бес) шаршы метрден кем емес және 18 (он сегіз) шаршы метрден артық емес, бірақ бір бөлмелі пәтерден немесе жатақханадағы бөлмеден кем емес аудан нормасы қабылданады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Қостанай облысы Қамысты ауданы мәслихатының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің көтерілуіне өтемақы төлемі жүзеге асырылады (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті алушы (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) тұрғын үй көмегін тағайындау үшін тоқсанына бір рет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қағидаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі - Мемлекеттік корпорация) немесе "электрондық үкіметтің" веб-порталы арқылы жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z8" w:id="17"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z8" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Тұрғын үй көмегін тағайындау" мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1092,110 +1260,212 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тұрғын үй көмегі көрсетілген қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z17" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес есептейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - Қостанай облысы Қамысты ауданы мәслихатының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тұрғын үй көмегін тағайындау көрсетілетін қызметті алушыларға тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті алушыға тұрғын үй көмегін төлеу есептелген сомаларды тұрғын үй көмегін алушылардың жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1430,348 +1700,348 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қамысты аудандық мәслихатының күші жойылды деп танылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Мәслихаттың "Қамысты ауданында аз қамтылған отбасыларға (азаматтарға) тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" 2015 жылғы 22 желтоқсандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 331</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6140 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мәслихаттың "Мәслихаттың 2015 жылғы 22 желтоқсандағы № 331 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2016 жылғы 18 мамырдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6449 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z37" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Мәслихаттың "Мәслихаттың 2015 жылғы 22 желтоқсандағы № 331 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгеріс енгізу туралы" 2017 жылғы 29 наурыздағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6990 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z38" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z38" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Мәслихаттың "Мәслихаттың 2015 жылғы 22 желтоқсандағы № 331 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2018 жылғы 13 қарашадағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8091 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z39" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z39" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Мәслихаттың "Мәслихаттың 2015 жылғы 22 желтоқсандағы № 331 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2020 жылғы 15 маусымдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 331</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9277 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z40" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z40" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Мәслихаттың "Қамысты аудандық мәслихатының 2015 жылғы 22 желтоқсандағы № 331 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2021 жылғы 27 қазандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 25263 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z41" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Мәслихаттың "Мәслихаттың 2015 жылғы 22 желтоқсандағы № 331 "Қамысты ауданында аз қамтылған отбасыларға (азаматтарға) тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгеріс енгізу туралы" 2023 жылғы 25 тамыздағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10056 болып тіркелген) шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>