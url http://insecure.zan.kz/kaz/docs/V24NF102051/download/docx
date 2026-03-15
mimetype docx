--- v0 (2025-10-12)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="10b6938" w14:textId="10b6938">
+    <w:p w14:paraId="4434d7c" w14:textId="4434d7c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,51 +102,89 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қостанай облысы Амангелді ауданы мәслихатының 2024 жылғы 15 мамырдағы № 89 шешімі. Қостанай облысының Әділет департаментінде 2024 жылғы 16 мамырда № 10205-10 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - Қостанай облысы Амангелді ауданы мәслихатының 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -172,134 +210,204 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Амангелді аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Амангелді ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі осы шешімнің </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Амангелді ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес айқындалсын.</w:t>
+        <w:t xml:space="preserve"> сәйкес бекітілсін</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Амангелді ауданы мәслихатының 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Амангелді аудандық мәслихатының кейбір шешімдерінің күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -672,368 +780,454 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="4"/>
+    <w:bookmarkStart w:name="z13" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Амангелді ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="5"/>
+        <w:t xml:space="preserve"> Амангелді ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның тақырыбы жаңа редакцияда - Қостанай облысы Амангелді ауданы мәслихатының 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Амангелді ауданында тұратын, Қазақстан Республикасының аумағындағы жалғыз тұрғынжайы ретінде меншік құқығындағы тұрғынжайда тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға) (бұдан әрі - көрсетілетін қызметті алушылар), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z15" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z16" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z17" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z18" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушылардың тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың жиыны ретінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z19" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұрғын үй көмегін тағайындау "Амангелді ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" коммуналдық мемлекеттік мекемесімен (бұдан әрі – көрсетілетін қызметті беруші) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z20" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Көрсетілетін қызметті беруші көрсетілетін қызметті алушының жиынтық кірісін "Тұрғын үй көмегін беру қағидаларын бекіту туралы" Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (бұдан әрі – Қағида) айқындалған тәртіппен есептейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z21" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының жиынтық кірісіне шығыстарының шекті жол берілетін деңгейі бес (5) процент мөлшерінде айқындалды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тұрғын үй көмегін тағайындау кезінде бір адамға 15 (он бес) шаршы метрден кем емес және 18 (он сегіз) шаршы метрден артық емес, бірақ бір бөлмелі пәтерден немесе жатақханадағы бөлмеден кем емес аудан нормасы қабылданады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Қостанай облысы Амангелді ауданы мәслихатының 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің көтерілуіне өтемақы төлемі жүзеге асырылады (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті алушы (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қағидаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тұрғын үй көмегін тағайындау үшін "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі - Мемлекеттік корпорация) немесе "электрондық үкіметтің" веб-порталына тоқсанына бір рет жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Тұрғын үй көмегін тағайындау" мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1110,110 +1304,218 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z27" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Тұрғын үй көмегі көрсетілген қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес есептейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Тұрғын үй көмегі көрсетілген қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - Қостанай облысы Амангелді ауданы мәслихатының 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тұрғын үй көмегін тағайындау көрсетілетін қызметті алушыларға тиісті қаржы жылына арналған қала бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті алушыға тұрғын үй көмегін төлеу есептелген сомаларды тұрғын үй көмегін алушылардың жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1448,282 +1750,282 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Амангелді аудандық мәслихатының кейбір күші жойылған шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z35" w:id="21"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z35" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Мәслихаттың "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2016 жылғы 19 сәуірдегі № 13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6377 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z36" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мәслихаттың "Мәслихаттың 2016 жылғы 19 сәуірдегі № 13 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2019 жылғы 29 мамырдағы № 299 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8493 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z37" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Мәслихаттың "Мәслихаттың 2016 жылғы 19 сәуірдегі № 13 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2020 жылғы 22 мамырдағы № 384 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9221 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z38" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Мәслихаттың "Мәслихаттың 2016 жылғы 19 сәуірдегі № 13 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгеріс енгізу туралы" 2022 жылғы 4 тамыздағы № 128 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 29026 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2049,31 +2351,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>