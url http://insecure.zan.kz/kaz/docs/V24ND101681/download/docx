--- v0 (2025-11-29)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6e0b11a" w14:textId="6e0b11a">
+    <w:p w14:paraId="4eeb2cc" w14:textId="4eeb2cc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Лисаков қаласында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
+        <w:t>Лисаков қаласында тұрғын үй көмегін көрсетудің мөлшері мен Қағидасын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қостанай облысы Лисаков қаласы мәслихатының 2024 жылғы 15 наурыздағы № 87 шешімі. Қостанай облысының Әділет департаментінде 2024 жылғы 3 сәуірде № 10168-10 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - Қостанай облысы Лисаков қаласы мәслихатының 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 199</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -172,74 +210,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Лисаков қалалық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы шешімнің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Лисаков қаласында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі айқындалсын.</w:t>
+      1. Лисаков қаласында тұрғын үй көмегін көрсетудің мөлшері мен Қағидасы осы шешімнің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Лисаков қаласы мәслихатының 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 199</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -686,54 +786,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Лисаков қаласында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі</w:t>
+        <w:t xml:space="preserve"> Лисаков қаласында тұрғын үй көмегін көрсетудің мөлшері және Қағидасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымшаның тақырыбы жаңа редакцияда - Қостанай облысы Лисаков қаласы мәслихатының 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 199</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Қостанай қаласында тұратын, Қазақстан Республикасының аумағындағы жалғыз тұрғынжайы ретінде меншік құқығындағы тұрғынжайда тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға) (бұдан әрі - көрсетілетін қызметті алушылар), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z15" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -865,175 +1003,261 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (бұдан әрі – Қағида) айқындалған тәртіппен есептейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалды.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының жиынтық кірісіне шығыстарының шекті жол берілетін деңгейі бес (5) процент мөлшерінде айқындалды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұрғын үй көмегінің мөлшері көрсетілетін қызметті берушімен Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес есептейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тұрғын үй көмегін тағайындау кезінде бір адамға 15 (он бес) шаршы метрден кем емес және 18 (он сегіз) шаршы метрден артық емес, бірақ бір бөлмелі пәтерден немесе жатақханадағы бөлмеден кем емес аудан нормасы қабылданады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Қостанай облысы Лисаков қаласы мәслихатының 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 199</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 295/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығына сәйкес әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің көтерілуіне өтемақы төлемі жүзеге асырылады (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті алушы (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қағида</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі – Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталына тоқсанына бір рет жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Тұрғын үй көмегін тағайындау" мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1090,110 +1314,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тұрғын үй көмегі көрсетілген қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z28" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тұрғын үй көмегін тағайындау көрсетілетін қызметті алушыларға тиісті қаржы жылына арналған қала бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті алушыға тұрғын үй көмегін төлеу есептелген сомаларды тұрғын үй көмегін алушылардың немесе қызмет көрсетушілердің жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1428,402 +1652,402 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лисаков қалалық мәслихатының күші жойылды деп танылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z35" w:id="21"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z35" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Мәслихаттың "Тұрғын үй көмегін көрсету қағидаларын бекіту туралы" 2015 жылғы 29 сәуірдегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 297</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5621 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z36" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мәслихаттың "Мәслихаттың "Тұрғын үй көмегін көрсету қағидаларын бекіту туралы" 2015 жылғы 29 сәуірдегі № 297 шешіміне өзгерістер енгізу туралы" 2015 жылғы 21 желтоқсандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 386</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6130 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z37" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Мәслихаттың "Мәслихаттың "Тұрғын үй көмегін көрсету қағидаларын бекіту туралы" 2015 жылғы 29 сәуірдегі № 297 шешіміне өзгерістер енгізу туралы" 2016 жылғы 3 маусымдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6491 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z38" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Мәслихаттың "Мәслихаттың "Тұрғын үй көмегін көрсету қағидаларын бекіту туралы" 2015 жылғы 29 сәуірдегі № 297 шешіміне өзгерістер енгізу туралы" 2018 жылғы 10 қазандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 276</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8080 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z39" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Мәслихаттың "Мәслихаттың "Тұрғын үй көмегін көрсету қағидаларын бекіту туралы" 2015 жылғы 29 сәуірдегі № 297 шешіміне өзгерістер енгізу туралы" 2020 жылғы 7 сәуірдегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 393</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9128 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z40" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Мәслихаттың "Мәслихаттың "Тұрғын үй көмегін көрсету қағидаларын бекіту туралы" 2015 жылғы 29 сәуірдегі № 297 шешіміне өзгерістер енгізу туралы" 2021 жылғы 5 мамырдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9905 болып тіркелген) шешімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z41" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Мәслихаттың "Мәслихаттың "Тұрғын үй көмегін көрсету қағидаларын бекіту туралы" 2015 жылғы 29 сәуірдегі № 297 шешіміне өзгерістер енгізу туралы" 2022 жылғы 6 маусымдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 146</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28387 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>