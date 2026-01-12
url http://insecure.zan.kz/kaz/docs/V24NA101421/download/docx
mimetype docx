--- v0 (2025-10-12)
+++ v1 (2026-01-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3078055" w14:textId="3078055">
+    <w:p w14:paraId="92f4cfa" w14:textId="92f4cfa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қостанай қаласында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
+        <w:t>Қостанай қаласында тұрғын үй көмегін көрсетудің мөлшері мен қағидасын айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қостанай облысы Қостанай қаласы мәслихатының 2024 жылғы 9 ақпандағы № 80 шешімі. Қостанай облысының Әділет департаментінде 2024 жылғы 15 ақпанда № 10142-10 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - Қостанай облысы Қостанай қаласы мәслихатының 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 198</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -172,134 +210,204 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қостанай қалалық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қостанай қаласында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі осы шешімнің </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Қостанай қаласында тұрғын үй көмегін көрсетудің мөлшері мен қағидасы осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Қостанай қаласы мәслихатының 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 198</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қостанай қалалық мәслихатының кейбір шешімдерінің күші осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -672,368 +780,446 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымшасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="4"/>
+    <w:bookmarkStart w:name="z13" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қостанай қаласында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="5"/>
+        <w:t xml:space="preserve"> Қостанай қаласында тұрғын үй көмегін көрсетудің мөлшері мен қағидасы"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның тақырыбы жаңа редакцияда - Қостанай облысы Қостанай қаласы мәслихатының 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 198</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Қостанай қаласында тұратын, Қазақстан Республикасының аумағындағы жалғыз тұрғынжайы ретінде меншік құқығындағы тұрғынжайда тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға) (бұдан әрі - көрсетілетін қызметті алушылар), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z15" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z16" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z17" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z18" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушылардың тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың жиыны ретінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z19" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұрғын үй көмегін тағайындау "Қостанай қаласы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесімен (бұдан әрі – көрсетілетін қызметті беруші) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z20" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Көрсетілетін қызметті беруші көрсетілетін қызметті алушының жиынтық кірісін "Тұрғын үй көмегін беру қағидаларын бекіту туралы" Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (бұдан әрі – Қағида) айқындалған тәртіппен есептейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z21" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының жиынтық кірісіне шығыстарының шекті жол берілетін деңгейі бес (5) процент мөлшерінде айқындалды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тұрғын үй көмегін тағайындау кезінде бір адамға 15 (он бес) шаршы метрден кем емес және 18 (он сегіз) шаршы метрден артық емес, бірақ бір бөлмелі пәтерден немесе жатақханадағы бөлмеден кем емес аудан нормасы қабылданады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Қостанай облысы Қостанай қаласы мәслихатының 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 198</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің көтерілуіне өтемақы төлемі жүзеге асырылады (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті алушы (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) тұрғын үй көмегін тағайындау үшін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қағидаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі – Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталына тоқсанына бір рет жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Тұрғый үй көмегін тағайындау" мемлекеттік қызметті көрсетуге қойылатын негізі талаптардың тізбесі Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1090,110 +1276,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тұрғын үй көмегі көрсетілген қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес есептейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - Қостанай облысы Қостанай қаласы мәслихатының 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 198</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тұрғын үй көмегін тағайындау көрсетілетін қызметті алушыларға тиісті қаржы жылына арналған қала бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті алушыға тұрғын үй көмегін төлеу есептелген сомаларды тұрғын үй көмегін алушылардың немесе қызмет көрсетушілердің жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1428,482 +1714,482 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымшасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қостанай қалалық мәслихатының күші жойылды деп танылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z35" w:id="21"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z35" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қостанай қалалық мәслихатының "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2015 жылғы 9 ақпандағы № 291 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 5400 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z36" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қостанай қалалық мәслихатының "Мәслихаттың "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2015 жылғы 09 ақпандағы № 291 шешіміне өзгерістер енгізу туралы" 2015 жылғы 22 желтоқсандағы № 397 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 6136 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z37" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қостанай қалалық мәслихатының "Мәслихаттың "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2015 жылғы 9 ақпандағы № 291 шешіміне өзгерістер енгізу туралы" 2016 жылғы 3 маусымдағы № 42 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 6511 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z38" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қостанай қалалық мәслихатының "Мәслихаттың "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2015 жылғы 9 ақпандағы № 291 шешіміне өзгерістер енгізу туралы" 2017 жылғы 27 қаңтардағы № 104 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 6828 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z39" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қостанай қалалық мәслихатының "Мәслихаттың "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2015 жылғы 09 ақпандағы № 291 шешіміне өзгерістер енгізу туралы" 2018 жылғы 12 қазандағы № 292 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 8112 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z40" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Қостанай қалалық мәслихатының "Мәслихаттың "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2015 жылғы 9 ақпандағы № 291 шешіміне өзгерістер енгізу туралы" 2020 жылғы 31 наурыздағы № 465 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 9111 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z41" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Қостанай қалалық мәслихатының "Мәслихаттың "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2015 жылғы 9 ақпандағы № 291 шешіміне өзгерістер енгізу туралы" 2021 жылғы 1 қарашадағы № 63 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 25143 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z42" w:id="28"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z42" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Қостанай қалалық мәслихатының "Мәслихаттың "Қостанай қаласында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" 2015 жылғы 9 ақпандағы № 291 шешіміне өзгеріс енгізу туралы" 2023 жылғы 14 маусымдағы № 35 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 10031 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z43" w:id="29"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z43" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Қостанай қалалық мәслихатының "Мәслихаттың "Қостанай қаласында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" 2015 жылғы 9 ақпандағы № 291 шешіміне өзгеріс енгізу туралы" 2023 жылғы 2 қарашадағы № 62 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 10073 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>