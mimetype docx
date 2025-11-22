--- v0 (2025-10-06)
+++ v1 (2025-11-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="db6f038" w14:textId="db6f038">
+    <w:p w14:paraId="4023b2a" w14:textId="4023b2a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Маңғыстау облысы Бейнеу аудандық мәслихатының 2024 жылғы 26 наурыздағы № 14/121 шешімі. Маңғыстау облысы Әділет департаментінде 2024 жылғы 28 наурызда № 4678-12 болып тіркелді</w:t>
+        <w:t>Маңғыстау облысы Бейнеу аудандық мәслихатының 2024 жылғы 26 наурыздағы № 14/121 шешімі. Маңғыстау облысы Әділет департаментінде 2024 жылғы 28 наурызда № 4678-12 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -955,150 +955,206 @@
         <w:t xml:space="preserve">
       5. Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 295/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Көрсетілетін қызметті алушы (немесе оның сенiмхатқа, заңнамаға, сот шешiмiне не әкiмшiлiк актіге негiзделген өкiлеттігі күшімен өкілі) тұрғын үй көмегін тағайындау үшін тоқсанына бір рет Тұрғын үй көмегін беру қағидаларына сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі - Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталына жүгінеді.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау не бас тарту туралы дәлелді жауап беру мерзімі Мемлекеттік корпорациядан немесе "электрондық үкімет" веб-порталынан құжаттардың толық топтамасын қабылдаған күннен бастап 6 (алты) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6 -тармақ жаңа редакцияда - Маңғыстау облысы Бейнеу аудандық мәслихатының 15.08.2025 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32/243 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Тұрғын үй көмегі көрсетілетін қызметті алушыларға шығыстар сметасына және коммуналдық қызметтерді төлеуге шоттарына сәйкес кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттар бойынша бюджет қаражаты есебінен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Тұрғын үй көмегін тағайындау көрсетілетін қызметті алушыларға тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
-[...15 lines deleted...]
-      Құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау немесе бас тарту туралы дәлелді жауап беру мерзімі Мемлекеттік корпорациядан немесе "электрондық үкімет" веб-порталынан құжаттардың толық топтамасын қабылдаған күннен бастап 8 (сегіз) жұмыс күнін құрайды.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Көрсетілетін қызметті алушыға тұрғын үй көмегін төлеуді көрсетілетін қызметті беруші есептелген сомаларды тұрғын үй көмегін алушылардың жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1268,482 +1324,482 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 14/121 шешіміне 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бейнеу аудандық мәслихатының күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2018 жылғы 23 қарашадағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№27/226</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>  "Бейнеу ауданында аз қамтамасыз етілген отбасыларға (азаматтарға) тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №3722 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. 2019 жылғы 19 қарашадағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№42/332</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашадағы №27/226 "Бейнеу ауданында аз қамтамасыз етілген отбасыларға (азаматтарға) тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер мен толықтыру енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №4036 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2020 жылғы 11 қыркүйектегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№53/423</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашадағы №27/226 "Бейнеу ауданында аз қамтамасыз етілген отбасыларға (азаматтарға) тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы" шешіміне өзгеріс енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №4288 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. 2021 жылғы 10 наурыздағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№3/29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашадағы №27/226 "Бейнеу ауданында аз қамтамасыз етілген отбасыларға (азаматтарға) тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №4466 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. 2021 жылғы 12 қазандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№11/98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашадағы №27/226 "Бейнеу ауданында аз қамтамасыз етілген отбасыларға (азаматтарға) тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №24916 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. 2022 жылғы 10 қаңтардағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№15/150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашадағы №27/226 "Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №26526 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. 2022 жылғы 30 қыркүйектегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№24/232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашасындағы №27/226 "Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №29974 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. 2023 жылғы 25 сәуірдегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№2/11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашадағы №27/226 "Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №4556-12 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. 2023 жылғы 13 қазандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№6/58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашадағы №27/226 "Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №4614-12 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>