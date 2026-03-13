--- v1 (2025-11-22)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4023b2a" w14:textId="4023b2a">
+    <w:p w14:paraId="a56ad0f" w14:textId="a56ad0f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,230 +76,324 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
+        <w:t>Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен қағидаларын айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Маңғыстау облысы Бейнеу аудандық мәслихатының 2024 жылғы 26 наурыздағы № 14/121 шешімі. Маңғыстау облысы Әділет департаментінде 2024 жылғы 28 наурызда № 4678-12 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен қағидаларын айқындау туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Шешімнің тақырыбы жаңа редакцияда - Маңғыстау облысы Бейнеу аудандық мәслихатының 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 37/289 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Тұрғын үй қатынастары туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">" Қазақстан Республикасының Заңына және "Тұрғын үй көмегін беру қағидаларын бекіту туралы" Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№117</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығына (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) сәйкес Бейнеу аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі айқындалсын.</w:t>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы шешімге 1 қосымшаға сәйкес Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен қағидалары айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Маңғыстау облысы Бейнеу аудандық мәслихатының 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 37/289 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешімге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2 қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тізбе бойынша Бейнеу аудандық мәслихатының кейбір шешімдерінің күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы шешім оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -384,130 +478,130 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Бораш</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Маңғыстау облысының жұмыспен қамтуды</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       үйлестіру және әлеуметтік бағдарламалар </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басқармасы" мемлекеттік мекемесі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -677,328 +771,730 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 14/121 шешіміне 1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның тақырыбы жаңа редакцияда - Маңғыстау облысы Бейнеу аудандық мәслихатының 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 37/289 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Бейнеу ауданында тұратын, Қазақстан Республикасының аумағында жалғыз тұрғынжайы ретінде меншік құқығындағы тұрған тұрғынжайда тұрақты тіркелген және тұратын, аз қамтылған отбасыларға (азаматтарға) (бұдан әрі – көрсетілетін қызметті алушы), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
-[...15 lines deleted...]
-      1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Бейнеу ауданында тұратын, Қазақстан Республикасының аумағында жалғыз тұрғынжайы ретінде меншік құқығындағы тұрған тұрғынжайда тұрақты тіркелген және тұратын, аз қамтылған отбасыларға (азаматтарға) (бұдан әрі – көрсетілетін қызметті алушы), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
-[...15 lines deleted...]
-      кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
-[...15 lines deleted...]
-      коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың жиыны ретінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
-[...15 lines deleted...]
-      мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тұрғын үй көмегін тағайындау "Бейнеу аудандық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесімен (бұдан әрі – көрсетілетін қызметті беруші) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Тұрғын үй көмегін алуға үміткер көрсетілетін қызметті алушының жиынтық кірісін Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 117</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Тұрғын үй көмегін беру қағидаларын бекіту туралы" бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (әрі қарай – Тұрғын үй көмегін беру қағидасы) айқындалған тәртіппен тұрғын үй көмегін тағайындауды жүзеге асыратын көрсетілетін қызметті беруші есептейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдалануға шығыстарды төлеу сомасы мен көрсетілетін қызметті алушының осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретінде 5 (бес) пайыз мөлшерінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Маңғыстау облысы Бейнеу аудандық мәслихатының 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 37/289 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 295/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.1. Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші мынадай нормалар шегінде есептейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұтынушылар үшін газбен жабдықтау жөніндегі коммуналдық қызметті тұтыну нормалары бір адамға он бес текше метрден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке тұрғын үйді тұтынушылар үшін тұрғын үйді жылытуға арналған газбен жабдықтау жөніндегі коммуналдық қызметті тұтыну нормалары бір шаршы метр үшін он бес текше метрден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) табиғи монополиялар саласындағы қызметті реттейтін өңірлік уәкілетті орган белгілеген нормаларға сәйкес тұтынушы үшін электрмен жабдықтау қызметін тұтыну нормалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тұтынушы үшін сумен жабдықтау және (немесе) су бұру қызметтерінің нормалары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір адамға төрт текше метрден аспайтын суық су;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір адамға екі текше метрден аспайтын ыстық су;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тұтынушыларға арналған жылумен жабдықтау қызметін тұтыну нормалары бір адамға айына нөл бүтін жиырма бес мың гигакалориядан аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      есепке алу аспаптары жоқ тұтынушылар үшін "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 27-бабының 34) тармақшасына сәйкес облыстың, республикалық маңызы бар қаланың, астананың әкімдігі бекітетін бір шаршы метрге жылумен жабдықтау жөніндегі қызметті тұтыну нормалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қатты тұрмыстық қалдықтарды жинау және әкету (қоқыс шығару) бір адамға алты жүз елу теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) лифттерге қызмет көрсету бір пәтерге мың үш жүз теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) телекоммуникация желісіне қосылған телефон үшін абоненттік төлемді ұлғайту бөлігінде байланыс қызметтері бір абонент үшін мың үш жүз тоқсан тоғыз теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге бір шаршы метр үшін алпыс теңгеден аспайтын шығыстар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мемлекеттік тұрғын үй қорынан тұрғын үйді пайдаланғаны үшін жалдау ақысы бір шаршы метр үшін жүз жиырма теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) бір адамға арналған шаршы нормасы бір адамға он сегіз шаршы метр пайдалы алаң, бірақ жалғыз тұратын адам үшін нақты алынатын алаң отыз шаршы метрден аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-1 тармақпен толықтырылды - Маңғыстау облысы Бейнеу аудандық маслихатының 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 37/289 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Көрсетілетін қызметті алушы (немесе оның сенiмхатқа, заңнамаға, сот шешiмiне не әкiмшiлiк актіге негiзделген өкiлеттігі күшімен өкілі) тұрғын үй көмегін тағайындау үшін тоқсанына бір рет Тұрғын үй көмегін беру қағидаларына сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі - Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталына жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1071,90 +1567,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тұрғын үй көмегі көрсетілетін қызметті алушыларға шығыстар сметасына және коммуналдық қызметтерді төлеуге шоттарына сәйкес кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттар бойынша бюджет қаражаты есебінен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тұрғын үй көмегін тағайындау көрсетілетін қызметті алушыларға тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті алушыға тұрғын үй көмегін төлеуді көрсетілетін қызметті беруші есептелген сомаларды тұрғын үй көмегін алушылардың жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1324,482 +1820,482 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 14/121 шешіміне 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бейнеу аудандық мәслихатының күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2018 жылғы 23 қарашадағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№27/226</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>  "Бейнеу ауданында аз қамтамасыз етілген отбасыларға (азаматтарға) тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №3722 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. 2019 жылғы 19 қарашадағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№42/332</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашадағы №27/226 "Бейнеу ауданында аз қамтамасыз етілген отбасыларға (азаматтарға) тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер мен толықтыру енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №4036 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2020 жылғы 11 қыркүйектегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№53/423</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашадағы №27/226 "Бейнеу ауданында аз қамтамасыз етілген отбасыларға (азаматтарға) тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы" шешіміне өзгеріс енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №4288 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. 2021 жылғы 10 наурыздағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№3/29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашадағы №27/226 "Бейнеу ауданында аз қамтамасыз етілген отбасыларға (азаматтарға) тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №4466 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. 2021 жылғы 12 қазандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№11/98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашадағы №27/226 "Бейнеу ауданында аз қамтамасыз етілген отбасыларға (азаматтарға) тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №24916 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z38" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. 2022 жылғы 10 қаңтардағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№15/150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашадағы №27/226 "Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №26526 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z39" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. 2022 жылғы 30 қыркүйектегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№24/232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашасындағы №27/226 "Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №29974 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z40" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. 2023 жылғы 25 сәуірдегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№2/11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашадағы №27/226 "Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №4556-12 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z41" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. 2023 жылғы 13 қазандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№6/58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейнеу аудандық мәслихатының 2018 жылғы 23 қарашадағы №27/226 "Бейнеу ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №4614-12 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>