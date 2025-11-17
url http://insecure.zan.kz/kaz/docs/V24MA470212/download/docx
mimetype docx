--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9543ea8" w14:textId="9543ea8">
+    <w:p w14:paraId="ff7c43b" w14:textId="ff7c43b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,224 +102,264 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Маңғыстау облысы Ақтау қалалық мәслихатының 2024 жылғы 19 сәуірдегі № 12/76 шешімі. Маңғыстау облысы Әділет департаментінде 2024 жылғы 25 сәуірде № 4702-12 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың үлгілік қағидаларын бекіту туралы" қаулысына сәйкес, Ақтау қалалық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Бюджет кодексіне, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңына және Қазақстан Республикасы Үкіметінің 2023 жылғы 30 маусымдағы №523 "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың үлгілік қағидаларын бекіту туралы" қаулысына сәйкес, Ақтау қалалық мәслихаты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ШЕШІМ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАБЫЛДАДЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - Маңғыстау облысы Ақтау қалалық мәслихатының 06.10.2025 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24/159 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1.Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1 қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Ақтау қаласында әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың Қағидалары бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2.Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2 қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тізбе бойынша Ақтау қалалық мәслихатының кейбір шешімдерінің күші жойылды деп танылсын. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.Осы шешім оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -404,150 +444,150 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Закенов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Маңғыстау облысының жұмыспен</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      "Маңғыстау облысының жұмыспен</w:t>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қамтуды үйлестіру және әлеуметтік</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...15 lines deleted...]
-      қамтуды үйлестіру және әлеуметтік</w:t>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағдарламалар басқармасы"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      бағдарламалар басқармасы"</w:t>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік мекемесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -717,87 +757,87 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 12/76 шешіміне 1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақтау қаласында әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың Қағидалары</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Ақтау қаласында әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -812,361 +852,361 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасы Үкіметінің 2023 жылғы 30 маусымдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№523</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың үлгілік қағидаларын бекіту туралы" қаулысына сәйкес әзірленді және әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Осы Қағидаларда пайдаланылатын негізгі терминдер мен ұғымдар:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z6" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және олардың нәтижелерін көрсетілетін қызметті алушыға беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z6" w:id="13"/>
-[...15 lines deleted...]
-      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және олардың нәтижелерін көрсетілетін қызметті алушыға беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z7" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) арнайы комиссия – мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек алуға үміткер адамның (отбасының) өтінішін қарау бойынша қала әкімінің шешімімен құрылатын комиссия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z7" w:id="14"/>
-[...15 lines deleted...]
-      2) арнайы комиссия – мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек алуға үміткер адамның (отбасының) өтінішін қарау бойынша қала әкімінің шешімімен құрылатын комиссия;</w:t>
+    <w:bookmarkStart w:name="z8" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әлеуметтік көмек – жергілікті атқарушы орган мұқтаж азаматтардың жекелеген санаттарына (бұдан әрі – алушылар), сондай-ақ атаулы күндер мен мереке күндеріне орай ақшалай немесе заттай нысанда көрсететін көмек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z8" w:id="15"/>
-[...15 lines deleted...]
-      3) әлеуметтік көмек – жергілікті атқарушы орган мұқтаж азаматтардың жекелеген санаттарына (бұдан әрі – алушылар), сондай-ақ атаулы күндер мен мереке күндеріне орай ақшалай немесе заттай нысанда көрсететін көмек;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әлеуметтік көмек көрсету жөніндегі уәкілетті орган – "Ақтау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z9" w:id="16"/>
-[...15 lines deleted...]
-      4) әлеуметтік көмек көрсету жөніндегі уәкілетті орган – "Ақтау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі;</w:t>
+    <w:bookmarkStart w:name="z10" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әлеуметтік көмек төлеу жөніндегі уәкілетті ұйым – екінші деңгейдегі банктер, банк операцияларының тиісті түрлеріне қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның лицензиясы бар ұйымдар, "Қазпошта" акционерлік қоғамының аумақтық бөлімшелері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z10" w:id="17"/>
-[...15 lines deleted...]
-      5) әлеуметтік көмек төлеу жөніндегі уәкілетті ұйым – екінші деңгейдегі банктер, банк операцияларының тиісті түрлеріне қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның лицензиясы бар ұйымдар, "Қазпошта" акционерлік қоғамының аумақтық бөлімшелері;</w:t>
+    <w:bookmarkStart w:name="z11" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ең төмен күнкөріс деңгейі – шамасы бойынша ең төмен тұтыну себетінің құнына тең, бір адамға шаққандағы ең төмен ақшалай кіріс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z11" w:id="18"/>
-[...15 lines deleted...]
-      6) ең төмен күнкөріс деңгейі – шамасы бойынша ең төмен тұтыну себетінің құнына тең, бір адамға шаққандағы ең төмен ақшалай кіріс;</w:t>
+    <w:bookmarkStart w:name="z12" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жан басына шаққандағы орташа кіріс – отбасының бір айдағы жиынтық кірісінің отбасының әрбір мүшесіне тура келетін үлесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z12" w:id="19"/>
-[...15 lines deleted...]
-      7) жан басына шаққандағы орташа кіріс – отбасының бір айдағы жиынтық кірісінің отбасының әрбір мүшесіне тура келетін үлесі;</w:t>
+    <w:bookmarkStart w:name="z13" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мереке күндері – Қазақстан Республикасының ұлттық және мемлекеттік мереке күндері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z13" w:id="20"/>
-[...15 lines deleted...]
-      8) мереке күндері – Қазақстан Республикасының ұлттық және мемлекеттік мереке күндері;</w:t>
+    <w:bookmarkStart w:name="z14" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мерекелік күндер (бұдан әрі – атаулы күндер) – Қазақстан Республикасының кәсіптік және өзге де мерекелері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z14" w:id="21"/>
-[...15 lines deleted...]
-      9) мерекелік күндер (бұдан әрі – атаулы күндер) – Қазақстан Республикасының кәсіптік және өзге де мерекелері;</w:t>
+    <w:bookmarkStart w:name="z15" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) уәкілетті мемлекеттік орган – Қазақстан Республикасының заңнамасына сәйкес халықты әлеуметтік қорғау саласындағы басшылықты және салааралық үйлестіруді, Мемлекеттік әлеуметтік сақтандыру қорының қызметін реттеуді, бақылау функцияларын жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z15" w:id="22"/>
-[...15 lines deleted...]
-      10) уәкілетті мемлекеттік орган – Қазақстан Республикасының заңнамасына сәйкес халықты әлеуметтік қорғау саласындағы басшылықты және салааралық үйлестіруді, Мемлекеттік әлеуметтік сақтандыру қорының қызметін реттеуді, бақылау функцияларын жүзеге асыратын орталық атқарушы орган;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) учаскелік комиссия – атаулы әлеуметтік көмек алуға өтініш жасаған тұлғалардың (отбасылардың) материалдық жағдайына зерттеп-қарау жүргізу үшін тиісті әкімшілік-аумақтық бірліктер әкімдерінің шешімімен құрылатын арнаулы комиссия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z16" w:id="23"/>
-[...15 lines deleted...]
-      11) учаскелік комиссия – атаулы әлеуметтік көмек алуға өтініш жасаған тұлғалардың (отбасылардың) материалдық жағдайына зерттеп-қарау жүргізу үшін тиісті әкімшілік-аумақтық бірліктер әкімдерінің шешімімен құрылатын арнаулы комиссия;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) цифрлық құжаттар сервисі – "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымының операторға бекітіп берілген және ақпараттандыру объектілерінен алынған мәліметтер негізінде қалыптастырылған электрондық түрдегі құжаттарды көрсетуге және пайдалануға арналған объектісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z17" w:id="24"/>
-[...15 lines deleted...]
-      12) цифрлық құжаттар сервисі – "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымының операторға бекітіп берілген және ақпараттандыру объектілерінен алынған мәліметтер негізінде қалыптастырылған электрондық түрдегі құжаттарды көрсетуге және пайдалануға арналған объектісі;</w:t>
+    <w:bookmarkStart w:name="z18" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) шекті мөлшер – әлеуметтік көмектің бекітілген ең жоғары мөлшері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z18" w:id="25"/>
-[...15 lines deleted...]
-      13) шекті мөлшер – әлеуметтік көмектің бекітілген ең жоғары мөлшері;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) "электрондық үкімет" веб-порталы – нормативтік құқықтық базаны қоса алғанда, барлық шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік және өзге де қызметтерге қол жеткізудің "ортақ терезесі" дегенді білдіретін ақпараттандыру объектісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z19" w:id="26"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) электрондық цифрлық қолтаңба – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың анықтығын, оның тиесілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1203,51 +1243,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="27"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1422,1327 +1462,1327 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасында, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген әлеуметтік қолдау шаралары осы Қағидаларда айқындалған тәртіппен көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Әлеуметтік көмек бір рет және (немесе) мезгіл-мезгіл (ай сайын, жылына 1 рет) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z29" w:id="28"/>
-[...15 lines deleted...]
-      4. Әлеуметтік көмек бір рет және (немесе) мезгіл-мезгіл (ай сайын, жылына 1 рет) көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Әлеуметтік көмек алушылар санаттарының тізбесін айқындау және әлеуметтік көмектің мөлшерлерін белгілеу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z30" w:id="29"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Әлеуметтік көмек алушылар санаттарының тізбесін айқындау және әлеуметтік көмектің мөлшерлерін белгілеу тәртібі</w:t>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мереке күндері мен атаулы күндерге әлеуметтік көмек бір рет ақшалай нысанда келесі санаттағы азаматтарға көрсетіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z31" w:id="30"/>
-[...15 lines deleted...]
-      5. Мереке күндері мен атаулы күндерге әлеуметтік көмек бір рет ақшалай нысанда келесі санаттағы азаматтарға көрсетіледі:</w:t>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) 21-23 наурыз - Наурыз мейрамы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z32" w:id="31"/>
-[...15 lines deleted...]
-      1) 21-23 наурыз - Наурыз мейрамы:</w:t>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Алтын алқа", "Күміс алқа" алқаларымен наградталған немесе бұрын "Батыр ана" атағын алған, І және ІІ дәрежелі "Ана даңқы" ордендерімен наградталған көпбалалы аналарға - 2 (екі) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z33" w:id="32"/>
-[...15 lines deleted...]
-      "Алтын алқа", "Күміс алқа" алқаларымен наградталған немесе бұрын "Батыр ана" атағын алған, І және ІІ дәрежелі "Ана даңқы" ордендерімен наградталған көпбалалы аналарға - 2 (екі) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      барлық топтағы мүгедектігі бар адамдарға, жеті жасқа дейiнгi мүгедектігі бар балаларға, жетіден он сегіз жасқа дейiнгi бiрiншi, екiнші, үшiншi топтағы мүгедектігі бар балаларға - 5 (бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z34" w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 1 мамыр - Қазақстан халқының бірлігі мерекесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       барлық топтағы мүгедектігі бар адамдарға, жеті жасқа дейiнгi мүгедектігі бар балаларға, жетіден он сегіз жасқа дейiнгi бiрiншi, екiнші, үшiншi топтағы мүгедектігі бар балаларға - 5 (бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z36" w:id="35"/>
-[...15 lines deleted...]
-      барлық топтағы мүгедектігі бар адамдарға, жеті жасқа дейiнгi мүгедектігі бар балаларға, жетіден он сегіз жасқа дейiнгi бiрiншi, екiнші, үшiншi топтағы мүгедектігі бар балаларға - 5 (бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) 9 мамыр - Жеңіс күні:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z37" w:id="36"/>
-[...15 lines deleted...]
-      3) 9 мамыр - Жеңіс күні:</w:t>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысының ардагерлеріне – 1 500 000 (бір миллион бес жүз мың) теңге мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z38" w:id="37"/>
-[...15 lines deleted...]
-      Ұлы Отан соғысының ардагерлеріне – 1 500 000 (бір миллион бес жүз мың) теңге мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеңілдіктер бойынша Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан болған мүгедектігі бар адамдарға теңестірілген адамдарға - 60 (алпыс) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z39" w:id="38"/>
-[...15 lines deleted...]
-      жеңілдіктер бойынша Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан болған мүгедектігі бар адамдарға теңестірілген адамдарға - 60 (алпыс) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеңілдіктер бойынша Ұлы Отан соғысына қатысушыларға теңестірілген адамдарға - 50 (елу) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z40" w:id="39"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="40"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       басқа мемлекеттердің аумағындағы ұрыс қимылдарының ардагерлеріне - 50 (елу) айлық есептік көрсеткіш мөлшерінде; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z42" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұлы Отан соғысы жылдарында тылдағы қажырлы еңбегі мен мінсіз әскери қызметі үшін бұрынғы Кеңестік Социалистік Республикалар Одағының (бұдан әрі - КСР Одағы) ордендерімен және медальдарымен наградталған адамдарға - 40 (қырық) айлық есептік көрсеткіш мөлшерінде; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z43" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1941 жылғы 22 маусым – 1945 жылғы 9 мамыр аралығында кемiнде алты ай жұмыс iстеген (қызмет өткерген) және Ұлы Отан соғысы жылдарында тылдағы қажырлы еңбегi мен мiнсiз әскери қызметі үшін бұрынғы КСР Одағының ордендерiмен және медальдарымен наградталмаған адамдарға - 40 (қырық) айлық есептік көрсеткіш мөлшерінде; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрынғы КСР Одағын қорғау, әскери қызметтiң өзге де мiндеттерiн (қызметтік мiндеттерді) атқару кезiнде жаралануы, контузия алуы немесе мертігуі салдарынан немесе майданда болуына байланысты ауруға шалдығуы салдарынан қаза болған (хабар-ошарсыз кеткен) немесе қайтыс болған әскери қызметшiлердің, партизандардың, астыртын әрекет етушiлердің, "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ардагерлер туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6 баптарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аталған адамдардың отбасыларына - 40 (қырық) айлық есептік көрсеткіш мөлшерінде; </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z44" w:id="43"/>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> аталған адамдардың отбасыларына - 40 (қырық) айлық есептік көрсеткіш мөлшерінде; </w:t>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысында қаза тапқан, жергiлiктi әуе шабуылына қарсы қорғаныстың объектiлiк және авариялық командаларының өзiн-өзi қорғау топтарының жеке құрамы қатарындағы адамдардың отбасыларына, Ленинград қаласының госпитальдары мен ауруханаларының қаза тапқан жұмыскерлерінiң отбасыларына - 40 (қырық) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z45" w:id="44"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="45"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       бұрынғы КСР Одағы Қорғаныс министрлiгiнің, ішкi iстер және мемлекеттiк қауiпсiздiк органдарының әскери мiндеттілер жиындарына шақырылған, қоғамға жат көрiнiстерге байланысты төтенше жағдайлар кезiнде қоғамдық тәртiптi қорғау жөнiндегi міндеттерді орындау кезінде қаза тапқан (қайтыс болған) әскери қызметшiлерінiң, басшы және қатардағы құрам адамдарының отбасыларына - 40 (қырық) айлық есептік көрсеткіш мөлшерінде; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауғанстандағы немесе ұрыс қимылдары жүргiзiлген басқа да мемлекеттердегi ұрыс қимылдары кезiнде жаралануы, контузия алуы, мертігуі, ауруға шалдығуы салдарынан қаза тапқан (хабар-ошарсыз кеткен) немесе қайтыс болған әскери қызметшiлердiң отбасыларына - 40 (қырық) айлық есептік көрсеткіш мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z47" w:id="46"/>
-[...15 lines deleted...]
-      Ауғанстандағы немесе ұрыс қимылдары жүргiзiлген басқа да мемлекеттердегi ұрыс қимылдары кезiнде жаралануы, контузия алуы, мертігуі, ауруға шалдығуы салдарынан қаза тапқан (хабар-ошарсыз кеткен) немесе қайтыс болған әскери қызметшiлердiң отбасыларына - 40 (қырық) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бейбiт уақытта әскери қызметiн өткеру кезiнде қаза тапқан (қайтыс болған) әскери қызметшiлердiң отбасыларына - 40 (қырық) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z48" w:id="47"/>
-[...15 lines deleted...]
-      бейбiт уақытта әскери қызметiн өткеру кезiнде қаза тапқан (қайтыс болған) әскери қызметшiлердiң отбасыларына - 40 (қырық) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектiлердегi басқа да радиациялық апаттар мен авариялардың салдарларын жою кезiнде қаза тапқан адамдардың отбасыларына - 40 (қырық) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z49" w:id="48"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="49"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сәуле ауруының салдарынан қайтыс болғандардың немесе қайтыс болған мүгедектігі бар адамдардың, сондай-ақ қайтыс болуы белгіленген тәртіппен Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектілердегі басқа да радиациялық апаттар мен авариялардың және ядролық сынақтардың әсеріне байланысты болған азаматтардың отбасыларына - 40 (қырық) айлық есептік көрсеткіш мөлшерінде; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан қайтыс болған мүгедектігі бар адамның немесе жеңілдіктер бойынша Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан болған мүгедектігі бар адамдарға теңестірілген қайтыс болған адамның, сондай-ақ жалпы ауруға шалдығуы, жұмыста мертігуі және басқа да себептер (құқыққа қарсы келетіндерді қоспағанда) салдарынан болған мүгедектігі бар адамдар деп танылған, қайтыс болған Ұлы Отан соғысына қатысушының, партизанның, астыртын әрекет етушінің, "Ленинградты қорғағаны үшін" медалімен немесе "Қоршаудағы Ленинград тұрғыны" белгісімен наградталған азаматтың екінші рет некеге тұрмаған зайыбына (жұбайына) - 40 (қырық) айлық есептік көрсеткіш мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z51" w:id="50"/>
-[...15 lines deleted...]
-      Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан қайтыс болған мүгедектігі бар адамның немесе жеңілдіктер бойынша Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан болған мүгедектігі бар адамдарға теңестірілген қайтыс болған адамның, сондай-ақ жалпы ауруға шалдығуы, жұмыста мертігуі және басқа да себептер (құқыққа қарсы келетіндерді қоспағанда) салдарынан болған мүгедектігі бар адамдар деп танылған, қайтыс болған Ұлы Отан соғысына қатысушының, партизанның, астыртын әрекет етушінің, "Ленинградты қорғағаны үшін" медалімен немесе "Қоршаудағы Ленинград тұрғыны" белгісімен наградталған азаматтың екінші рет некеге тұрмаған зайыбына (жұбайына) - 40 (қырық) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1988 – 1989 жылдары Чернобыль атом электр станциясындағы апаттың салдарларын жоюға қатысушылар қатарындағы, қоныс аудару күні құрсақта болған балаларды қоса алғанда, оқшаулау және көшіру аймақтарынан Қазақстан Республикасына қоныс аударылған (өз еркімен кеткен) адамдарға - 40 (қырық) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z52" w:id="51"/>
-[...15 lines deleted...]
-      1988 – 1989 жылдары Чернобыль атом электр станциясындағы апаттың салдарларын жоюға қатысушылар қатарындағы, қоныс аудару күні құрсақта болған балаларды қоса алғанда, оқшаулау және көшіру аймақтарынан Қазақстан Республикасына қоныс аударылған (өз еркімен кеткен) адамдарға - 40 (қырық) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысында қаза тапқан (қайтыс болған, хабар-ошарсыз кеткен) жауынгерлердің ата-аналарына және екінші рет некеге тұрмаған жесірлеріне; екінші рет некеге тұрмаған зайыбына (жұбайына) - 40 (қырық) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z53" w:id="52"/>
-[...15 lines deleted...]
-      Ұлы Отан соғысында қаза тапқан (қайтыс болған, хабар-ошарсыз кеткен) жауынгерлердің ата-аналарына және екінші рет некеге тұрмаған жесірлеріне; екінші рет некеге тұрмаған зайыбына (жұбайына) - 40 (қырық) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) 4 маусым – Қазақстан Республикасының мемлекеттік рәміздері күні:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z54" w:id="53"/>
-[...15 lines deleted...]
-      4) 4 маусым – Қазақстан Республикасының мемлекеттік рәміздері күні:</w:t>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеті жасқа дейiнгi мүгедектігі бар балаларға, жетіден он сегіз жасқа дейiнгi бiрiншi, екiнші, үшiншi топтағы мүгедектігі бар балаларға - 5 (бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z55" w:id="54"/>
-[...15 lines deleted...]
-      жеті жасқа дейiнгi мүгедектігі бар балаларға, жетіден он сегіз жасқа дейiнгi бiрiншi, екiнші, үшiншi топтағы мүгедектігі бар балаларға - 5 (бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) 6 шілде - Астана күні:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z56" w:id="55"/>
-[...15 lines deleted...]
-      5) 6 шілде - Астана күні:</w:t>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      барлық топтағы мүгедектігі бар адамдарға, жеті жасқа дейiнгi мүгедектігі бар балаларға, жетіден он сегіз жасқа дейiнгi бiрiншi, екiнші, үшiншi топтағы мүгедектігі бар балаларға - 5 (бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z57" w:id="56"/>
-[...15 lines deleted...]
-      барлық топтағы мүгедектігі бар адамдарға, жеті жасқа дейiнгi мүгедектігі бар балаларға, жетіден он сегіз жасқа дейiнгi бiрiншi, екiнші, үшiншi топтағы мүгедектігі бар балаларға - 5 (бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) 30 тамыз - Қазақстан Республикасының Конституциясы күні:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z58" w:id="57"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="58"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Семей ядролық сынақ полигонындағы ядролық сынақтардың салдарынан зардап шеккен тұлғаларға - 10 (он) айлық есептік көрсеткіш мөлшерінде; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      барлық топтағы мүгедектігі бар адамдарға, жеті жасқа дейiнгi мүгедектігі бар балаларға, жетіден он сегіз жасқа дейiнгi бiрiншi, екiнші, үшiншi топтағы мүгедектігі бар балаларға - 5 (бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z60" w:id="59"/>
-[...15 lines deleted...]
-      барлық топтағы мүгедектігі бар адамдарға, жеті жасқа дейiнгi мүгедектігі бар балаларға, жетіден он сегіз жасқа дейiнгi бiрiншi, екiнші, үшiншi топтағы мүгедектігі бар балаларға - 5 (бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      асыраушысынан айырылу жағдайы бойынша мемлекеттiк әлеуметтiк жәрдемақы алушыларға (балаларға) - 8 (сегіз) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z61" w:id="60"/>
-[...15 lines deleted...]
-      асыраушысынан айырылу жағдайы бойынша мемлекеттiк әлеуметтiк жәрдемақы алушыларға (балаларға) - 8 (сегіз) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) 1 қазан – Қарттар күні:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z62" w:id="61"/>
-[...15 lines deleted...]
-      7) 1 қазан – Қарттар күні:</w:t>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70 (жетпіс) жастан асқан зейнеткерлерге - 2 (екі) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z63" w:id="62"/>
-[...15 lines deleted...]
-      70 (жетпіс) жастан асқан зейнеткерлерге - 2 (екі) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) 25 қазан - Республика күні:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z64" w:id="63"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="64"/>
+    <w:bookmarkStart w:name="z65" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       барлық топтағы мүгедектігі бар адамдарға, жеті жасқа дейiнгi мүгедектігі бар балаларға, жетіден он сегіз жасқа дейiнгi бiрiншi, екiнші, үшiншi топтағы мүгедектігі бар балаларға - 5 (бес) айлық есептік көрсеткіш мөлшерінде; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z66" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) 16 желтоқсан – Тəуелсіздік күні:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z66" w:id="65"/>
-[...15 lines deleted...]
-      9) 16 желтоқсан – Тəуелсіздік күні:</w:t>
+    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жаппай саяси қуғын-сүргіндер құрбандарын ақтау туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының Заңында белгіленген тәртіппен ақталған, Қазақстандағы 1986 жылғы 17-18 желтоқсан оқиғаларына қатысқан тұлғаларға - 50 (елу) айлық есептік көрсеткіш мөлшерінде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z67" w:id="66"/>
-[...35 lines deleted...]
-        <w:t>" Қазақстан Республикасының Заңында белгіленген тәртіппен ақталған, Қазақстандағы 1986 жылғы 17-18 желтоқсан оқиғаларына қатысқан тұлғаларға - 50 (елу) айлық есептік көрсеткіш мөлшерінде.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек бір рет және (немесе) мезгіл-мезгіл (ай сайын, жылына 1 рет) келесі санаттағы азаматтарға көрсетіледі, өтініші бойынша:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z68" w:id="67"/>
-[...15 lines deleted...]
-      6. Мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек бір рет және (немесе) мезгіл-мезгіл (ай сайын, жылына 1 рет) келесі санаттағы азаматтарға көрсетіледі, өтініші бойынша:</w:t>
+    <w:bookmarkStart w:name="z69" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әлеуметтік мәні бар аурулары (қатерлі ісіктер, туберкулез, адамның иммунитет тапшылығы вирусын тудыратын ауру) бар, мемлекеттік жәрдемақы алмайтын тұлғаларға, жылына 1 рет, табыстарын есепке алмай - 26 (жиырма алты) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z69" w:id="68"/>
-[...15 lines deleted...]
-      1) әлеуметтік мәні бар аурулары (қатерлі ісіктер, туберкулез, адамның иммунитет тапшылығы вирусын тудыратын ауру) бар, мемлекеттік жәрдемақы алмайтын тұлғаларға, жылына 1 рет, табыстарын есепке алмай - 26 (жиырма алты) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) адамның иммунитет тапшылығы вирусын жұқтырып алған балаларға, ай сайын, табыстарын есепке алмай - Қазақстан Республикасы бойынша 2 (екі) ең төмен күнкөріс деңгейінің мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z70" w:id="69"/>
-[...15 lines deleted...]
-      2) адамның иммунитет тапшылығы вирусын жұқтырып алған балаларға, ай сайын, табыстарын есепке алмай - Қазақстан Республикасы бойынша 2 (екі) ең төмен күнкөріс деңгейінің мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дүлей апаттың немесе өрттің салдарынан азаматқа (отбасына) не оның мүлкіне зиян келгенде, осы жағдай туындаған сәттен бастап он екі айдың ішінде, бір рет, табысын есепке алмай - 50 (елу) айлық есептік көрсеткіштен аспайтын мөлшерде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z71" w:id="70"/>
-[...15 lines deleted...]
-      3) дүлей апаттың немесе өрттің салдарынан азаматқа (отбасына) не оның мүлкіне зиян келгенде, осы жағдай туындаған сәттен бастап он екі айдың ішінде, бір рет, табысын есепке алмай - 50 (елу) айлық есептік көрсеткіштен аспайтын мөлшерде;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өтініш берген тоқсан алдындағы Маңғыстау облысы бойынша ең төмен күнкөріс деңгейінің 1,5 еселенген шамасынан төмен жан басына шаққандағы орташа табысы бар тұлғаларға (жетімдік, ата-ана қамқорлығының болмауы, әлеуметтік мәні бар аурулардың және айналадағыларға қауіп төндіретін аурулардың салдарынан тыныс-тіршілігінің шектелуі, жасының егде тартуына байланысты өзіне-өзі күтім жасай алмауы, бас бостандығынан айыру орындарынан босатылуы, пробация қызметінің есебінде болуы), жылына 1 рет - 40 (қырық) айлық есептік көрсеткіштен аспайтын мөлшерде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z72" w:id="71"/>
-[...15 lines deleted...]
-      4) өтініш берген тоқсан алдындағы Маңғыстау облысы бойынша ең төмен күнкөріс деңгейінің 1,5 еселенген шамасынан төмен жан басына шаққандағы орташа табысы бар тұлғаларға (жетімдік, ата-ана қамқорлығының болмауы, әлеуметтік мәні бар аурулардың және айналадағыларға қауіп төндіретін аурулардың салдарынан тыныс-тіршілігінің шектелуі, жасының егде тартуына байланысты өзіне-өзі күтім жасай алмауы, бас бостандығынан айыру орындарынан босатылуы, пробация қызметінің есебінде болуы), жылына 1 рет - 40 (қырық) айлық есептік көрсеткіштен аспайтын мөлшерде;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) білім беру қызметтеріне ақы төлеуге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z73" w:id="72"/>
-[...15 lines deleted...]
-      5) білім беру қызметтеріне ақы төлеуге:</w:t>
+    <w:bookmarkStart w:name="z74" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берген алдындағы он екі айға Маңғыстау облысы бойынша ең төмен күнкөріс деңгейінен төмен жан басына шаққандағы орташа табысы және келісім-шарты болғанда, "бакалавр" дәрежесін алу үшін күндізгі нысан бойынша Қазақстан Республикасының жоғары оқу орындарында оқитын студенттерге (асыраушысынан айырылу жағдайы бойынша мемлекеттiк әлеуметтiк жәрдемақы алушылар, ата-анасының екеуі де жасы бойынша зейнеткер болып немесе ата-аналарының біреуі мүгедектігі бар адам болып табылатын, құрамында бірге тұратын төрт және одан көп кәмелетке толмаған балалары, оның ішінде кәмелеттік жасқа толғаннан кейін білім беру ұйымдарын бітіретін уақытқа дейін (бірақ жиырма үш жасқа толғанға дейін) жалпы орта, техникалық және кәсіптік, жалпы орта білімнен кейінгі, жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарында жалпы немесе кәсіптік білім беру бағдарламалары бойынша күндізгі оқу нысаны бойынша білім алатын балалары бар отбасылардан), жылына 1 рет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z74" w:id="73"/>
-[...15 lines deleted...]
-      өтініш берген алдындағы он екі айға Маңғыстау облысы бойынша ең төмен күнкөріс деңгейінен төмен жан басына шаққандағы орташа табысы және келісім-шарты болғанда, "бакалавр" дәрежесін алу үшін күндізгі нысан бойынша Қазақстан Республикасының жоғары оқу орындарында оқитын студенттерге (асыраушысынан айырылу жағдайы бойынша мемлекеттiк әлеуметтiк жәрдемақы алушылар, ата-анасының екеуі де жасы бойынша зейнеткер болып немесе ата-аналарының біреуі мүгедектігі бар адам болып табылатын, құрамында бірге тұратын төрт және одан көп кәмелетке толмаған балалары, оның ішінде кәмелеттік жасқа толғаннан кейін білім беру ұйымдарын бітіретін уақытқа дейін (бірақ жиырма үш жасқа толғанға дейін) жалпы орта, техникалық және кәсіптік, жалпы орта білімнен кейінгі, жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарында жалпы немесе кәсіптік білім беру бағдарламалары бойынша күндізгі оқу нысаны бойынша білім алатын балалары бар отбасылардан), жылына 1 рет;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берген алдындағы он екі айға Маңғыстау облысы бойынша ең төмен күнкөріс деңгейінің 3 еселенген шамасынан төмен жан басына шаққандағы орташа табысы және келісім-шарты болғанда, "бакалавр" дәрежесін алу үшін күндізгі нысан бойынша Қазақстан Республикасының жоғары оқу орындарында оқитын студенттерге (мүгедектігі бар адамдар, жетімдік, ата-ана қамқорлығының болмауы), жылына 1 рет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z75" w:id="74"/>
-[...15 lines deleted...]
-      өтініш берген алдындағы он екі айға Маңғыстау облысы бойынша ең төмен күнкөріс деңгейінің 3 еселенген шамасынан төмен жан басына шаққандағы орташа табысы және келісім-шарты болғанда, "бакалавр" дәрежесін алу үшін күндізгі нысан бойынша Қазақстан Республикасының жоғары оқу орындарында оқитын студенттерге (мүгедектігі бар адамдар, жетімдік, ата-ана қамқорлығының болмауы), жылына 1 рет;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Маңғыстау облысының денсаулық сақтау басқармасы" мемлекеттік мекемесімен келісім бойынша жасалған арнайы шарт негізінде "интернатура" және "резидентура" деңгейін алу үшін күндізгі нысан бойынша Қазақстан Республикасының жоғары оқу орындарында білім алушыларға ("Стоматология" мамандығынан басқа), табыстарын есепке алмай, жылына 1 рет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z76" w:id="75"/>
-[...15 lines deleted...]
-      "Маңғыстау облысының денсаулық сақтау басқармасы" мемлекеттік мекемесімен келісім бойынша жасалған арнайы шарт негізінде "интернатура" және "резидентура" деңгейін алу үшін күндізгі нысан бойынша Қазақстан Республикасының жоғары оқу орындарында білім алушыларға ("Стоматология" мамандығынан басқа), табыстарын есепке алмай, жылына 1 рет.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тамақтануға және тұруға кететін шығындарды жабу үшін, ай сайын - 5 (бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z77" w:id="76"/>
-[...15 lines deleted...]
-      Тамақтануға және тұруға кететін шығындарды жабу үшін, ай сайын - 5 (бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Ұлы Отан соғысының ардагерлеріне, басқа мемлекеттердің аумағындағы ұрыс қимылдарының ардагерлеріне және жеңілдіктер бойынша Ұлы Отан соғысына қатысушыларға теңестірілген адамдарға, олардың жесiрлерiне, қаза тапқан әскери қызметшілердің отбасыларына, 1988 – 1989 жылдары Чернобыль атом электр станциясындағы апаттың салдарларын жоюға қатысушылар қатарындағы, қоныс аудару күні құрсақта болған балаларды қоса алғанда, оқшаулау және көшіру аймақтарынан Қазақстан Республикасына қоныс аударылған (өз еркімен кеткен) адамдарға, тылда еңбек еткен және әскери қызмет өткерген адамдарға санаториялық-курорттық емделуге табыстарын есепке алмай, жылына 1 рет, бірақ кепілдік берілген сомадан артық емес және темір жол көлігінде жол жүру құнын төлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z78" w:id="77"/>
-[...15 lines deleted...]
-      6) Ұлы Отан соғысының ардагерлеріне, басқа мемлекеттердің аумағындағы ұрыс қимылдарының ардагерлеріне және жеңілдіктер бойынша Ұлы Отан соғысына қатысушыларға теңестірілген адамдарға, олардың жесiрлерiне, қаза тапқан әскери қызметшілердің отбасыларына, 1988 – 1989 жылдары Чернобыль атом электр станциясындағы апаттың салдарларын жоюға қатысушылар қатарындағы, қоныс аудару күні құрсақта болған балаларды қоса алғанда, оқшаулау және көшіру аймақтарынан Қазақстан Республикасына қоныс аударылған (өз еркімен кеткен) адамдарға, тылда еңбек еткен және әскери қызмет өткерген адамдарға санаториялық-курорттық емделуге табыстарын есепке алмай, жылына 1 рет, бірақ кепілдік берілген сомадан артық емес және темір жол көлігінде жол жүру құнын төлеу;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бірінші топтағы мүгедектігі бар адамды санаторийлік-курорттық емдеуге алып жүретін адамның уәкілетті мемлекеттік орган айқындайтын санаторийлік-курорттық емдеу құнын өтеу ретінде ұсынылатын кепілдік берілген соманың жетпіс пайызы мөлшерінде жылына 1 рет, табыстарын есепке алмай, санаторийлік-курорттық ұйымда болу құнын жергілікті атқарушы органдардан өтетіп алуға құқығы бар (жұмыс берушінің кінәсінен жұмыста мертігуге ұшыраған немесе кәсіптік ауруға шалдыққан мүгедектігі бар адамдарды қоспағанда);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z79" w:id="78"/>
-[...15 lines deleted...]
-      7) бірінші топтағы мүгедектігі бар адамды санаторийлік-курорттық емдеуге алып жүретін адамның уәкілетті мемлекеттік орган айқындайтын санаторийлік-курорттық емдеу құнын өтеу ретінде ұсынылатын кепілдік берілген соманың жетпіс пайызы мөлшерінде жылына 1 рет, табыстарын есепке алмай, санаторийлік-курорттық ұйымда болу құнын жергілікті атқарушы органдардан өтетіп алуға құқығы бар (жұмыс берушінің кінәсінен жұмыста мертігуге ұшыраған немесе кәсіптік ауруға шалдыққан мүгедектігі бар адамдарды қоспағанда);</w:t>
+    <w:bookmarkStart w:name="z80" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Ұлы Отан соғысының ардагерлеріне коммуналдық көрсетілетін қызметтерді төлеуге және тұрғын үйді күтіп-ұстауға, табыстарын есепке алмай, ай сайын - нақты шығындар мөлшерінде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z80" w:id="79"/>
-[...15 lines deleted...]
-      8) Ұлы Отан соғысының ардагерлеріне коммуналдық көрсетілетін қызметтерді төлеуге және тұрғын үйді күтіп-ұстауға, табыстарын есепке алмай, ай сайын - нақты шығындар мөлшерінде.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Қорытынды ереже</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z81" w:id="80"/>
+    <w:bookmarkStart w:name="z82" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Әлеуметтік көмек ұсынуға шығыстарды қаржыландыру қаланың бюджетінде көзделген ағымдағы қаржы жылына арналған қаражат шегінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z83" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Әлеуметтік көмек көрсету жөніндегі уәкілетті орган мемлекеттік корпорацияға әлеуметтік көмек көрсету сомаларын аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация әлеуметтік көмек көрсету жөніндегі уәкілетті органнан алынған әлеуметтік көмек сомаларын әлеуметтік көмек алушылардың банктік шоттарына аударады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...43 lines deleted...]
-      8. Әлеуметтік көмек көрсету жөніндегі уәкілетті орган мемлекеттік корпорацияға әлеуметтік көмек көрсету сомаларын аударады.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8 - тармақ жаңа редакцияда - Маңғыстау облысы Ақтау қалалық мәслихатының 21.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 19/123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) шешімімен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Әлеуметтік көмек көрсетуді мониторингтеу мен есепке алуды уәкілетті орган "Е-Собес" автоматтандырылған ақпараттық жүйесінің дерекқорын пайдалана отырып жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:p>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="83"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2912,242 +2952,242 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 12/76 шешіміне  2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z88" w:id="84"/>
+    <w:bookmarkStart w:name="z88" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақтау қалалық мәслихатының күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z89" w:id="85"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z89" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және Ақтау қаласында тұратын мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындау қағидаларын бекіту туралы" Ақтау қалалық мәслихатының 2021 жылғы 16 сәуірдегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№2/18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде № 4501 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z90" w:id="86"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z90" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Маңғыстау облысы Ақтау қалалық мәслихатының 2021 жылғы 16 сәуірдегі №2/18 "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және Ақтау қаласында тұратын мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындау қағидаларын бекіту туралы" шешіміне өзгеріс енгізу туралы" Ақтау қалалық мәслихатының 2022 жылғы 31 наурыздағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№12/100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №27614 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z91" w:id="87"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z91" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Маңғыстау облысы Ақтау қалалық мәслихатының 2021 жылғы 16 сәуірдегі №2/18 "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және Ақтау қаласында тұратын мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындау қағидаларын бекіту туралы" шешіміне өзгерістер енгізу туралы" Ақтау қалалық мәслихатының 2022 жылғы 4 қазандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№18/147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>       шешімі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №30199 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>