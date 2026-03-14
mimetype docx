--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d22dc20" w14:textId="d22dc20">
+    <w:p w14:paraId="0fb45d5" w14:textId="0fb45d5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2356,1017 +2356,1057 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жетпіс бес және одан жоғары жастағы зейнеткерлерге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:bookmarkStart w:name="z78" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) қазан айының екінші жексенбісі - Қазақстан Республикасының Мүгедектігі бар адамдар күні:</w:t>
+      8) қазан айының екінші жексенбісі - Қазақстан Республикасының Мүгедектігі бар адамдардың құқығын қорғау күні:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:bookmarkStart w:name="z79" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бірінші, екінші, үшінші топтағы мүгедектігі бар адамдарға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:bookmarkStart w:name="z80" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       он сегіз жасқа дейінгі мүгедектігі бар балаларға.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z81" w:id="77"/>
-[...15 lines deleted...]
-      Әлеуметтiк көмекке өтiнiш бiлдiру мерзiмдерi:</w:t>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Азаматтарға әлеуметтік көмектің шекті мөлшері 400 000 (төрт жүз мың) теңгені құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z82" w:id="78"/>
-[...15 lines deleted...]
-      дүлей апаттың немесе өрттің басталған кезде - дүлей апаттың немесе өрттің басталған кезден алты айдан кешіктірмей;</w:t>
+    <w:bookmarkStart w:name="z150" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) 16 желтоқсан -Қазақстан Республикасының Тәуелсіздік күні:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z83" w:id="79"/>
-[...15 lines deleted...]
-      бас бостандығынан айыру орындарынан босату, пробация қызметінің есебінде болу-өмірлік қиын жағдай туындаған күннен бастап алты айдан кешіктірмей.</w:t>
+    <w:bookmarkStart w:name="z151" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Алтын алқа", "Күміс алқа" алқаларымен наградталған немесе бұрын "Батыр ана" атағын алған, сондай-ақ І және ІІ дәрежелі "Ана даңқы" ордендерімен наградталған көп балалы аналарға, сондай-ақ көп балалы отбасылар – төрт және одан көп кәмелетке толмаған баласы, оның ішінде кәмелеттік жасқа толғаннан кейін білім беру ұйымдарын бітіретін уақытқа дейін (бірақ жиырма үш жасқа толғанға дейін) орта, техникалық және кәсіптік, орта білімнен кейінгі, жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарында күндізгі оқу нысаны бойынша білім алатын балалары бар отбасыларға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z84" w:id="80"/>
-[...15 lines deleted...]
-      Азаматтарға әлеуметтік көмектің шекті мөлшері 400 000 (төрт жүз мың) теңгені құрайды.</w:t>
+    <w:bookmarkStart w:name="z153" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      он сегіз жасқа дейінгі мүгедектігі бар балаларға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z150" w:id="81"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z152" w:id="84"/>
+    <w:bookmarkStart w:name="z152" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстандағы 1986 жылғы 17-18 желтоқсан оқиғаларына қатысып, "Жаппай саяси қуғын-сүргіндер құрбандарын ақтау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіпке сәйкес ақталған тұлғалар ішінен саяси қуғын-сүргін құрбандарына.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгерістер енгізілді - Қарағанды облысы Шахтинск қалалық мәслихатының 14.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434/21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 474/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Алушылар санатының тізбесін, әлеуметтік көмектің шекті мөлшерлерін, мұқтаж азаматтардың жекелеген санаттарының әлеуметтік көмекке жүгіну мерзімдерін жергілікті атқарушы орган белгілейді және жергілікті өкілді органдардың шешімдерімен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z86" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Азаматтарды мұқтаждар санатына жатқызу үшін мыналар негіз болады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z87" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дүлей апат салдарынан азаматқа (отбасына) не оның мүлкіне зиян келуі;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z88" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өрт салдарынан азаматқа (отбасына) не оның мүлкіне зиян келуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z89" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әлеуметтік маңызы бар аурудың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z90" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жергілікті өкілді органдар ең төмен күнкөріс деңгейіне еселік қатынаста белгілеген шектен аспайтын жан басына шаққандағы орташа табыстың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z91" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жетімдік, ата-ана қамқорлығының болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z92" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жасының егде тартуына байланысты өзіне-өзі күтім жасай алмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z93" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бас бостандығынан айыру орындарынан босатылуы, пробация қызметінің есебінде болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z94" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дүлей апат немесе өрт салдарынан мүлкіне залал келген болса, әлеуметтік көмек залал келген мүлік орналасқан жер бойынша меншік иесінің тіркелген жеріне қарамастан көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z95" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік көмек көрсету және (немесе) адамның (отбасының) материалдық-тұрмыстық жағдайын зерттеп-қарау үшін жоғарыда көрсетілген негіздер бойынша көмек түрлерінің тізбесін жергілікті өкілді органдар бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z96" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арнайы комиссиялар әлеуметтік көмек көрсету қажеттігі туралы қорытынды шығарған кезде жергілікті өкілді органдар бекіткен азаматтарды мұқтаждар санатына жатқызу негіздерінің тізбесін басшылыққа алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z97" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Өмірлік қиын жағдай туындаған кезде мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек көрсетудің шекті мөлшері мен жиілігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z98" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жан басына шаққандағы орташа табысты есепке алмағанда, дүлей апаттың немесе өрттің салдарынан азаматқа (отбасына) не оның мүлкіне зиян келтірілген, дүлей апаттың немесе өрттің басталған кезден алты айдан кешіктірмей – бір реттік, шекті мөлшері 200 000( екі жүз мың) теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) АИТВ-инфекциясының профилактикасы саласындағы қызметті жүзеге асыратын денсаулық сақтау ұйымы ұсынатын тізім негізінде тұрақты күтім жасау және қосымша күшейтілген тамақтану үшін адамның иммун тапшылығы вирусынан (АИТВ) туындаған ауруы бар балаларға жан басына шаққандағы орташа табысты есепке алмағанда ай сайын 2 (екі) еселенген ең төменгі күнкөріс деңгейі мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) халықты әлеуметтік қорғау саласындағы уәкілетті орган айқындайтын санаторийлік-курорттық ұйымда болу құнын өтеу ретінде ұсынылатын кепілдік берілген соманың, санаторийде нақты болған күні үшін, жетпіс пайызы мөлшерінде жан басына шаққандағы орташа табысын есепке алмағанда, санаторийлік-курорттық емделуге жеке абилитация және оңалту бағдарламасы бар әлеуметтік қызметтер порталы арқылы санаторий-курорттық емделуге жолдаманы таңдаған, санаторийлік-курорттық емдеуге бірінші топтағы мүгедектігі бар адамдармен еріп жүретін адамдарға беріледі, жылына бір рет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) Қазақстан Республикасының "Ардагерлер туралы" Заңының 3-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ардагерлерге жылына бір рет 14 күннен аспайтын, бірақ мүгедектігі бар адамдар үшін белгіленген санаторийлік-курорттық емдеудің кепілдік берілген сомасынан аспайтын санаторийлік-курорттық емдеуге арналған шығындарды өтеуге ардагерлерге табыстарын есепке алмай жылына 1 (бір) рет әлеуметтік көмек көрсетіледі. Санаторийлік-курорттық емделуге жеке абилитация және оңалту бағдарламасы (АОБ) әзірленген мүгедектігі бар ардагерлерге санаторийлік-курорттық емделуге әлеуметтік көмек төленбейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) басқа мемлекеттердiң аумағындағы ұрыс қимылдарының ардагерлеріне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1986-1987 жылдары Чернобыль атом электр станциясындағы апаттың салдарын жоюға қатысқан адамдарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1988-1989 жылдардағы Чернобыль атом электр станциясындағы апаттың зардаптарын жоюға қатысушылардың, қоныс аудару күнінде құрсақта болған балаларды қоса алғанда, оқшаулау және көшіру аймағынан қоныс аударылғандардың (өз еркімен кеткендердің) және Қазақстан Республикасына қоныстанғандардың қатарындағы адамдарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектілердегі басқа да радиациялық апаттар мен авариялардың, ядролық сынақтардың салдарынан мүгедектік белгіленген адамдар және мүгедектігі ата-анасының бірінің радиациялық сәуле алуымен генетикалық байланысты олардың балаларына коммуналдық қызметтерге және отын сатып алуға шығындарды өтеуге жан басына шаққандағы орташа табысты есепке алмағанда, жылына бір рет қазан айында жылыту маусымында -12 ( он екі) айлық есептік көрсеткіш.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бас бостандығынан айыру орындарынан босатылған, пробация қызметінің есебінде тұрған адамдарға, жан басына шаққандағы ең төменгі күнкөріс деңгейінің бір жарым еселенген мөлшерінен аспайтын адамның (отбасының) жан басына шаққандағы орташа табысы ескеріле отырып, өмірлік қиын жағдайы туындаған сәттен бастап алты ай ішінде- бір реттік, шекті мөлшері 15 (он бес) айлық есептік көрсеткіш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) Қазақстан Республикасы Денсаулық сақтау министрінің 2025 жылғы 21 қазандағы № 112 "Әлеуметтік мәні бар аурулардың тізбесін бекіту туралы" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген тізбесіне (бұдан әрі – Тізбесі) сәйкес әлеуметтік мәні бар аурулардың бірінен зардап шегетін тұлғаларға жан басына шаққандағы ең төменгі күнкөріс деңгейінің бір жарым еселенген мөлшерінен аспайтын адамның (отбасының) жан басына шаққандағы орташа табысы ескеріле отырып- шекті мөлшері 15 (он бес) айлық есептік көрсеткіш.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тізбе бойынша әлеуметтік көмек бір адамға бір ауру бойынша жылына бір рет көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) әлеуметтік көмек жергілікті бюджет қаражаты есебінен жалғыз тұрғынжай ретінде Шахтинск қаласы және іргелес Долинка, Новодолинский, Шахан кенттерінде меншік құқығында тұрған тұрғынжайда тұрақты тіркелген және тұратын, аз қамтылған отбасылар (азаматтар) сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға) көрсетілетін өнім берушінің шот-фактураларын (жылыту маусымына есептелген – 7 ай) жан басына шаққандағы ең төменгі күнкөріс деңгейінің бір жарым еселенген мөлшерінен аспайтын адамның (отбасының) жан басына шаққандағы орташа табысы ескеріле отырып, жылына 1 рет - 16 (он алты) айлық есептік көрсеткіш.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгерістер енгізілді - Қарағанды облысы Шахтинск қалалық мәслихатының 14.07.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 434/21</w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – Қарағанды облысы Шахтинск қалалық мәслихатының 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 474/25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="85"/>
-[...235 lines deleted...]
-      Арнайы комиссиялар әлеуметтік көмек көрсету қажеттігі туралы қорытынды шығарған кезде жергілікті өкілді органдар бекіткен азаматтарды мұқтаждар санатына жатқызу негіздерінің тізбесін басшылыққа алады.</w:t>
+    <w:bookmarkStart w:name="z109" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Алушылардың жекелеген санаттары үшін атаулы күндер мен мереке күндеріне орай әлеуметтік көмектің мөлшерін жергілікті өкілді органдар облыс жергілікті атқарушы органмен келісу бойынша бірыңғай мөлшерде белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z97" w:id="97"/>
-[...15 lines deleted...]
-      9. Өмірлік қиын жағдай туындаған кезде мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек көрсетудің шекті мөлшері мен дүркінділігі:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – Қарағанды облысы Шахтинск қалалық мәслихатының 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 474/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Әрбір жекелеген жағдайда көрсетілетін әлеуметтік көмек мөлшерін арнайы комиссия айқындайды, ол оны әлеуметтік көмек көрсету қажеттігі туралы қорытындыда көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z98" w:id="98"/>
-[...15 lines deleted...]
-      1) жан басына шаққандағы орташа табысты есепке алмағанда, дүлей апаттың немесе өрттің салдарынан азаматқа (отбасына) не оның мүлкіне зиян келтіру - бір реттік, шекті мөлшері 200 000( екі жүз мың) теңге;</w:t>
+    <w:bookmarkStart w:name="z111" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Әлеуметтік көмек көрсету тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z99" w:id="99"/>
-[...15 lines deleted...]
-      2) АИТВ-инфекциясының профилактикасы саласындағы қызметті жүзеге асыратын денсаулық сақтау ұйымы ұсынатын тізім негізінде тұрақты күтім жасау және қосымша күшейтілген тамақтану үшін адамның иммун тапшылығы вирусынан (АИТВ) туындаған ауруы бар балаларға жан басына шаққандағы орташа табысты есепке алмағанда ай сайын 2 (екі) еселенген ең төменгі күнкөріс деңгейі мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мереке күндері мен атаулы күндерге орай әлеуметтік көмек алушылардың өтініштері талап етілмей көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z100" w:id="100"/>
-[...15 lines deleted...]
-      3) халықты әлеуметтік қорғау саласындағы уәкілетті орган айқындайтын санаторийлік-курорттық ұйымда болу құнын өтеу ретінде ұсынылатын кепілдік берілген соманың, санаторийде нақты болған күні үшін, жетпіс пайызы мөлшерінде жан басына шаққандағы орташа табысын есепке алмағанда, санаторийлік-курорттық емделуге жеке абилитация және оңалту бағдарламасы бар әлеуметтік қызметтер порталы арқылы санаторий-курорттық емделуге жолдаманы таңдаған, санаторийлік-курорттық емдеуге бірінші топтағы мүгедектігі бар адамдармен еріп жүретін адамдарға беріледі, жылына бір рет;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік көмекті алушылардың санаттарын жергілікті атқарушы орган айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z101" w:id="101"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес ардагерлерге жылына бір рет 14 күннен аспайтын, бірақ мүгедектігі бар адамдар үшін белгіленген санаторийлік-курорттық емдеудің кепілдік берілген сомасынан аспайтын санаторийлік-курорттық емдеуге арналған шығындарды өтеуге ардагерлерге табыстарын есепке алмай жылына 1 (бір) рет әлеуметтік көмек көрсетіледі. Санаторийлік-курорттық емделуге жеке абилитация және оңалту бағдарламасы (АОБ) әзірленген мүгедектігі бар ардагерлерге санаторийлік-курорттық емделуге әлеуметтік көмек төленбейді.</w:t>
+    <w:bookmarkStart w:name="z114" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік көмекті алушылардың тізімдері мемлекеттік корпорацияға не өзге ұйымдарға сұрау салу негізінде не уәкілетті мемлекеттік органның ақпараттық жүйелерінен электрондық түрде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z102" w:id="102"/>
-[...319 lines deleted...]
-    <w:bookmarkStart w:name="z115" w:id="115"/>
+    <w:bookmarkStart w:name="z115" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Әлеуметтік көмек Үлгілік қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3381,332 +3421,332 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20 тармақтарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тәртіппен және мерзімдерде көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z116" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z117" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтініш беруші ұсынған мәліметтердің дәйексіздігі анықталған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z118" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) адамның (отбасының) материалдық жағдайына тексеру жүргізуден өтініш беруші бас тартқан, жалтарған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z119" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) адамның (отбасының) жан басына шаққандағы орташа табысы әлеуметтік көмек көрсету үшін жергілікті өкілді органдар белгілеген шектен артық болған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z120" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уәкілетті мемлекеттік органның ақпараттық жүйесінен әлеуметтік көмек тағайындау, осы негіз бойынша төлемді жүзеге асыруға өтініш беру фактісін растайтын мәліметтер алынған жағдайларда әлеуметтік көмек көрсетуден бас тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z121" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Әлеуметтік көмек көрсетуге жұмсалатын шығыстарды қаржыландыру Шахтинск қаласының бюджетінде көзделген, ағымдағы қаржы жылына арналған қаражат шегінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z122" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік көмек көрсету жөніндегі уәкілетті орган мемлекеттік корпорацияға әлеуметтік көмек көрсету сомаларын аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z123" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация әлеуметтік көмек көрсету жөніндегі уәкілетті органнан алынған әлеуметтік көмек сомаларын әлеуметтік көмек алушылардың банктік шоттарына аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z124" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z125" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) алушы қайтыс болған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z126" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алушы тұрақты тұру үшін тиісті әкімшілік-аумақтық бірліктен тыс кеткен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z127" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) алушы мемлекеттік медициналық-әлеуметтік мекемелерге тұруға жіберілген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z128" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өтініш беруші ұсынған мәліметтердің дәйексіздігі анықталған;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z116" w:id="116"/>
-[...15 lines deleted...]
-      14. Мынадай:</w:t>
+    <w:bookmarkStart w:name="z129" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әлеуметтік көмек көрсетуге негіз болмай қалғаны туралы мәліметтер анықталған жағдайларда әлеуметтік көмек көрсету тоқтатылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z117" w:id="117"/>
-[...259 lines deleted...]
-    <w:bookmarkStart w:name="z130" w:id="130"/>
+    <w:bookmarkStart w:name="z130" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3741,52 +3781,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген негіздер бойынша тағайындалған әлеуметтік көмекті төлеуге қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z131" w:id="131"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z131" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3801,52 +3841,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген негіздер бойынша әлеуметтік көмек төлеу көрсетілген мән-жайлар басталғаннан кейінгі айдан бастап тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z132" w:id="132"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z132" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3861,425 +3901,425 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген негіздер бойынша әлеуметтік көмекті төлеу көрсетілген мән-жайлар басталған күннен бастап тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z133" w:id="133"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z133" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Әлеуметтік көмектің артық төленген сомалары ерікті түрде қайтарылады, заңсыз алынған сомалар ерікті түрде немесе сот тәртібімен қайтарылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z134" w:id="134"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z134" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әлеуметтік көмек көрсетуді мониторингтеу мен есепке алуды әлеуметтік көмек көрсету жөніндегі уәкілетті орган "Е-собес" автоматтандырылған ақпараттық жүйесінің дерекқорын пайдалана отырып жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z135" w:id="135"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z135" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Атаулы күндер мен мереке күндеріне төленетін әлеуметтік көмек алушылардың санаттарын қалыптастыру үшін әлеуметтік көмек көрсету жөніндегі уәкілетті орган зейнетақы мен жәрдемақы алатын белсенді азаматтардың мәліметтерін алуға уәкілетті мемлекеттік органның ақпараттық жүйелеріне сұрау салуға бастама жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z136" w:id="136"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z136" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Зейнетақы мен әлеуметтік көмек көрсету жәрдемақысын алушылар жөніндегі мәліметтер Үлгілік қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z137" w:id="137"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z137" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Әлеуметтік көмек көрсету туралы шешім қабылдаған кезде уәкілетті мемлекеттік органның ақпараттық жүйелері арқылы әлеуметтік көмек көрсету жөніндегі уәкілетті орган әлеуметтік көмекті мемлекеттік корпорация арқылы төлеу процесіне бастама жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z138" w:id="138"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z138" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Әлеуметтік көмек көрсету жөніндегі уәкілетті орган қабылдаған әлеуметтік көмек көрсету туралы шешім негізінде мемлекеттік корпорация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z139" w:id="139"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z139" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       біржолғы төлемдер бойынша – күн сайын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z140" w:id="140"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z140" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ай сайынғы және тоқсан сайынғы төлемдер бойынша – төлем жасалатын айға дейінгі айдың 29-ы күніне әлеуметтік көмек төлеуге бюджет қаражатына сұраныс қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z141" w:id="141"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z141" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Сұраныс қалыптастырылғаннан кейін мемлекеттік корпорация келесі жұмыс күнінен кешіктірмей әлеуметтік көмек көрсету жөніндегі уәкілетті органға әлеуметтік көмек төлеуге сұраныс сомасы туралы өтінім жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z142" w:id="142"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z142" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік көмек көрсету жөніндегі уәкілетті орган әлеуметтік көмек төлеуге сұраныс сомасы туралы өтінім түскен күннен бастап 2 жұмыс күні ішінде мемлекеттік корпорацияға әлеуметтік көмек төлеуге сұраныс сомасы туралы өтінімде көзделген сома шегінде ақшалай қаражат аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z143" w:id="143"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z143" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік көмек көрсету жөніндегі уәкілетті орган төлем жасалатын айға дейінгі айдың 27-сі күнінен кейін түскен өтінімдер бойынша мемлекеттік корпорацияға төлем жасалатын айдың 1-іне дейін әлеуметтік көмек төлеуге сұраныс сомасы туралы өтінімде көзделген сома шегінде ақшалай қаражат аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z144" w:id="144"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z144" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Мемлекеттік корпорация трансферттер түскеннен кейін екі жұмыс күні ішінде төлем кестесіне сәйкес төлем тапсырмаларын қалыптастырады және алушылардың банктік шоттарына төлеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z145" w:id="145"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z145" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Әлеуметтік көмек төлеу жөніндегі уәкілетті ұйымнан әлеуметтік көмек сомасы қайтарылған кезде әлеуметтік көмек көрсету жөніндегі уәкілетті орган әлеуметтік көмек төлеу жөніндегі уәкілетті ұйымнан мәліметтер алғаннан кейінгі үш жұмыс күні ішінде ақпараттық жүйеге тиісті өзгерістер енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z146" w:id="146"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z146" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Мемлекеттік корпорация ағымдағы айдың соңғы жұмыс күнінен кешіктірмей мемлекеттік корпорацияның шотына түскен әлеуметтік көмектің артық есептелген (төленген) сомаларын әлеуметтік көмек көрсету жөніндегі уәкілетті органға аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z147" w:id="147"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z147" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Әлеуметтік көмек төлеуге байланысты банктік қызметтерге ақы төлеу мемлекеттік корпорация мен әлеуметтік көмек көрсету жөніндегі уәкілетті орган арасында жасалатын шарт негізінде жергілікті бюджеттер қаражаты есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>