--- v0 (2025-11-29)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="661adce" w14:textId="661adce">
+    <w:p w14:paraId="6c5a54f" w14:textId="6c5a54f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Шахтинск қаласында және іргелес Долинка, Новодолинский, Шахан кенттерінде тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
+        <w:t>Шахтинск қаласында және іргелес Долинка, Новодолинский, Шахан кенттерінде тұрғын үй көмегін көрсетудің мөлшері мен қағидаларын айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қарағанды облысы Шахтинск қалалық мәслихатының 2024 жылғы 14 маусымдағы № 341/11 шешімі. Қарағанды облысының Әділет департаментінде 2024 жылғы 19 маусымда № 6611-09 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Шешімнің тақырыбы жаңа редакцияда - Қарағанды облысы Шахтинск қалалық мәслихатының 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 475/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -172,74 +210,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Шахтинск қалалық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Шахтинск қаласында және іргелес Долинка, Новодолинский, Шахан кенттерінде тұрғын үй көмегін көрсетудің мөлшері мен тәртібі осы шешімнің </w:t>
+      1. Шахтинск қаласында және іргелес Долинка, Новодолинский, Шахан кенттерінде тұрғын үй көмегін көрсетудің мөлшері мен қағидалары осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1- қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қарағанды облысы Шахтинск қалалық мәслихатының 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 475/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -530,54 +630,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 1 қосымшасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Шахтинск қаласында және іргелес Долинка, Новодолинский, Шахан кенттерінде тұрғын үй көмегін көрсетудің мөлшері мен тәртібі</w:t>
+        <w:t xml:space="preserve"> Шахтинск қаласында және іргелес Долинка, Новодолинский, Шахан кенттерінде тұрғын үй көмегін көрсетудің мөлшері мен қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның тақырыбы жаңа редакцияда - Қарағанды облысы Шахтинск қалалық мәслихатының 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 475/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Шахтинск қаласында және іргелес Долинка, Новодолинский, Шахан кенттерінде тұратын, Қазақстан Республикасының аумағындағы жалғыз тұрғынжайы ретінде меншік құқығындағы тұрғынжайда тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға) (бұдан әрі - көрсетілетін қызметті алушылар), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -710,174 +848,578 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (бұдан әрі – Қағида) айқындалған тәртіппен есептейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалды.</w:t>
+      4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының белгілеген шекті жол берілетін көрсетілетін қызметті алушы жиынтық табысының 5 (бес) пайызы мөлшерінде деңгейінің арасындағы айырма ретінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Қарағанды облысы Шахтинск қалалық мәслихатының 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 475/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің көтерілуіне өтемақы төлемі жүзеге асырылады (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z41" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1 Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші мынадай нормалар шегінде есептейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z42" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұтынушылар үшін газбен жабдықтау жөніндегі коммуналдық қызметті тұтыну нормалары пәтерде бір адамға он бес текше метрден аспайды;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkStart w:name="z43" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұрғын үйді жылытуға жеке тұрғын үйдің тұтынушылары үшін газбен жабдықтау жөніндегі коммуналдық қызметті тұтыну нормалары бір шаршы метрге он бес текше метрден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) табиғи монополиялар саласындағы қызметті реттейтін өңірлік уәкілетті орган белгілеген нормаларға сәйкес тұтынушы үшін электрмен жабдықтау қызметін тұтыну нормалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тұтынушы үшін сумен жабдықтау және (немесе) су бұру қызметтерінің нормалары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z44" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір адамға төрт текше метрден аспайтын суық су;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z45" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір адамға екі текше метрден аспайтын ыстық су;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z46" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есептеу аспаптары бар тұтынушылар үшін жылумен жабдықтау қызметін тұтыну нормалары айына бір шаршы метрге нөл бүтін жиырма бес мың гигакалориядан аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z47" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңы 27-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес облыс, республикалық маңызы бар қала, астана әкімдігі бекітетін бір шаршы метр үшін есептеу аспаптары жоқ тұтынушылар үшін жылумен жабдықтау қызметін тұтыну нормалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z48" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қатты тұрмыстық қалдықтарды жинау және әкету (қоқыс шығару) бір адамға алты жүз елу теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z49" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) лифттерге қызмет көрсету бір пәтерге мың үш жүз теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z50" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) телекоммуникация желісіне қосылған телефон үшін абоненттік төлемді ұлғайту бөлігінде байланыс қызметтері бір абонент үшін мың үш жүз тоқсан тоғыз теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z51" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге бір шаршы метр үшін алпыс теңгеден аспайтын шығыстар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z52" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мемлекеттік тұрғын үй қорынан тұрғын үйді пайдаланғаны үшін жалдау ақысы бір шаршы метр үшін жүз жиырма теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z53" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) бір адамға арналған шаршы нормасы бір адамға он сегіз шаршы метр пайдалы алаң, бірақ жалғыз тұратын адам үшін нақты алынатын алаң отыз шаршы метрден аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Шешім 5-1-тармақпен толықтырылды - Қарағанды облысы Шахтинск қалалық мәслихатының 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 475/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Көрсетілетін қызметті алушы (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) Қағидаға сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі – Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталына тоқсанына бір рет жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z23" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорациядан құжаттардың толық жиынтығын қабылдаған күннен бастап құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау не бас тарту туралы дәлелді жауап не "электрондық үкімет" веб-порталы арқылы беру мерзімі 6 (алты) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -896,110 +1438,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тұрғын үй көмегі көрсетілген қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z25" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тұрғын үй көмегін тағайындау көрсетілетін қызметті алушыларға тиісті қаржы жылына арналған қала бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z26" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті алушыға тұрғын үй көмегін төлеу есептелген сомаларды тұрғын үй көмегін алушылардың немесе қызмет көрсетушілердің жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1078,402 +1620,402 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 341/11</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылды деп танылған Шахтинск қалалық мәслихатының кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z29" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қарағанды облысы Шахтинск қалалық мәслихатының V шақырылған III сессиясының 2012 жылғы 6 сәуірдегі № 792/3 "Тұрғын үй көмегін көрсету Ережелерін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8-8-112 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z30" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қарағанды облысы Шахтинск қалалық мәслихатының V шақырылған IХ сессиясының 2012 жылғы 29 тамыздағы № 859/9 "Шахтинск қалалық мәслихатының ІІІ сессиясының 2012 жылғы 6 сәуірдегі № 792/3 "Тұрғын үй көмегін көрсету Ережелерін бекіту туралы" шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 1946 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z31" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қарағанды облысы Шахтинск қалалық мәслихатының V шақырылған XVІІ сессиясының 2013 жылғы 3 сәуірдегі № 915/17 "Шахтинск қалалық мәслихатының 2012 жылғы 6 сәуірдегі III сессиясының "Тұрғын үй көмегін көрсету Ережелерін бекіту туралы" № 792/3 шешіміне өзгерістер мен толықтырулар енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2318 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z32" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қарағанды облысы Шахтинск қалалық мәслихатының 2013 жылғы 25 желтоқсандағы V шақырылған XХV сессиясының № 999/25 "Шахтинск қалалық мәслихатының 2012 жылғы 6 сәуірдегі III сессиясының "Тұрғын үй көмегін көрсету Ережелерін бекіту туралы" № 792/3 шешіміне өзгерістер енгізу туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2510 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z33" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қарағанды облысы Шахтинск қалалық мәслихатының V шақырылған XXVIII сессиясының 2014 жылғы 9 шілдедегі № 1047/28 "Шахтинск қалалық мәслихатының 2012 жылғы 6 сәуірдегі III сессиясының № 792/3 "Тұрғын үй көмегін көрсету Ережелерін бекіту туралы" шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2698 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z34" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Қарағанды облысы Шахтинск қалалық мәслихатының 2018 жылғы 6 тамыздағы VI шақырылған XXIII сессиясының № 1542/23 "Шахтинск қалалық мәслихатының 2012 жылғы 6 сәуірдегі III сессиясының "Тұрғын үй көмегін көрсету ережелерін бекіту туралы" № 792/3 шешіміне өзгерістер мен толықтырулар енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4905 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z35" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Қарағанды облысы Шахтинск қалалық мәслихатының 2021 жылғы 10 ақпандағы № 22/2 "Шахтинск қалалық мәслихатының 2012 жылғы 6 сәуірдегі III сессиясының "Тұрғын үй көмегін көрсету ережесін бекіту туралы" № 792/3 шешіміне өзгерістер мен толықтыру енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6190 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>