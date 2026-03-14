--- v1 (2026-01-15)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6c5a54f" w14:textId="6c5a54f">
+    <w:p w14:paraId="0079c1d" w14:textId="0079c1d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>