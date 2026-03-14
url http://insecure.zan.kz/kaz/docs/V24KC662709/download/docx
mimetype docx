--- v0 (2025-10-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="df41eb7" w14:textId="df41eb7">
+    <w:p w14:paraId="c95d29a" w14:textId="c95d29a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Теміртау қаласы мен Ақтау кентінде тұрғын үй көмегін көрсету мөлшері мен тәртібін айқындау туралы</w:t>
+        <w:t>Теміртау қаласы мен Ақтау кентіндетұрғын үй көмегін көрсетудің мөлшері мен қағидаларын айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қарағанды облысы Теміртау қалалық мәслихатының 2024 жылғы 25 шілдедегі № 17/4 шешімі. Қарағанды облысының Әділет департаментінде 2024 жылғы 29 шілдеде № 6627-09 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Шешімнің тақырыбы жаңа редакцияда - Қарағанды облысы Теміртау қалалық мәслихатының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>97-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -192,74 +230,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген), Теміртау қалалық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Теміртау қаласы мен Ақтау кентінде тұрғын үй көмегін көрсету мөлшері мен тәртібі осы шешімнің </w:t>
+      1. Теміртау қаласы мен Ақтау кентіндетұрғын үй көмегін көрсетудің мөлшері мен қағидалары осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қарағанды облысы Теміртау қалалық мәслихатының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Теміртау қалалық мәслихатының кейбір шешімдері осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -288,63 +388,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -362,51 +461,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қалалық мәслихат төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -576,54 +675,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 1- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Теміртау қаласы мен Ақтау кентінде тұрғын үй көмегін көрсету мөлшері мен тәртібі</w:t>
+        <w:t xml:space="preserve"> Теміртау қаласы мен Ақтау кентінде тұрғын үй көмегін көрсетудің мөлшері мен қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның тақырыбы жаңа редакцияда - Қарағанды облысы Теміртау қалалық мәслихатының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Қазақстан Республикасының аумағындағы жалғыз тұрғынжайы ретінде меншік құқығындағы тұрғынжайда тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға) (бұдан әрі - көрсетілетін қызметті алушылар), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -696,100 +833,100 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушылардың тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың жиыны ретінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының 4 (төрт) пайыз мөлшерінде белгілеген шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалды.</w:t>
+      2. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының 5 (бес) пайыз мөлшерінде белгілеген шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - Қарағанды облысы Теміртау қалалық мәслихатының 25.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 30/4</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - Қарағанды облысы Теміртау қалалық мәслихатының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> шешімімен (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -837,92 +974,174 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) айқындалған тәртіппен есептейді (бұдан әрі - Тұрғын үй көмегін беру қағидалары). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5. Тұрғын үй көмегін тағайындау кезінде бір адамға 15 (он бес) шаршы метрден кем емес және 18 (он сегіз) шаршы метрден артық емес, бірақ бір бөлмелі пәтерден немесе жатақханадағы бөлмеден кем емес аудан нормасы қабылданады.</w:t>
+        <w:t xml:space="preserve">
+      5. Тұрғын үй көмегінің мөлшерін "Тұрғын үй көмегін көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілері мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (бұдан әрі – тұрғын үй көмегін көрсету Қағидалары) бекітілген нормалар шегінде көрсетілетін қызметті беруші есептейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұрғын үй көмегі көрсетілетін қызметті алушыға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - Қарағанды облысы Теміртау қалалық мәслихатының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       6. "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ </w:t>
+      6. "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің көтерілуіне өтемақы төлемі жүзеге асырылады (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
@@ -1519,55 +1738,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>