--- v0 (2025-10-04)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="15eb63b" w14:textId="15eb63b">
+    <w:p w14:paraId="caa42ae" w14:textId="caa42ae">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -266,51 +266,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қарағанды қалалық мәслихатының 27.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (оның алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -848,54 +848,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелді) (бұдан әрі - Тұрғын үй көмегін көрсету қағидалары) айқындалған тәртіппен есептейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге, телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақыны ұлғайту бөлігінде коммуналдық қызметтер мен байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан тұрғын үйді және жергілікті атқарушы органның жеке меншік тұрғын үй қорынан жалға алынған тұрғын үйді пайдалануға арналған шығыстарды төлеу сомасы арасындағы айырма ретінде айқындалады және мүгедектігі бар адамдар үшін отбасы шығыстарының жол берілетін шекті деңгейімен, зейнеткерлік жасқа толмағандар (мүгедектігі бар жалғыз тұратын адамдар, мүгедектігі бар адамдардан тұратын отбасылар, 18 жасқа дейінгі балалары бар мүгедектігі бар адамдар, мүгедектігі бар адамдар және оларға күтім жасаумен айналысатын адамдар) отбасының (азаматтың) жиынтық табысына 3 пайыз мөлшерінде белгіленеді, қалған санаттар үшін отбасының (азаматтың) жиынтық табысына 4 пайыз мөлшерінде белгіленеді.</w:t>
+      4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге, телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақыны ұлғайту бөлігінде коммуналдық қызметтер мен байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан тұрғын үйді және жергілікті тұрғын үй жалдаған тұрғын үйді пайдалануға арналған шығыстарды төлеу сомасы арасындағы айырма ретінде айқындалады жеке тұрғын үй қорындағы атқарушы орган, көрсетілетін қызметті алушылардың шығыстарының шекті жол берілетін деңгейі отбасының (азаматтың) жиынтық табысына 5 (бес) пайыз мөлшерінде белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Қарағанды қалалық мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 322</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші тұрғын үй көмегін көрсету </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1765,55 +1827,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>