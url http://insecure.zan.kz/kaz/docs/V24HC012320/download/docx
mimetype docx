--- v0 (2025-10-12)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9019091" w14:textId="9019091">
+    <w:p w14:paraId="b1808af" w14:textId="b1808af">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қаражал қаласында тұрғын үй көмегін көрсету мөлшері мен тәртібін айқындау туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Қаражал қаласында тұрғын үй көмегін көрсетудің мөлшері мен Қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ұлытау облысы Қаражал қалалық мәслихатының 2024 жылғы 23 мамырдағы № 159 шешімі. Ұлытау облысының Әділет департаментінде 2024 жылғы 5 маусымда № 123-20 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Атауы жаңа редакцияда - Ұлытау облысы Қаражал қалалық мәслихатының 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының "Тұрғын үй қатынастары туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>97-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -172,74 +210,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №33763 болып тіркелген) сәйкес, Қаражал қалалық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қаражал қаласында тұрғын үй көмегін көрсету мөлшері мен тәртібі осы шешімнің </w:t>
+      1. Қаражал қаласында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес айқындалсын.</w:t>
+        <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ұлытау облысы Қаражал қалалық мәслихатының 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -530,54 +630,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қаражал қаласында тұрғын үй көмегін көрсету мөлшері мен тәртібі</w:t>
+        <w:t xml:space="preserve"> Қаражал қаласында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның атауы жаңа редакцияда - Ұлытау облысы Қаражал қалалық мәслихатының 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен жалғыз тұрғынжай ретінде Қазақстан Республикасының аумағында меншік құқығында тұрған тұрғынжайда Қаражал қаласында тұрақты тіркелген және тұратын, аз қамтылған отбасыларға (азаматтарға), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -750,214 +888,404 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тұрғын үй көмегі аз қамтылған отбасыларға (азаматтарға) кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Аз қамтылған отбасыларға (азаматтарға) тұрғын үй көмегін тағайындау келесі төмендегі нормаларға сәйкес жүргізіледі:</w:t>
+      5. Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші мынадай нормалар шегінде есептейді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) көп бөлмелі пәтерлерде тұрғынжай алаңының нормасы бір адамға 18 шаршы метрді құрайды, бір бөлмелі пәтерде тұратындар үшін - пәтердің жалпы алаңы. Көп бөлмелі пәтерлерде жалғыз тұратындар үшін алаң нормасы - 30 шаршы метр;</w:t>
+      1) көп тұтынушылар үшін газбен жабдықтау жөніндегі коммуналдық қызметті тұтыну нормалары пәтерде бір адамға он бес текше метрден аспайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) газ тұтыну нормасы –бір отбасыға айына 1 баллон (11 килограмм);</w:t>
+      тұрғын үйді жылытуға жеке тұрғын үйдің тұтынушылары үшін газбен жабдықтау жөніндегі коммуналдық қызметті тұтыну нормалары бір шаршы метрге он бес текше метрден аспайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) табиғи монополиялар саласындағы қызметті реттейтін өңірлік уәкілетті орган белгілеген нормаларға сәйкес тұтынушы үшін электрмен жабдықтау қызметін тұтыну нормалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тұтынушы үшін сумен жабдықтау және (немесе) су бұру қызметтерінің нормалары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір адамға төрт текше метрден аспайтын суық су;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір адамға екі текше метрден аспайтын ыстық су;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есептеу аспаптары бар тұтынушылар үшін жылумен жабдықтау қызметін тұтыну нормалары айына бір шаршы метрге нөл бүтін жиырма бес мың гигакалориядан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңы 27-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес облыс, республикалық маңызы бар қала, астана әкімдігі бекітетін бір шаршы метр үшін есептеу аспаптары жоқ тұтынушылар үшін жылумен жабдықтау қызметін тұтыну нормалары;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) қызмет көрсетушілердің шоттарын (түбіртектер, жүкқұжаттар, шот - фактуралар) ұсына отырып, нақты шығындар бойынша қатты отынды пайдалану, тұрғынжайларда (пәтерлерде) бір-екі қабатты үйлер үшін - алаңның 1 шаршы метрін жылыту үшін 161 килограмм көмір, үш-бес қабатты үйлер үшін - 98 килограмм көмір (6 айлық жылыту маусымына есептегенде), бірақ жылу маусымына 7 тоннадан артық емес;</w:t>
+      5) қатты тұрмыстық қалдықтарды жинау және әкету (қоқыс шығару) бір адамға алты жүз елу теңгеден аспайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тұрғын үй көмегін есептегенде, статистика органдарының мәліметтері бойынша Қаражал қаласында өткен тоқсанда қалыптасқан көмір бағасы қолданылады;</w:t>
+      6) лифттерге қызмет көрсету бір пәтерге мың үш жүз теңгеден аспайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) нақты шығындар бойынша, отбасының электроэнергияны тұтынуы, бірақ:</w:t>
+      7) телекоммуникация желісіне қосылған телефон үшін абоненттік төлемді ұлғайту бөлігінде байланыс қызметтері бір абонент үшін мың үш жүз тоқсан тоғыз теңгеден аспайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      газ плиталарымен жабдықталған үйлерде айына 150 киловаттан артық емес;</w:t>
+      8) кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге бір шаршы метр үшін алпыс теңгеден аспайтын шығыстар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      электр плиталарымен жабдықталған үйлерде айына 250 киловаттан артық емес;</w:t>
+      9) мемлекеттік тұрғын үй қорынан тұрғын үйді пайдаланғаны үшін жалдау ақысы бір шаршы метр үшін жүз жиырма теңгеден аспайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) суық суды, кәрізді, қоқыс төккішті тұтыну нормалары тарифтерді бекітетін органмен белгіленеді.</w:t>
+      10) бір адамға арналған шаршы нормасы бір адамға он сегіз шаршы метр пайдалы алаң, бірақ жалғыз тұратын адам үшін нақты алынатын алаң отыз шаршы метрден аспайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - Ұлытау облысы Қаражал қалалық мәслихатының 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Әлеуметтік тұрғыдан қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлем ақы тарифтерінің көтерілуіне өтемақы төлеу Қазақстан Республикасының Цифрлық даму, иновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шілдедегі № 295/НҚ "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1470,54 +1798,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғын үйді пайдаланғаны үшін жергілікті атқарушы орган берген жалдау ақысының мөлшері туралы шоттың электрондық көшірмесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау немесе көрсетуден бас тарту туралы дәлелді жауап беру мерзімі Мемлекеттік корпорациядан немесе "электрондық үкімет" веб-порталынан құжаттардың толық топтамасын алған күннен бастап сегіз жұмыс күнін құрайды.</w:t>
+      9. Құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау немесе көрсетуден бас тарту туралы дәлелді жауап беру мерзімі Мемлекеттік корпорациядан немесе "электрондық үкімет" веб-порталынан құжаттардың толық топтамасын алған күннен бастап 6 (алты) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - Ұлытау облысы Қаражал қалалық мәслихатының 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Тұрғын үй көмегі барлық құжаттармен бірге өтініш берілген айдан бастап бір тоқсан мерзімге тағайындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2323,55 +2713,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2697,31 +3087,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>