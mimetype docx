--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8d55a13" w14:textId="8d55a13">
+    <w:p w14:paraId="06c5781" w14:textId="06c5781">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -711,7864 +711,7748 @@
               </w:rPr>
               <w:t>1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сайлау учаскелері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1 қосымша жаңа редакцияда - Абай облысы Аягөз ауданы әкімінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> № 198 сайлау учаскесі</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 198 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: "Аягөз локомотив жөндеу депосы" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты, Аягөз қаласы, Маженова көшесі, № 1 үй.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Меерманов көшесі, № 1, 2, 3, 4, 4а, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
-[...15 lines deleted...]
-      Ларшин көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 24 үйлер;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ларшин көшесі, № 1, 1а, 1/1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 24 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
-[...15 lines deleted...]
-      Найманбаев көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 24а, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44а, 45, 46, 47, 48,49,50, 51, 52, 52а, 52б, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 100а, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 122б, 123, 124, 124а, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 170а, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226 үйлер;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Найманбаев көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 18/1, 19, 20, 21, 22, 22а, 22/1, 23, 24, 24а, 25, 26, 27, 28, 29, 30, 31, 31/1, 32, 32/1, 33, 34, 35, 36, 37, 38, 39, 39/1, 40, 41, 42, 43, 44, 44а, 44б, 44/1, 45, 46, 46/1, 47, 48, 48а, 49, 50, 50/1, 51, 52, 52а, 52б, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 62/1, 63, 64, 64/1, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 100а, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 122а, 122б, 123, 124, 124а, 125, 126, 126а, 126б, 126/1, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 149а, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 168а, 168б, 169, 170, 170а, 171, 172, 173, 174, 175, 176, 176а, 177, 177/1, 178, 179, 180, 181, 182, 183, 183/1, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 218а, 219, 220, 221, 222, 222/1, 223, 224, 225, 225а, 226 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
-[...15 lines deleted...]
-      Түгелбаев көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18 үйлер;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Түгелбаев көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
-[...15 lines deleted...]
-      Маженов көшесі, № 1, 1/б, 1/5, 2, 2а, 3, 4, 5, 5а, 6, 6а, 7, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 23, 23а, 24, 25, 26, 27, 28, 29, 30, 31, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45а, 46, 47, 48, 48а, 49, 50, 80 үйлер;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маженов көшесі, № 1, 1а, 1б, 1в, 1г, 1д, 1к, 1/1, 1/2, 1/3, 1/4, 1/5, 1/6, 2, 2а, 3, 4, 5, 5а, 5/1, 6, 6а, 6/1, 7, 8, 9, 9а, 10, 11, 12, 12а, 13, 14, 15, 15а, 16, 17, 18, 19, 20, 21, 22, 22а, 23, 23а, 24, 25, 26, 27, 28, 28а, 29, 30, 31, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 39а, 40, 41, 42, 43, 44, 45, 45а, 45/1, 46, 47, 48, 48а, 49, 50, 51, 51а, 52, 80 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
-[...15 lines deleted...]
-      Желтоқсан көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150,151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 193а, 194, 195, 196, 197, 198, 199, 199а, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 219а, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 267, 268, 269, 270, 271, 272, 273, 274, 275, 276, 277, 278, 279, 280, 281, 282, 283, 284, 285, 286, 286а, 287, 288, 289, 290, 291, 292, 293, 294, 295, 296, 297, 298, 299, 300, 301, 302, 303, 304, 305, 306, 307, 308, 309, 310, 311, 312, 313, 314, 315, 316, 317, 318, 319, 320, 321, 322, 323, 324, 325, 326, 327, 328, 329, 330, 331, 331а, 331б, 332, 333, 333а, 334, 335, 336, 337, 338, 339, 340, 341, 342, 343, 344, 345, 346, 347, 348, 349, 350, 351, 352, 353, 354, 355, 356, 357, 358, 359, 360, 361, 362, 363, 364, 365, 366, 367, 368, 369 үйлер;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Желтоқсан көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 60а, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 120а, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 131б, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150,151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 193а, 194, 195, 196, 197, 198, 199, 199а, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 219а, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 245а, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 265а, 266, 267, 268, 269, 270, 271, 272, 273, 274, 275, 276, 277, 278, 279, 280, 281, 282, 283, 284, 285, 286, 286а, 287, 288, 289, 290, 291, 292, 293, 294, 295, 296, 297, 298, 299, 300, 301, 302, 303, 304, 305, 306, 307, 308, 309, 310, 311, 312, 313, 314, 315, 316, 317, 318, 319, 319а, 320, 321, 322, 323, 324, 325, 326, 327, 328, 329, 330, 331, 331а, 331б, 332, 333, 333а, 334, 335, 336, 337, 338, 339, 340, 341, 342, 343, 344, 345, 346, 347, 348, 349, 350, 351, 352, 353, 354, 355, 356, 357, 358, 359, 360, 361, 362, 363, 364, 365, 365/1, 366, 367, 368, 369 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
-[...15 lines deleted...]
-      6 пункт көшесі, № 1, 2, 2а, 3, 4, 5а, 5, 6, 6/1, 7, 23, 25, 25а, 25б, 43, 43а, 43б үйлер;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6 пункт көшесі, № 1, 2, 2а, 3, 4, 4а, 5, 5а, 5/1, 5/7, 6, 6/1, 7, 7а, 7/22, 7/26, 23, 25, 25а, 25б, 43, 43а, 43б үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
-[...15 lines deleted...]
-      Шакенов көшесі № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 39а, 40, 41, 42, 42а, 43, 43а, 43б, 44, 45, 45а, 46, 46а, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 61а, 62, 63, 64, 65, 66, 67, 67а, 68, 68а, 68б, 69, 69а, 70, 70а, 71, 71а, 72, 72а, 73, 73а, 74, 74а, 75, 75а, 76, 76а, 77, 77а, 78, 78а, 79, 79а, 79б, 80, 80а, 81, 82, 83, 84, 84а, 84б, 85, 85а, 85/2, 86, 86а, 86б, 86в, 86г, 86д, 86е, 86/2, 87, 87а, 87б, 88, 88а, 89, 89а, 90, 90а, 90б, 90в, 91, 91а, 91б, 92, 92а, 92б, 92в, 92г, 92/1, 93, 93а, 93б, 93в, 93/2, 94, 95, 95а, 96, 97, 97а, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 107а, 108, 108а, 109, 109а, 110, 111, 112, 113, 113а, 114, 115, 115а, 116, 116а, 117, 118, 119, 120, 120а, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 135а, 136, 137, 138, 139, 140, 141, 141а, 142, 143, 143а, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 180а, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194 үйлер.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шакенов көшесі № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 39а, 40, 41, 42, 42а, 43, 43а, 43б, 44, 45, 45а, 45б, 46, 46а, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 61а, 62, 63, 64, 65, 66, 67, 67а, 68, 68а, 68б, 69, 69а, 70, 70а, 71, 71а, 72, 72а, 73, 73а, 74, 74а, 75, 75а, 76, 76а, 77, 77а, 78, 78а, 79, 79а, 79б, 80, 80а, 81, 82, 83, 84, 84а, 84б, 85, 85а, 85/2, 86, 86а, 86б, 86в, 86г, 86д, 86е, 86/2, 87, 87а, 87б, 88, 88а, 89, 89а, 90, 90а, 90б, 90в, 91, 91а, 91б, 92, 92а, 92б, 92в, 92г, 92/1, 93, 93а, 93б, 93в, 93/2, 94, 95, 95а, 96, 97, 97а, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 107а, 108, 108а, 109, 109а, 110, 111, 112, 113, 113а, 114, 115, 115а, 116, 116а, 117, 118, 119, 120, 120а, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 130/1, 131, 132, 133, 133а, 134, 135, 135а, 136, 137, 138, 139, 140, 141, 141а, 142, 143, 143а, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 158а, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 180а, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 197а, 201 үйлер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 199 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "Д. Бабатайұлы атындағы жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Гагарин көшесі, № 20 үй. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Барақ батыр көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44/1, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 59а, 59б, 60, 60а, 60б, 60г, 60д, 61, 61а, 61б, 61в, 61г, 61д, 61т, 61/1, 61/3, 62, 62а, 62д, 63, 64, 65, 65а, 66, 67, 67а, 67б, 67в, 67г, 67д, 67/1, 67/2, 68, 68а, 68/1, 69, 69а, 70, 70а, 71, 71а, 72, 73, 74, 74а, 75, 76, 77, 77а, 77б, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 95а, 96, 97, 98, 98а, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 108а, 109, 109а, 110, 111, 112, 112а, 113, 113а, 113б, 114, 114а, 115, 115а, 116, 116а, 116б, 117, 118, 119, 119а, 119б, 119в, 119г, 119д, 120, 120а, 120б, 121, 121а, 121/1, 122, 123, 123а, 124, 125, 126, 127, 127а, 128, 129, 129а, 130, 130а, 130б, 131, 131а, 132, 133, 134, 135, 136, 137, 138, 138а, 139, 139а, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 162а, 163, 164, 165, 166, 167, 168, 169, 169а, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 184а, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 205а, 206, 207, 208, 209, 210, 210а, 211, 212, 212а, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 224а, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тоқсанғазин көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 9а, 10, 11, 12, 13, 13а, 14, 15, 15а, 16, 17, 17а, 17б, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 35, 36, 37, 38, 39, 40, 40а, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 57а, 58, 59, 60, 61, 62, 63, 63а, 63б, 63в, 63г, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 75а, 76, 77, 78, 79, 80, 81, 82, 83, 83а, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 151а, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 167а, 168, 169, 170, 171, 172, 173, 173а, 174, 175, 175а, 176, 177, 177а, 177б, 178, 179, 180, 181, 181а, 182, 183, 183а, 184, 185, 186, 187, 188, 189, 189а, 190, 191, 191а, 192, 193, 193а, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 215а, 216, 217, 218, 219, 220, 221, 222, 223, 223а, 224, 225, 225а, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 245а, 246, 247, 248, 249, 249а, 249б, 249в, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 261а, 262, 263, 264, 265, 266, 267, 268, 269, 270, 271, 272, 273, 274, 275, 276, 277 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гагарин көшесі, № 1, 1/1, 2, 3, 3/1, 4, 5, 6, 7, 7а, 7/1, 8, 9, 10, 11, 12, 12/1, 13, 14, 15, 16, 17, 18, 19, 20, 20/1, 21, 22, 23, 23а, 24, 25, 26, 27, 28, 29, 30, 31, 32, 32/1, 32/2, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 59/1, 60, 61, 62, 63, 63а, 64, 65, 65а, 66, 67, 68, 69, 70, 70а, 71, 72, 73, 74, 75, 76, 77, 77а, 78, 79, 80, 80а, 81, 82, 83, 83/1, 84, 85, 85а, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 110а, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 136а, 137, 138, 139, 140, 141, 142, 143, 143/1, 143/2, 144, 145, 146, 146а, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подгорный көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12а, 13, 13а, 14, 15, 16, 17, 18, 19, 20, 20а, 20/1, 21, 22, 23, 24, 25, 26, 26/2, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51а, 51б, 52, 53, 54, 55, 56, 57, 58, 59, 59а, 60, 61, 62, 63, 64, 65, 66, 67, 67а, 68, 69, 70, 71, 72, 73, 73а, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 93а, 94, 95, 95а, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 117а, 117б, 117в, 118, 119, 120, 121, 122, 123, 124, 125, 125а, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 143а, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 164а, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Амангелді көшесі, № 1, 2, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15а, 15б, 15/1, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40а, 40в, 41, 42, 43, 44, 45, 46, 47, 48, 49, 49а, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғанбаев көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 19, 20, 21, 22, 23, 23а, 23/1, 23/2, 24, 25, 26, 26а, 27, 28, 29, 30, 30/1, 30/2, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64 үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "№ 6 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Уәлиханов көшесі, № 2 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...126 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ысқақ Сүлейменов көшесі, № 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 9/1, 9/2, 9/3, 10, 11, 12, 12/1, 13, 14, 15, 15/6, 15/7, 16, 17, 17а, 17б, 17в, 17г, 17/1, 17/2, 17/3, 17/5, 17/6, 18, 18а, 18б, 18в, 18/1, 19, 19а, 19б, 19г, 19д, 20, 20а, 20г, 20/1, 21, 22, 23, 24, 25, 26, 27, 27/1, 28, 28а, 29, 30, 31, 32, 33, 33/1, 34, 34/1, 35, 36, 36а, 37, 38, 39, 40, 41, 52 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Боранбай би көшесі, № 1, 1а, 2, 2а, 3, 4, 5, 5а, 6, 7, 7а, 8, 8а, 9, 10, 11, 12, 13, 13/1, 14, 15, 16, 17, 17/1, 18, 19, 20, 20/1, 21, 21а, 22, 23, 24, 25, 25а, 26, 27, 28, 28а, 29, 30, 31, 32, 32/1, 33, 33а, 34, 35, 35а, 35/1, 36, 36а, 37, 37а, 37/1, 38, 39, 40, 41, 41а, 42, 42а, 42б, 42/1, 43, 44, 45, 46, 46а, 46б, 46в, 46/3, 47, 48, 48а, 48б, 49, 50, 51, 51/1, 52, 53, 54, 55, 56, 56а, 57, 58, 59, 59а, 59/1, 60, 61, 61а, 61/1, 62, 63, 63а, 63б, 64, 65, 65а, 65б, 66, 67, 67а, 67г, 67/1, 68, 68а, 68/1, 69, 69а, 69г, 69/1, 70, 71, 71а, 72, 73, 73а, 74, 75, 76, 77, 78, 79, 79а, 80, 81, 82, 82а, 83, 84, 85, 86, 87, 88, 89, 90 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отарбеков көшесі, № 1, 1а, 1б, 1/1, 2, 2а, 3, 3а, 3/1, 4, 4а, 4б, 4/1, 5, 6, 6а, 6б, 7, 7/1, 8, 9, 9/2, 10, 11, 12, 13, 13/1, 14, 15, 16, 17, 17/3, 18, 19, 19а, 20, 21, 22, 22а, 23, 24, 25, 26, 27, 28, 29, 30, 30а, 31, 32, 32а, 32б, 32/1, 32/2, 33, 34, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 46а, 47, 48, 48а, 49, 49а, 49б, 50, 51, 52, 53, 54, 55, 55а, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 69а, 70, 71, 72, 73, 74, 75, 76, 77, 77а, 78, 79, 80, 81, 82, 83, 84, 85, 86 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шөкімұлы көшесі, № 1, 1а, 2, 3, 4, 5, 6, 7, 7б, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 43а, 43б, 43в, 43г, 43/1, 44, 45, 45а, 45б, 45в, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63а, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәйкіманов көшесі, № 1, 1/1, 2, 3, 4, 5, 6, 6а, 6б, 6в, 6г, 6/1, 7, 8, 8а, 8/1, 9, 9/1, 10, 11, 11/1, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 20а, 21, 22, 23, 23а, 24, 24а, 24б, 24в, 24/1, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 34а, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 56/1, 56/2, 57, 58, 58а, 59, 60, 61, 62, 63, 63а, 63б, 63в, 64, 64а, 64б, 64г, 65, 66, 66б, 67, 68, 69, 70, 71, 72, 73, 73а, 73б, 73в, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 90/1, 91, 92, 93, 94, 95, 96, 97, 98, 99, 99/2 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәлиханов көшесі, № 22, 22а, 22б, 22в, 22г, 22/7, 23, 24, 28, 30, 30/1, 32, 32а үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...178 lines deleted...]
-        <w:t xml:space="preserve"> № 201 сайлау учаскесі</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 201 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "№ 3 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Қабанбай батыр көшесі, № 5/1 үй. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
-[...15 lines deleted...]
-      Сәтпаев көшесі, № 1, 1/1, 2, 2а, 3, 4, 5, 5а, 6, 6а, 6б, 7, 7а, 8, 8/1, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20а, 21, 22, 22а, 22/1, 23, 24, 25, 26, 26а, 27, 28, 28а, 29, 30, 31, 31а, 31б, 31в, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 40, 40/2, 41, 42, 43, 44, 45, 46, 47 үйлер;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәтпаев көшесі, № 1, 1/1, 2, 2а, 2/1, 3, 4, 5, 5а, 6, 6а, 6б, 7, 7а, 8, 8/1, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20а, 21, 22, 22а, 22б, 22/1, 23, 24, 25, 26, 26а, 27, 28, 28а, 28б, 29, 30, 31, 31а, 31б, 31в, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 40, 40/2, 41, 42, 43, 44, 45, 46, 47 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
-[...15 lines deleted...]
-      Құлсейтов көшесі, № 1, 2, 3, 4, 5, 6, 6а, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 18а, 19, 20, 21, 22, 23, 24, 25, 26, 26а, 26б, 27, 28, 28а, 29, 30, 30а, 31, 32, 33, 34, 35, 35а, 36, 37, 38, 38/1, 38/3, 39, 40, 41, 42, 43, 44, 44а, 45, 46, 47, 48, 49, 50, 51 үйлер;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құлсейтов көшесі, № 1, 2, 3, 4, 5, 6, 6а, 6б, 6/1, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 18а, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 26а, 26б, 27, 28, 28а, 29, 30, 30а, 30б, 31, 32, 33, 34, 35, 35а, 36, 37, 37/1, 38, 38/1, 38/3, 39, 40, 41, 42, 43, 44, 44а, 45, 46, 47, 48, 49, 50, 51 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
-[...15 lines deleted...]
-      Матросов көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10 үйлер;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Матросов көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10/1 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
-[...15 lines deleted...]
-      Шантемисов көшесі, № 1, 1/1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12 үйлер;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шантемисов көшесі, № 1, 1/1, 2, 2/1, 2/2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
-[...15 lines deleted...]
-      Жамбыл көшесі, № 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 87а, 87б, 88, 89, 90, 91, 92, 93, 93а, 94, 95, 96, 97, 98, 99, 100, 100/1, 100/2, 100/3, 100/4, 100а, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 114а, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 129а, 130, 130а, 131, 132 үйлер;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбыл көшесі, № 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 87а, 87б, 87в, 87г, 88, 89, 90, 91, 92, 93, 93а, 94, 95, 96, 97, 98, 99, 100, 100/1, 100/2, 100/3, 100/4, 100а, 101, 102, 103, 103а, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 114а, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 129а, 130, 130а, 130б, 131, 132 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
-[...15 lines deleted...]
-      Жүнүсов көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 25 үйлер;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жүнүсов көшесі, № 1, 2, 3, 4, 4/1, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 25 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
-[...15 lines deleted...]
-      Таурбаев көшесі, № 1, 2, 3, 3а, 4, 5, 6, 7, 8, 9, 9а, 10, 10/1 үйлер;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таурбаев көшесі, № 1, 2, 3, 3а, 4, 4/1, 5, 6, 7, 8, 8/2, 9, 9а, 10, 10/1, 10/2 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
-[...15 lines deleted...]
-      Уәлиханов көшесі, № 27, 29, 29а, 31, 33, 34, 34а, 34б, 34в, 39, 43, 45, 47, 49, 51, 53, 53а, 55, 61, 150 үйлер;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәлиханов көшесі, № 27, 29, 29а, 31, 33, 34, 34а, 34б, 34в, 34/1, 39, 43, 45, 47, 49, 51, 53, 53а, 55, 61, 150 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
-[...15 lines deleted...]
-      Береке көшесі, екі пәтерлік үй, № 1, 2, 2а, 2б, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 12 пәтерлер;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Береке көшесі, екі пәтерлік үй, № 1, 1а, 1/2, 1/3, 2, 2а, 2б, 2в, 3, 3а, 3/1, 3/2, 3/3, 4, 5, 6, 7, 8, 9, 10, 11, 12 пәтерлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
-[...15 lines deleted...]
-      Кудерин көшесі, № 107, 107а, 107б, 109, 109а, 109б, 111, 113, 113а, 123, 125, 125а, 125/2, 126, 128, 130, 130а, 132, 134, 136, 138, 140, 142, 144, 146, 152, 153, 156 үйлер;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кудерин көшесі, № 107, 107а, 107б, 109, 109а, 109б, 111, 113, 113а, 113/1, 123, 125, 125а, 125в, 125/1, 125/2, 126, 128, 130, 130а, 132, 134, 136, 138, 140, 142, 144, 146, 152, 153, 156 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
-[...15 lines deleted...]
-      С. Жолдасовтар көшесі, № 1, 2, 3, 4, 4а, 5, 6, 7, 8, 8а, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23а, 24, 24а, 25, 25а, 26, 26а, 26б, 27, 28, 28а, 29, 30, 31, 32, 33, 34, 34а, 34б, 34в, 34г, 35, 36, 37, 38, 39, 40, 40а, 40б, 40в, 40/2, 41, 42, 42а, 42б, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 53а, 54, 55, 55а, 55б, 140 үйлер;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С. Жолдасовтар көшесі, № 1, 2, 3, 4, 4а, 5, 5/2, 6, 7, 8, 8а, 8/1, 9, 9б, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 17в, 18, 18а, 19, 20, 21, 22, 23, 23а, 23б, 23/1, 23/2, 24, 24а, 24б, 24/1, 25, 25а, 26, 26а, 26б, 27, 28, 28а, 29, 30, 31, 32, 33, 34, 34а, 34б, 34в, 34г, 34/1, 34/5, 35, 36, 37, 38, 38а, 38/1, 39, 40, 40а, 40б, 40в, 40/2, 41, 42, 42а, 42б, 43, 44, 45, 46, 47, 48, 49, 50, 50/1, 51, 52, 53, 53а, 54, 55, 55а, 55б, 140 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
-[...15 lines deleted...]
-      Сейфуллин көшесі, № 95, 95а, 97, 97а, 97б, 97в, 98, 99, 99а, 100, 100а, 101, 101а, 102, 103, 103а, 103б, 103/1, 104, 105, 105а, 105б, 106, 107, 107а, 108, 109, 109а, 110, 111, 111а, 111б, 111в, 111г, 111/1, 111/2, 112, 113, 113а, 114, 115, 116, 117, 117а, 118, 118а, 118б, 119, 120, 121, 122, 123, 124, 124а, 177 үйлер;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сейфуллин көшесі, № 95, 95а, 95в, 97, 97а, 97б, 97в, 97г, 97д, 97/1, 97/2, 97/3, 98, 99, 99а, 99г, 100, 100а, 101, 101а, 102, 103, 103а, 103б, 103/1, 104, 105, 105а, 105б, 106, 107, 107а, 108, 109, 109а, 110, 111, 111а, 111б, 111в, 111г, 111/1, 111/2, 111/3, 112, 112а, 113, 113а, 114, 115, 116, 116/1, 117, 117а, 118, 118а, 118б, 119, 120, 121, 122, 123, 124, 124а, 177 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жаңа көше-1 көшесі, № 1, 1а, 1б, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 70 үйлер. </w:t>
+      Темірханов көшесі, № 1, 1а, 1б, 2, 2а, 3, 4, 5, 6, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 47а, 48, 49, 50, 51, 52, 53, 53а, 54, 55, 64, 70, 76, 76а үйлер. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> № 202 сайлау учаскесі</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 202 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "Қалалық қазақ мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Уәлиханов көшесі, № 18д үй. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
-[...15 lines deleted...]
-      Б. Момышұлы көшесі, № 78, 80, 82, 84, 84а, 86, 86а, 88, 90, 90а, 92, 92а, 94, 96, 98, 100, 100а, 100б, 102, 104, 106, 108, 109, 110, 111, 111а, 112, 113, 114, 115, 115а, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 127/1, 128, 129, 130, 131, 132, 133, 133а, 134, 135, 136, 136а, 137, 138, 138а, 139, 140, 141, 142, 142а, 144, 145, 146, 147, 149, 151, 153, 155, 157, 159, 161, 163 үйлер;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Б. Момышұлы көшесі, № 78, 80, 82, 84, 84а, 86, 86а, 88, 90, 90а, 92, 92а, 94, 96, 98, 100, 100а, 100б, 102, 104, 106, 106/1, 108, 109, 110, 111, 111а, 112, 112/1, 113, 114, 115, 115а, 116, 117, 117б, 117/1, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 127/1, 128, 129, 130, 130/1, 131, 132, 132а, 133, 133а, 134, 135, 136, 136а, 137, 138, 138а, 138/1, 139, 140, 141, 141/1, 142, 142а, 142/1, 143, 143/3, 144, 145, 146, 146/2, 147, 149, 149/1, 149/3, 151, 151/1, 153, 153/1, 155, 155/1, 157, 159, 161, 161/3, 163 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
-[...15 lines deleted...]
-      Алтынсарин көшесі, № 90, 91, 92, 93, 94, 96, 98, 99, 100, 102, 104, 106, 108, 110, 112, 112б, 112/2, 112/8, 114, 116, 118, 118а, 118б үйлер;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алтынсарин көшесі, № 90, 91, 92, 93, 94, 96, 98, 99, 99а, 100, 102, 104, 106, 108, 110, 112, 112б, 112в, 112/1, 112/2, 112/3, 112/5, 112/6, 112/7, 112/8, 114, 116, 118, 118а, 118б үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
-[...15 lines deleted...]
-      Әділбаев көшесі, № 1, 1а, 1б, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45 үйлер;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әділбаев көшесі, № 1, 1а, 1б, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
-[...15 lines deleted...]
-      Байғабылов көшесі, № 1, 1а, 1б, 1в, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 29а, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42 үйлер;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байғабылов көшесі, № 1, 1а, 1б, 1в, 2, 3, 4, 5, 6, 7, 8, 9, 9/1, 10, 10а, 11, 11а, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 29а, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
-[...15 lines deleted...]
-      Бәйтерек көшесі, № 1, 2, 3, 4, 5, 6, 7, 8 , 8а, 9, 10, 11, 12 үйлер;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бәйтерек көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 8а, 9, 10, 11, 12 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
-[...15 lines deleted...]
-      Болашақ көшесі, № 1, 1а, 2, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 12, 12а үйлер;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Болашақ көшесі, № 1, 1а, 2, 3, 3а, 4, 4а, 5, 6, 7, 8, 9, 10, 10а, 11, 12, 12а үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
-[...15 lines deleted...]
-      Мәмбетов көшесі, № 43, 45, 47, 47/1, 49, 51, 53, 55, 57, 59, 59а, 61, 63, 65, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88 үйлер;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәмбетов көшесі, № 43, 45, 47, 47/1, 49, 51, 53, 55, 57, 59, 59а, 61, 63, 65, 67, 67/1, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 84а, 84/1, 85, 86, 87, 88 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
-[...15 lines deleted...]
-      Дүйсенов көшесі, № 71, 73, 75, 75а, 77, 79, 81, 83, 130, 132, 134, 136, 136а, 138, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158 үйлер;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дүйсенов көшесі, № 71, 73, 75, 75а, 75/1, 77, 79, 81, 83, 130, 132, 134, 136, 136а, 138, 140, 142, 144, 146, 148, 150, 150/1, 152, 154, 156, 158 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
-[...15 lines deleted...]
-      Бөгенбай батыр көшесі, № 3, 4, 7, 20, 22 үйлер;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөгенбай батыр көшесі, № 3, 4, 7, 20, 20а, 20/1, 22 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
-[...15 lines deleted...]
-      Ә. Тәңірбергенов көшесі, № 51, 53, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 76а, 78, 78а, 80, 80а, 80б, 82, 84 үйлер;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ә. Тәңірбергенов көшесі, № 51, 51/1, 53, 53/1, 54, 56, 56/1, 56/7, 58, 58/1, 58/2, 60, 62, 62/1, 62/2, 64, 66, 68, 68/1, 68/2, 68/3, 70, 72, 72а, 74, 76, 76а, 78, 78а, 80, 80а, 80б, 82, 84 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
-[...15 lines deleted...]
-      Уәлиханов көшесі, № 1, 1а, 2, 3, 4, 5, 6, 7, 7а, 8, 9, 10, 11, 12, 13, 15, 16, 16а, 16б, 16в, 16г, 16д, 16е, 16л, 17, 18, 18/2, 18/3 үйлер;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәлиханов көшесі, № 1, 1а, 2, 3, 4, 5, 5а, 6, 7, 7а, 8, 9, 10, 11, 12, 12а, 12/1, 13, 15, 16, 16а, 16б, 16в, 16г, 16д, 16е, 16л, 16/1, 17, 18, 18а, 18б, 18в, 18г, 18д, 18/1, 18/2, 18/3 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
-[...15 lines deleted...]
-      Ақанаев көшесі, № 40, 42, 42а, 44, 44а, 68, 68а, 69, 69а, 69б, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 103а үйлер;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақанаев көшесі, № 40, 40а, 40б, 40/7, 42, 42а, 44, 44а, 44/1, 44/2, 69, 69а, 69б, 69/2, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 103а, 106 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гагарин көшесі, № 160, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 190а, 191, 192, 193, 194, 195, 196, 197, 198, 198а, 199, 200, 200а, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 260, 261 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
-[...15 lines deleted...]
-      Барақ батыр көшесі, № 241, 241а, 242, 243, 244, 245, 246, 247, 247а, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 266а, 267, 268, 269, 270, 271, 271а, 272, 273, 274, 275, 276, 277, 277а, 278, 279, 280, 281, 282, 283, 284, 285, 286, 287, 288, 288/1, 288/2, 289, 290, 291, 292, 293, 294, 295, 296, 297, 298, 299, 300, 301, 302, 303, 304, 304/1 үйлер;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Барақ батыр көшесі, № 241, 241а, 242, 243, 243а, 244, 244а, 245, 246, 247, 247а, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 266а, 267, 268, 269, 270, 271, 271а, 272, 273, 274, 275, 276, 277, 277а, 278, 279, 280, 281, 282, 283, 284, 285, 286, 287, 288, 288/1, 288/2, 289, 290, 290/1, 291, 292, 293, 294, 295, 296, 297, 298, 299, 300, 301, 302, 303, 304, 304/1 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
-[...15 lines deleted...]
-      Қажымұқан көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15а, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35а, 35б, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51а, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 67а, 68, 69, 70, 71, 72, 73, 74, 75, 76, 76а, 77, 77а, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91 үйлер;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қажымұқан көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15а, 15б, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35а, 35б, 36, 37, 37а, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51а, 52, 53, 54, 55, 56, 57, 58, 58а, 59, 60, 61, 62, 63, 64, 65, 66, 67, 67а, 68, 69, 70, 71, 72, 73, 74, 75, 76, 76а, 77, 77а, 77б, 78, 78а, 79, 79а, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 90а, 90б, 91, 93 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
-[...15 lines deleted...]
-      Бірлік көшесі, № 1, 2, 2а, 2/1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12 үйлер.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірлік көшесі, № 1, 2, 2а, 2б, 2/1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12 үйлер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> № 203 сайлау учаскесі</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "№ 1 қалалық аралас жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Ауэзов көшесі, № 23 үй. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
-[...15 lines deleted...]
-      Ауэзов көшесі, № 1, 1а, 1б, 2, 3, 4, 5, 6, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 29а, 29б, 30, 31, 31а, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44а, 45, 46, 47, 47а, 48, 49, 50, 51, 52, 52а, 53, 53а, 54, 55, 55а, 56, 57, 57а, 58, 59, 60, 61, 62, 63, 64, 64а, 65, 66, 66а, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76 үйлер;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауезов көшесі, № 1, 1а, 1б, 2, 3, 4, 5, 6, 6/1, 6/3, 6/4, 7, 7а, 7/1, 8, 8а, 8/1, 8/2, 8/6, 9, 9а, 9б, 9/1, 9/9, 9/15, 10, 11, 11/1, 12, 12а, 12/1, 12/2, 12/3, 12/4, 12/6, 12/7, 12/8, 12/9, 12/12, 13, 13а, 13б, 13г, 13/1, 13/2, 13/4, 14, 15, 15а, 15в, 15е, 15/1, 15/2, 16, 17, 17/1, 17/2, 17/3, 17/6, 17/7, 18, 19, 19а, 19б, 19/1, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 29а, 29б, 30, 30а, 30б, 30/1, 30/2, 30/3, 31, 31а, 32, 33, 33/1, 34, 35, 36, 37, 38, 39, 40, 41, 42, 42/1, 43, 44, 44а, 45, 46, 47, 47а, 48, 49, 50, 51, 52, 52а, 53, 53а, 54, 55, 55а, 56, 57, 57а, 58, 59, 60, 61, 62, 63, 64, 64а, 65, 65а, 66, 66а, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
-[...15 lines deleted...]
-      Шәкәрім көшесі, № 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 53а, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 78/1, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96 үйлер;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шәкәрім көшесі, № 33, 34, 35, 36, 37, 37/1, 38, 38а, 38/1, 38/2, 38/3, 38/4, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 53а, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66/1, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 76/1, 77, 78, 78/1, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
-[...15 lines deleted...]
-      Кудерин көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13а, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 42а, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 55а, 56, 57, 58, 59, 59а, 60, 61, 62, 62а, 63, 64, 65, 66, 66а, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 105а, 106, 108, 110, 112, 114, 116, 118, 120, 122, 122а, 133а, 133б үйлер;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кудерин көшесі, № 1, 2, 3, 4, 5, 6, 6а, 7, 8, 8/1, 9, 10, 11, 12, 13, 13а, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 24/1, 25, 26, 27, 28, 29, 29/1, 29/2, 29/3, 30, 31, 32, 33, 34, 34а, 34/1, 34/2, 34/14, 35, 36, 37, 38, 39, 40, 41, 42, 42а, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 55а, 56, 57, 58, 59, 59а, 60, 61, 62, 62а, 63, 64, 65, 66, 66а, 67, 67а, 68, 69, 70, 71, 72, 73, 74, 75, 76, 76/1, 77, 78, 79, 79/1, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 98/1, 99, 100, 100/1, 101, 102, 103, 104, 105, 105а, 105б, 106, 108, 109/1, 110, 112, 114, 116, 118, 120, 122, 122а, 133а, 133б үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
-[...15 lines deleted...]
-      Серғазин көшесі, № 1, 2, 3, 4, 5, 6, 6а, 7, 7а, 8, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 17а, 18, 19, 19а, 20, 21, 22, 23, 23а, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 34а, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 99/5, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 124а, 124б, 124в, 125, 125а, 125б, 125в, 126, 126а, 127, 128, 129, 130 үйлер;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Серғазин көшесі, № 1, 1а, 2, 3, 3/1, 4, 5, 5/5, 6, 6а, 7, 7а, 8, 9, 10, 11, 11а, 12, 12а, 13, 14, 15, 16, 17, 17а, 18, 19, 19а, 20, 21, 22, 23, 23а, 24, 25, 25а, 26, 26а, 26/5, 27, 28, 28а, 28/2, 28/4, 28/5, 28/6, 28/7, 28/8, 28/9, 28/14, 28/21, 29, 30, 31, 32, 33, 33а, 34, 34а, 35, 35/1, 35/2, 35/3, 36, 37, 37а, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 58/1, 59, 60, 60б, 60в, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 93/1, 94, 95, 96, 97, 98, 99, 99а, 99б, 99в, 99/1, 99/3, 99/5, 99/7, 99/11, 99/17, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 110/1, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 124а, 124б, 124в, 125, 125а, 125б, 125в, 126, 126а, 127, 128, 129, 130 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақтамберді көшесі, № 42, 42а, 44, 46, 48, 48/1 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
-[...15 lines deleted...]
-      Алтынсарин көшесі, № 43, 45, 45а, 45б, 47, 49, 51, 53, 57, 59, 61, 65, 65а, 67, 69, 73, 75, 79, 81, 83, 87, 89, 95, 97, 97а, 101, 103, 105, 107, 109, 111, 113, 113а, 115 үйлер;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алтынсарин көшесі, № 43, 45, 45а, 45б, 45/1, 46, 46б, 47, 49, 51, 53, 57, 59, 61, 65, 65а, 67, 69, 73, 73/1, 75, 79, 81, 83, 87, 89, 89а, 95, 97, 97а, 101, 103, 105, 107, 109, 111, 112/4, 113, 113а, 115 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Абай бульвары, № 21, 22, 23, 24, 24а, 24б, 24г, 24/1, 29, 29б, 31, 31а, 31/4, 32, 38 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөгенбай батыр көшесі, № 29, 29а, 30, 32, 37, 37а, 44, 57 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сейфуллин көшесі, № 38, 40, 40а, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 96а үйлер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 204 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Аягөз ауданының мәдениет, тілдерді дамыту, денешынықтыру және спорт бөлімінің "Қозы Көрпеш – Баян сұлу мәдениет үйі" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты, Аягөз қаласы, Абай бульвары, № 12 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коммунальный тұйығы, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Б. Момышұлы көшесі, № 64, 66, 68, 70, 72, 74, 74/1, 76, 76а, 76б, 76в, 76/1, 76/2, 76/3, 76/4, 81, 83, 85, 87, 89, 91, 93, 95, 95а, 97, 99, 101, 103, 105, 107 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алтынсарин көшесі, № 54, 54а, 55, 56, 58, 59а, 60, 62, 63, 64, 66, 68, 70, 71, 71/9, 72, 74, 76, 77, 78, 80, 82, 84, 84а, 85, 86, 88 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ақанаев көшесі, № 1, 2, 3, 4, 5, 6, 6а, 6б, 6в, 6г, 6д, 6/2, 7, 7/1, 8, 8а, 8в, 8г, 8д, 9, 10, 10/1, 11, 12, 13, 14, 15, 16, 17, 17а, 18, 19, 19а, 19б, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 35, 36, 37, 38, 39, 41, 43, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 67а, 67б, 67/1, 67/7, 68, 68а, 69/1 үйлер; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отарбайұлы көшесі, № 1, 2, 4, 6, 7, 8, 10, 12, 14, 15, 16, 17, 18, 20, 22, 23, 24, 26, 27, 28, 30, 32, 33, 33а, 34, 35, 36, 38, 39, 40, 41, 42, 44, 46, 48, 50, 52, 54, 56, 57, 58, 60, 61, 62, 64, 66, 68, 70, 72 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай бульвары, № 2, 7, 18, 18а, 18/1, 19 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Искаков көшесі, № 2, 4, 6, 8, 10, 12 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғаббасов көшесі, № 1, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 12, 12/1, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 30а, 30б, 30/1, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 48/1, 48/2, 49, 50, 59, 60 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ә. Тәңірбергенов көшесі, № 1, 2, 2/2, 3, 4, 5, 6, 6а, 7, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 35/1, 36, 37, 38, 39, 40, 41, 41а, 42, 43, 44, 45, 45а, 46, 47, 47а, 47/1, 47/2, 48, 49, 50, 52 үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "Аягөз қалалық №9 аралас бастауыш мектеп" коммуналдық мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Б.Момышұлы көшесі, № 60 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алтынсарин көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17б, 18, 19, 20, 21, 22, 23, 24, 24/5, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 33б, 33в, 34, 35, 36, 37, 38, 39, 40, 41, 42, 44, 44/1 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақтамберді көшесі, № 20, 23, 26, 28, 29, 30, 33, 36, 37, 39 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z108" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Б.Момышұлы көшесі, № 1, 2, 2а, 3, 3а, 3б, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23а, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 53а, 53б, 54, 55, 56, 57, 59, 60, 61, 62, 63, 65, 67, 69, 71, 73, 75, 77, 79, 79/12 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Болатов көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 8а, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 36а, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50а, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 78 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құрманғазы көшесі, № 1, 2, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 18а, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28/1, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Саметов көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 32а, 33, 34, 35, 36, 37, 37/1, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 65а, 66, 66а, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 87, 140 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М.С. Байсалбаевтар көшесі, № 1, 2, 3, 4, 5, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 26а, 26б, 27, 28, 29, 30, 31, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 40, 41, 41а, 42, 43, 43а, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Искаков көшесі, № 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 32а, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 88а, 90, 92 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зеленый тұйығы, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21 үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ақанаев көшесі, № 1, 2, 3, 4, 5, 6, 6а, 6б, 6в, 6г, 6д, 6/2, 7, 7/1, 8, 8а, 8в, 8г, 8д, 9, 10, 10/1, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 35, 36, 37, 38, 39, 41, 43, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 67а, 67/1, 67/7, 68, 68а, 69/1 үйлер; </w:t>
-[...109 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...238 lines deleted...]
-        <w:t xml:space="preserve"> № 206 сайлау учаскесі</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z115" w:id="107"/>
+    <w:bookmarkStart w:name="z116" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Орталығы: Абай облысы дене шынықтыру және спорт басқармасының "Аягөз ауданының балалар-жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Ақанаев көшесі, № 40а үй. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z116" w:id="108"/>
+    <w:bookmarkStart w:name="z117" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z117" w:id="109"/>
+    <w:bookmarkStart w:name="z118" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақтамберді көшесі, № 1, 2, 3, 4, 5, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z118" w:id="110"/>
+    <w:bookmarkStart w:name="z119" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дүйсенов көшесі, № 1, 2, 3, 4, 5, 5а, 5б, 6, 7, 7/1, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23а, 24, 24в, 24/1, 24/2, 24/3, 24/4, 24/5, 24/6, 25, 26, 27, 27а, 27б, 28, 28а, 29, 30, 31, 31а, 32, 33, 34, 35, 36, 37, 38, 38а, 39, 39а, 39б, 39в, 39г, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 55а, 56, 57, 57а, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 72, 74, 76, 78, 80, 82, 84, 85, 86, 87, 88, 89, 90, 91, 92, 92а, 92/5, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z119" w:id="111"/>
+    <w:bookmarkStart w:name="z120" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Е. Тәңірбергенов көшесі, № 1, 2, 3, 4, 5, 6 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z120" w:id="112"/>
-[...15 lines deleted...]
-      Макеев көшесі, № 1, 2, 2в, 3, 4, 5, 6, 7, 7а, 7б, 8, 9, 10, 11, 12, 12а, 13, 14, 14а, 15, 16, 16а, 17, 18, 19, 19а, 20, 21, 21а, 22, 23, 24, 25, 26, 27, 39, 41, 45, 47, 47/1, 49, 55, 55а үйлер;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Макеев көшесі, № 1, 1а, 1б, 1в, 1г, 1/1, 1/2, 1/3, 2, 2а, 2б, 2в, 2д, 2/1, 2/2, 3, 3/1, 4, 5, 5а, 6, 6а, 7, 7а, 7б, 8, 9, 9а, 10, 11, 11а, 11/1, 11/2, 12, 12а, 13, 13/1, 14, 14а, 15, 16, 16а, 17, 17/1, 18, 19, 19а, 20, 21, 21а, 22, 23, 24, 25, 26, 27, 32, 32а, 32б, 32/1, 32/2, 39, 41, 45, 47, 47/1, 49, 50, 51, 53, 53а, 55, 55а үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z121" w:id="113"/>
-[...15 lines deleted...]
-      Мәмбетов көшесі, № 1, 2, 3, 3а, 4, 4а, 5, 6, 7, 8, 9, 9а, 9б, 9е, 9к, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 24, 24а, 25, 25/1, 26, 27, 28, 29, 30, 30а, 30/1, 30/3, 31, 32, 33, 34, 35, 36, 37, 38, 38а, 39, 40, 41, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 60а, 62, 62/1, 64, 66 үйлер;</w:t>
+    <w:bookmarkStart w:name="z122" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәмбетов көшесі, № 1, 2, 3, 3а, 4, 4а, 5, 6, 7, 8, 9, 9а, 9б, 9е, 9к, 10, 11, 12, 12/1, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 24, 24а, 25, 25/1, 26, 26/8, 27, 28, 29, 30, 30а, 30/1, 30/3, 31, 32, 33, 34, 35, 36, 37, 38, 38а, 39, 40, 41, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 60а, 62, 62/1, 64, 66 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z122" w:id="114"/>
-[...15 lines deleted...]
-      Сүлейменов көшесі, № 1, 1/1, 2, 3, 4, 4/2, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 42а, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 100а үйлер;</w:t>
+    <w:bookmarkStart w:name="z123" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сүлейменов көшесі, № 1, 1/1, 2, 3, 4, 4/1, 4/2, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 34а, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 42а, 43, 43/1, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 57/1, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 90, 100а, 114 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z123" w:id="115"/>
-[...15 lines deleted...]
-      Янушкевич көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17а, 18, 19, 19а, 19/1, 20, 21, 22, 23, 24, 25, 25а, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 49а, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80 үйлер.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Янушкевич көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15/1, 16, 17, 17а, 18, 18а, 19, 19а, 19/1, 20, 21, 22, 23, 24, 25, 25а, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37а, 38, 39, 40, 41, 42, 42/1, 43, 44, 45, 46, 47, 48, 49, 49а, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66/1, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80 үйлер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z124" w:id="116"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z125" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> № 207 сайлау учаскесі</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z125" w:id="117"/>
+    <w:bookmarkStart w:name="z126" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Орталығы: "Абай облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасы" мемлекеттік мекемесінің "Абай облысының еңбек мобильділігі орталығы" коммуналдық мемлекеттік мекемесінің филиалы "Абай облысы Аягөз ауданының мансап орталығы" ғимараты, Аягөз қаласы, Абай бульвары, № 47б үй. </w:t>
+      Орталығы: "Абай облысы Аягөз ауданы әкімдігінің халықты жұмыспен қамту орталығы" коммуналдық мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Абай бульвары, № 47б үй. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z126" w:id="118"/>
+    <w:bookmarkStart w:name="z127" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z127" w:id="119"/>
-[...15 lines deleted...]
-      Аталықов көшесі, № 1, 3, 4, 4а, 5, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 14, 14а, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44а, 44б, 45, 46, 47, 48, 48а, 49, 50, 51, 52, 53 үйлер;</w:t>
+    <w:bookmarkStart w:name="z128" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аталықов көшесі, № 1, 3, 4, 4а, 5, 5а, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 14, 14а, 15, 16, 17, 18, 19, 20, 20/1, 20/2, 21, 22, 23, 24, 25, 26, 26а, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44а, 44б, 44в, 45, 46, 47, 48, 48а, 49, 50, 51, 52, 53, 53а үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z128" w:id="120"/>
-[...15 lines deleted...]
-      Абай бульвары, № 45, 48, 48а, 48б, 48в, 52, 52а, 52б, 52в, 52г, 52д, 54, 54/1, 56, 56а, 56/4, 58, 60, 60/1, 62, 64 үйлер;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай бульвары, № 48, 48а, 48б, 48в, 52, 52а, 52б, 52в, 52г, 52д, 54, 54/1, 56, 56а, 56/4, 58, 60, 60/1, 62, 64 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z129" w:id="121"/>
-[...15 lines deleted...]
-      Сейфуллин көшесі, № 35, 35а, 35б, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 83а, 85, 87, 89, 91, 93, 93а үйлер;</w:t>
+    <w:bookmarkStart w:name="z130" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сейфуллин көшесі, № 35, 35а, 35б, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 83а, 85, 87, 89, 91, 93, 93а, 93б үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z130" w:id="122"/>
-[...15 lines deleted...]
-      Жамбыл көшесі, № 21, 21а, 22, 22а, 22б, 22в, 23, 23а, 23б, 23в, 24, 24а, 24б, 24в, 24г, 25, 26, 26б, 27, 27г, 28, 28а, 29, 30, 31, 32, 33, 33а, 34, 34/4, 35, 36, 37, 38, 39, 40, 41, 41а, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50а, 51, 52, 53, 54, 55, 55а, 56, 57, 57а, 58, 59, 59а, 60, 61, 61а үйлер;</w:t>
+    <w:bookmarkStart w:name="z131" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбыл көшесі, № 21, 21а, 21в, 22, 22а, 22б, 22в, 23, 23а, 23б, 23в, 24, 24а, 24б, 24в, 24г, 25, 26, 26б, 27, 27г, 28, 28а, 29, 30, 31, 32, 33, 33а, 34, 34/4, 35, 36, 37, 38, 39, 40, 41, 41а, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50а, 51, 52, 53, 54, 55, 55а, 56, 57, 57а, 58, 59, 59а, 60, 61, 61а үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z131" w:id="123"/>
-[...15 lines deleted...]
-      Мәметова көшесі, № 9, 9а, 9б, 9в, 9г, 9д, 9е, 9к, 9л, 9/1, 23, 24, 24а, 24б, 25, 26, 26а, 26/1, 27, 28, 28а, 29, 30, 31, 32, 32а, 33, 33а, 34, 35, 35а, 35/1, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50а, 51, 52, 53, 55, 57, 59, 59а, 60, 64, 67, 73, 77, 78, 80, 84, 86, 91 үйлер;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәметова көшесі, № 9, 9а, 9б, 9в, 9г, 9д, 9е, 9к, 9л, 9/1, 23, 24, 24а, 24б, 25, 26, 26а, 26/1, 27, 28, 28а, 29, 30, 31, 32, 32а, 33, 33а, 34, 35, 35а, 35/1, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50а, 51, 52, 52а, 53, 55, 57, 59, 59а, 60, 64, 67, 73, 77, 78, 80, 84, 86, 91 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z132" w:id="124"/>
-[...15 lines deleted...]
-      Қабанбай батыр көшесі, № 1, 1а, 1б, 1в, 1г, 1д, 1к, 1л, 2, 3, 3а, 3б, 3г, 4, 5, 5/8, 5г, 6, 6а, 6г, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 39а, 39б, 39в, 40, 40а, 40б, 40в, 40г, 40д, 40/1, 41, 41а, 41б, 41/1, 42, 42а, 43, 43а, 43б, 43в, 43г, 44, 44/1, 45, 46, 47, 47/1, 47/2, 48, 49, 50, 54, 56, 56а, 56б, 56в, 56/1, 56/2, 80, 81, 82, 83, 83/1 үйлер;</w:t>
+    <w:bookmarkStart w:name="z133" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қабанбай батыр көшесі, № 1, 1а, 1б, 1в, 1г, 1д, 1к, 1л, 1м, 1/1, 1/2, 1/3, 1/4, 2, 2а, 2б, 2в, 2г, 2/1, 2/2, 2/3, 3, 3а, 3б, 3г, 3/1, 3/2, 3/3, 3/4, 4, 5, 5а, 5б, 5в, 5г, 5/1, 5/2, 5/7, 5/8, 6, 6а, 6г, 7, 7а, 7б, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 19, 20, 20/1, 25, 25в, 25/2, 26, 26а, 27, 27а, 28, 29, 30, 31, 31/1, 32, 33, 33/1, 33/2, 33/3, 34, 35, 35/1, 35/3, 35/7, 35/8, 36, 37, 38, 38/3, 38/4, 38/5, 38/6, 39, 39а, 39б, 39в, 39/1, 39/2, 40, 40а, 40б, 40в, 40г, 40д, 40/1, 41, 41а, 41б, 41/1, 41/2, 42, 42а, 42б, 43, 43а, 43б, 43в, 43г, 44, 44/1, 44/2, 45, 45а, 45/1, 45/2, 46, 46а, 46б, 46в, 46г, 46д, 47, 47/1, 47/2, 47/3, 48, 48а, 49, 50, 50а, 51, 51а, 51б, 51в, 51г, 51д, 52, 53, 53а, 54, 55, 56, 56а, 56б, 56в, 56/1, 56/2, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 67/1, 67/2, 68, 69, 70, 70/1, 71, 72, 73, 74, 75, 76, 77, 78, 79, 79/1, 80, 80а, 80/1, 80/2, 80/3, 80/4, 80/5, 80/6, 81, 82, 83, 83/1, 84, 84а, 84б, 84в, 84г, 85, 85а үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z133" w:id="125"/>
+    <w:bookmarkStart w:name="z134" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Панфилов көшесі, № 30, 30а, 30б, 31а, 32, 33, 33а, 34, 35, 36, 37, 38, 39, 40, 41, 42, 42а, 43, 44, 45, 46, 47, 47а, 48, 49, 50, 51, 52, 52/1, 53, 54, 55, 56, 56а, 57, 58, 59, 60, 60а, 61, 61а, 62, 63, 64, 65, 66, 67, 68, 69, 70, 72, 115 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z134" w:id="126"/>
+    <w:bookmarkStart w:name="z135" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рахимов көшесі, № 1, 1а, 1б, 1/4, 3, 5, 5а, 7, 9, 11, 11а, 11б, 13, 15, 16, 17, 19, 21, 23, 25, 25а, 27, 29, 31, 61 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z135" w:id="127"/>
-[...15 lines deleted...]
-      Шакеров көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 8/2, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 30а, 31, 32, 34, 36, 79/1, 92, 92/1 үйлер;</w:t>
+    <w:bookmarkStart w:name="z136" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шакеров көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 8/1, 8/2, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 19а, 20, 21, 22, 23, 23а, 24, 25, 26, 27, 28, 29, 30, 30а, 31, 32, 32а, 32б, 34, 36, 79/1, 92, 92/1 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z136" w:id="128"/>
-[...15 lines deleted...]
-      Тоқтаров көшесі, № 1, 1а, 1б, 1/2, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16в, 16е, 17, 18, 18а, 18б, 18в, 18/1, 19, 20, 20а, 20б, 20д, 21, 22, 22а, 22б, 22в, 22г, 22д, 23, 24, 25, 26, 26а, 27, 28, 28а, 28б, 28в, 29, 30, 31, 32, 33, 34, 34а, 34б, 35, 36, 36а, 37, 38, 39, 39/1, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 57а, 58, 59, 60, 72, 74 үйлер;</w:t>
+    <w:bookmarkStart w:name="z137" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тоқтаров көшесі, № 1, 1а, 1б, 1/2, 1/3, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12/1, 13, 14, 15, 16, 16а, 16б, 16в, 16е, 17, 18, 18а, 18б, 18в, 18/1, 19, 20, 20а, 20б, 20в, 20г, 20д, 21, 22, 22а, 22б, 22в, 22г, 22д, 22/1, 22/2, 23, 24, 25, 26, 26а, 27, 28, 28а, 28б, 28в, 29, 30, 31, 31/1, 32, 33, 34, 34а, 34б, 34/1, 35, 36, 36а, 37, 38, 39, 39/1, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 56/1, 56/2, 57, 57а, 57б, 58, 59, 60, 62, 72, 73, 74 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z137" w:id="129"/>
+    <w:bookmarkStart w:name="z138" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нашірбеков көшесі, № 1, 2, 3, 4, 5, 6, 7, 30, 38 үйлер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z138" w:id="130"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z139" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> № 208 сайлау учаскесі</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 208 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z139" w:id="131"/>
+    <w:bookmarkStart w:name="z140" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "Қалалық көпсалалы қазақ мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Ақтамберды көшесі, № 77 үй. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z140" w:id="132"/>
+    <w:bookmarkStart w:name="z141" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z141" w:id="133"/>
-[...15 lines deleted...]
-      Дәутбергенов көшесі, № 1, 1а, 2, 3, 3а, 4, 4а, 5, 6, 7, 8, 8а, 9, 9а, 10, 11, 11а, 12, 13, 14, 15, 16, 17, 18, 19, 19а, 21, 54, 93, 125;</w:t>
+    <w:bookmarkStart w:name="z142" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақтамберді көшесі, № 41, 43, 43а, 45, 47, 49, 51, 53, 54, 55, 56, 57, 58, 58/1, 59, 60, 61, 62, 63, 64, 65, 65а, 66, 67, 68, 69, 70, 70а, 71, 73, 75, 77, 78, 79, 79а, 79б, 79в, 79/1, 80, 82, 84, 86, 89 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z142" w:id="134"/>
-[...15 lines deleted...]
-      Ақтамберді көшесі, № 41, 43, 43а, 45, 47, 49, 51, 53, 54, 55, 56, 57, 58, 58/1, 59, 60, 61, 62, 63, 64, 65, 65а, 66, 67, 68, 69, 70, 70а, 71, 73, 75, 77, 78, 79, 79а, 79б, 79в, 79/1, 80, 82, 84, 86, 89 үйлер;</w:t>
+    <w:bookmarkStart w:name="z143" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәметова көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 10, 11, 12, 13, 14, 15, 15а, 15б, 15в, 15г, 16, 17, 17а, 18, 19, 19а, 19б, 20, 20а, 20б, 21, 22, 22а, 22/1 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z143" w:id="135"/>
-[...15 lines deleted...]
-      Мәметова көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 10, 11, 12, 13, 14, 15, 15а, 15б, 15в, 15г, 16, 17, 17а, 18, 19, 19а, 20, 20а, 20б, 21, 22, 22а, 22/1 үйлер;</w:t>
+    <w:bookmarkStart w:name="z144" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай бульвары, № 45, 47, 49, 53, 53а, 53б, 53в, 55, 59, 59а, 59б, 61, 61а, 61б, 63, 65, 68, 82, 162, 314 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z144" w:id="136"/>
-[...15 lines deleted...]
-      Абай бульвары, № 45, 47, 49, 53, 53а, 53б, 53в, 59, 59а, 59б, 61, 61а, 61б, 63, 65, 68, 82, 162, 314 үйлер;</w:t>
+    <w:bookmarkStart w:name="z145" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Панфилов көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19а, 20, 21, 21а, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 29а, 31 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z145" w:id="137"/>
-[...15 lines deleted...]
-      Нашанов көшесі, № 1, 1а, 2, 3, 4, 5, 6, 7, 7а, 8, 8а, 8б, 9, 10, 10а, 11, 12, 12а, 13, 14, 14а, 15, 15а, 15б, 16, 16а, 59а үйлер;</w:t>
+    <w:bookmarkStart w:name="z146" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шәкәрім көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13/4, 14, 15, 16, 17, 18, 19, 19а, 20, 20а, 21, 22, 23, 24, 25, 25а, 26, 27, 28, 29, 30, 31, 31а, 32 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z146" w:id="138"/>
-[...15 lines deleted...]
-      Бектібаев көшесі, № 1, 1а, 1б, 1в, 1/2, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15 үйлер;</w:t>
+    <w:bookmarkStart w:name="z147" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сейфуллин көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 36 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z147" w:id="139"/>
-[...15 lines deleted...]
-      Панфилов көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19а, 20, 21, 21а, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 29а, 31, 31а үйлер;</w:t>
+    <w:bookmarkStart w:name="z148" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбыл көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20а үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z148" w:id="140"/>
-[...15 lines deleted...]
-      Шәкәрім көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13/4, 14, 15, 16, 17, 18, 19, 19а, 20, 20а, 21, 22, 23, 24, 25, 25а, 26, 27, 28, 29, 30, 31, 31а, 32 үйлер;</w:t>
+    <w:bookmarkStart w:name="z149" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рахимов көшесі, № 10, 14, 14а, 14б, 14/2 үйлер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z149" w:id="141"/>
-[...15 lines deleted...]
-      Сейфуллин көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 36 үйлер;</w:t>
+    <w:bookmarkStart w:name="z150" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z150" w:id="142"/>
-[...15 lines deleted...]
-      Жамбыл көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20а үйлер;</w:t>
+    <w:bookmarkStart w:name="z151" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "№ 10 қалалық қазақ мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Ақтамберды көшесі, № 79 үй. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z151" w:id="143"/>
-[...15 lines deleted...]
-      Рахимов көшесі, № 10, 14, 14а, 14б үйлер;</w:t>
+    <w:bookmarkStart w:name="z152" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z152" w:id="144"/>
-[...15 lines deleted...]
-      Терешкова көшесі, № 10, 11, 11а, 12, 13, 14, 15, 16, 17, 18, 18/7, 19, 19а, 19б, 19/4, 19/7, 20, 21, 22, 22а, 23, 23а, 23г, 24, 24а, 25, 25/1, 26, 27, 27/1, 28, 28а, 29, 30, 30а, 30б, 30в, 30г, 30д, 30е, 31, 32, 32а, 32б, 32в, 32г, 33, 34, 35, 36, 37, 38, 39, 40, 41, 41а, 42, 42а, 43, 44, 44а, 44б, 44в, 44г, 45, 46, 46а, 46б, 46в, 46г, 47, 47а, 48, 48а, 48б, 48в, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 96а, 97, 98 үйлер.</w:t>
+    <w:bookmarkStart w:name="z153" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дәутбергенов көшесі, № 1, 1а, 2, 3, 3а, 4, 4а, 5, 6, 7, 8, 8а, 9, 9а, 10, 11, 11а, 12, 12/1, 13, 13а, 14, 15, 16, 17, 18, 19, 19а, 21, 54, 93, 125;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z153" w:id="145"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z154" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дүйсенбаев көшесі, дома № 1, 2, 3, 3а, 4, 5, 6, 7, 7а, 8, 9, 9а, 10, 11, 11а, 12, 13, 14, 14а, 15, 15а, 15б, 16, 17, 18, 19, 20, 21, 21а, 21б, 22, 22/1 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z155" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оразалин көшесі, № 1, 2, 2а, 2б, 2/1, 3, 3а, 3б, 4, 5, 5а, 5/1, 6, 7, 8, 9, 10, 11, 12, 12а, 13, 13а, 13/1, 14, 15, 15а, 16, 17, 18, 19, 20, 20/1, 21, 22, 23, 24, 78 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z156" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Терлікбаев көшесі, № 1, 2, 3, 4, 4а, 5, 6, 7, 8, 8а, 9, 10, 11, 12, 13, 13а, 14, 14а, 15, 15а, 16, 16а, 17, 18, 19, 19а, 20, 20а, 21, 22, 23, 24, 25, 26, 26а, 27, 28, 28а, 29, 29а, 29б, 29в, 29г, 30, 31, 31/1, 32, 33, 34, 34а, 35, 36, 36а, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z157" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шайханқари көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40а, 40б, 41, 41а, 42, 43, 44, 45, 46, 47, 63а үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z158" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оспанов көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 23, 24, 24а, 25, 26, 27, 28, 29, 30, 31, 32, 32а, 33, 34, 34а, 34б, 35, 36, 36а, 36б, 37, 38, 39, 40, 40а, 41, 42, 42а, 42б, 43, 43а, 43б, 44, 45, 46, 47, 47а, 47б, 47в, 47/1, 48, 48а, 49 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z159" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Титаков көшесі, № 1, 2, 3, 3а, 3б, 4, 5, 6, 6/1, 7, 8, 9, 10, 11, 11а, 11б, 11/1, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 19/1, 20, 20а, 20/1, 21, 21/1, 22, 23, 24, 24а, 25, 26, 26/1, 27, 28, 28а, 29, 30, 30а, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z160" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Молдағұлова көшесі, № 137, 138, 138а, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 155а, 156, 157, 157а, 158, 159, 160, 161, 161а, 162, 163, 163а, 164, 165, 165а, 165б, 165/1, 166, 167, 167а, 167б, 168, 169, 170, 171 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z161" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байтұрсынов көшесі, № 85, 86, 87, 88, 89, 90, 91, 92, 93, 93а, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 235 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z162" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мерей көшесі, № 1, 2, 3, 4, 5, 5/1, 6, 7, 8, 9, 10, 11, 12, 13, 14, 14а, 21, 21а, 24, 24а, 24б, 25, 25а, 26, 26а, 26б, 26в, 28, 29, 30, 30а, 35, 38, 40, 40а, 40б, 48а, 50, 51, 52, 52а, 54, 60, 62, 62а, 72, 72а, 72б, 73, 74, 75 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z163" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байшашев көшесі, № 1, 1а, 1/1, 2, 2а, 2/1, 3, 4, 5, 6, 6а, 6б, 7, 7а, 8, 9, 9а, 9б, 10, 11, 11/1, 12, 13, 14, 14а, 15, 16, 17, 17/1, 18, 18а, 19, 20, 21, 21а, 21б, 22, 22а, 23, 23а, 24, 24а, 24б, 25, 25а, 25б, 25в, 26, 26а, 26б, 26в, 27, 28, 28а, 29, 30, 31, 31а, 32, 32а, 33, 33/1, 34, 35, 36, 36а, 37, 38, 38а, 39, 40, 40а, 41, 42, 42а, 42б, 43, 44, 44а, 45, 46, 46а, 47, 48, 48а, 48б, 49, 50, 50а, 51, 52, 52а, 53, 54, 54а, 54б, 54в, 55, 56, 57, 58, 59, 60, 61, 61а, 62, 62а, 62б, 63, 64, 65, 66, 67, 67а, 68, 68а, 68б, 69, 70, 70а, 71, 72, 72а, 73, 74, 75, 75/3 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z164" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халид көшесі, № 1, 1а, 2, 3, 3а, 3б, 4, 5, 5а, 5б, 5/1, 5/2, 6, 6а, 7, 7а, 7/1, 7/2, 8, 9, 10, 11, 12, 12/2, 13, 13/1, 14, 14/1, 15, 16, 16а, 17, 17/1, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 36, 36а, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45/1, 45/2, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 79 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z165" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нашанов көшесі, № 1, 1а, 2, 3, 4, 5, 6, 7, 7а, 8, 8а, 8б, 9, 10, 10а, 11, 12, 12а, 13, 14, 14а, 15, 15а, 15б, 15/1, 15/2, 16, 16а, 59а үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z166" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұралинов көшесі, № 1, 2, 3, 4, 5, 6, 13а, 14, 15, 45б, 137/1, 138 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z167" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Терешкова көшесі, № 10, 11, 11а, 12, 13, 14, 15, 16, 17, 18, 18/7, 19, 19а, 19б, 19в, 19/1, 19/2, 19/3, 19/4, 19/7, 20, 21, 23, 23а, 23г үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z168" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z154" w:id="146"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z169" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "№ 5 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Байтұрсынов көшесі, № 22 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z170" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z171" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көшкімбаева көшесі, № 1, 2, 2а, 3, 4, 5, 6, 7, 7а, 8, 9, 10, 11, 11а, 12, 13, 14, 15, 15а, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 43а, 43б, 43в, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 93а, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 109а, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 122а, 123, 125, 125а, 125б үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z172" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұғманов көшесі, № 1, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23а, 24, 25, 26, 27, 28, 29, 30, 31, 31а, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 43б, 44, 45, 45а, 46, 46/1, 47 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z173" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ешмағамбетов көшесі, № 1, 1а, 2, 2а, 2б, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44а, 45, 46, 47, 48, 49, 49а үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z174" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нүрпейсова көшесі, № 1, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z175" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Чкалов көшесі, № 1, 1а, 1б, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21а, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 78 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z176" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бигелдинов көшесі, № 1, 2, 2а, 3, 4, 4а, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 18а, 18б, 18/1, 18/2, 19, 20, 21, 22, 23, 24, 25, 25а, 25б, 26, 27, 27а, 28, 29, 30, 31, 31/1, 32, 33, 34, 35 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z177" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дүйсенғазин көшесі, № 1, 1а, 1б, 2, 2а, 3, 4, 5, 6, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35а, 36, 37, 38, 39, 40, 41, 41а, 41б, 41в, 42, 43, 43а, 44, 45, 45а, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 110 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z178" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Радионов көшесі, № 1, 1а, 2, 2а, 2/1, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 11а, 12, 13, 13а, 13б, 14, 15, 16, 17, 18, 19, 20, 20/1, 21, 22, 23, 24, 25, 25а, 26, 27, 28, 29, 30, 31, 32, 33, 34, 34/1, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51а, 52, 53, 54, 55 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z179" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрахметов көшесі, № 1, 2, 3, 4, 4/1, 5, 6, 6а, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21а, 22, 22а, 23, 23а, 23б, 24, 24а, 24б, 25, 25а, 26, 26а, 26/1, 27, 28, 28а, 28б, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45а, 45б, 46, 47, 47а, 48, 49, 49а, 50, 51, 52, 53, 53а, 54, 55, 56, 57, 58, 59, 60, 61, 61/1, 62, 63, 63а, 64, 65, 65а, 66, 67, 68, 69, 69а, 70, 71 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z180" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Искаков көшесі, № 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z181" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байтұрсынов көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 23, 23/1, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37а, 38, 39, 40, 40а, 40б, 41, 42, 43, 43а, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z182" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тулендин көшесі, № 1, 2, 3, 4, 4а, 4б, 5, 6, 6а, 7, 8, 9, 10, 11, 12, 12/2, 13, 14, 15, 16, 16а, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44а үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z183" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шыңғожа батыр көшесі, № 1, 1а, 1б, 2, 2а, 2б, 3, 4, 4а, 4б, 5, 5/1, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17а, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z184" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Молдағұлова көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 31/1, 32, 33, 34, 35, 36, 37, 37а, 38, 39, 40, 41, 41/1, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50/1, 51, 52, 52а, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63а, 63б, 64, 65, 66, 66а, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 78/1, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 88/1, 89, 90, 91, 91а, 92, 93, 94, 95, 96, 97, 98, 98а, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 123а, 124, 125, 126, 127, 127а, 127/1, 128, 129, 130, 131, 132, 133, 134, 135, 136, 136/1 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z185" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "№ 10 қалалық қазақ мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Қабанбай батыр көшесі, № 23 үй. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z155" w:id="147"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 211 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z186" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "№4 аралас жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Оңтүстік қалашық, № 4 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z187" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-[...380 lines deleted...]
-    <w:bookmarkStart w:name="z175" w:id="167"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z188" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оңтүстік қалашық, № 1, 1/1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15а, 16, 16/1, 16/2, 17, 17/1, 18, 19, 20, 21, 22, 22а, 22б, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 32/1, 33, 34, 35, 36, 37, 38, 39, 40, 40/1, 40/2, 40/3, 40/4, 40/5, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 156 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z189" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қошқарбаев көшесі, № 1, 1а, 1б, 1в, 1г, 1/1, 1/2, 2, 2а, 2/1, 3, 3а, 3/1, 3/2, 3/3, 3/4, 3/5, 4, 4а, 4б, 4в, 4г, 4/1, 4/2, 4/3, 4/4, 4/5, 5, 5а, 5б, 6, 6а, 6/1, 7, 7а, 7б, 8, 9, 9а, 9б, 9в, 9/1, 10, 10а, 10б, 11, 11а, 11б, 12, 12/1, 13, 13а, 14, 15, 15а, 16, 16а, 16/1, 16/2, 16/3, 17, 17а, 17/1, 18, 18/1, 18/2, 18/3, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 38а, 39, 39а, 40, 40в, 41, 41а, 42, 42а, 43, 43а, 44, 45, 46, 47, 48, 49, 49а, 49б, 50, 51, 52, 53, 54, 55, 56, 56а, 56б, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 70а, 71, 72, 72а, 73, 74, 75, 76, 77, 78, 79, 79а, 80, 81, 82, 83, 84, 84а, 84б, 85, 85/1, 86, 87, 88, 89, 90, 90а, 90г, 90/7, 91, 91а, 91/1, 91/2, 91/3, 92, 93, 94, 95, 100, 100а, 104, 104а, 104б, 104в, 106, 110, 110а, 111, 111а, 112, 112а, 113, 113а, 114, 114а, 115, 116, 116а, 117, 118, 118а, 120, 120а, 121, 121а, 122а, 123, 125, 125а, 127, 127а, 129, 129а, 131, 131а, 132, 132а, 133, 133а, 134, 134а, 135, 135а, 136, 136а, 137, 137а, 139, 139а, 141, 141а үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z190" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мусапарбеков көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 34, 36, 36а, 38, 39 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z191" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хладопункт көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10 үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z192" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жаңа көше-2 көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19/1, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51а, 52, 52а, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 83/1, 84, 85, 86, 86/1, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 121а, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133 үйлер; </w:t>
-[...29 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z179" w:id="171"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 212 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z193" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "№ 11 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Жаңа көше-2 көшесі, № 134 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z194" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-[...278 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z194" w:id="186"/>
-[...15 lines deleted...]
-      Оспанов көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22 үйлер.</w:t>
+    <w:bookmarkStart w:name="z195" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бектібаев көшесі, № 1, 1а, 1б, 1в, 1/2, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12а, 13, 13/1, 13/3, 14, 15 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z195" w:id="187"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z196" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дүйсенбаев көшесі, дома № 23, 23а, 24, 25, 25а, 25/1, 26, 27, 28, 28/1, 29, 29а, 30, 31, 31а, 31б, 31в, 31/1, 32, 33, 33а, 33б, 34, 34а, 34/1, 35, 35а, 36, 37, 38, 38а, 38б, 39, 39а, 39б, 39в, 40, 41, 41а, 41б, 41в, 41г, 41д, 41/1, 41/2, 41/3, 41/4, 41/5, 42, 42а, 43, 43а, 43б, 43в, 44, 44а, 45, 45а, 45б, 45в, 46, 46а, 47, 47а, 48, 49, 50, 51, 51а, 52, 53, 54, 54а, 55, 55а, 56, 56а, 57, 57а, 58, 58а, 59, 59а, 59б, 59/1, 59/2, 60, 61, 61а, 61б, 62, 63, 64, 64а, 64б, 64/1, 65, 66, 67, 68, 69, 70, 102 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z197" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жаңа көше-2 көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19/1, 20, 20/2, 20/3, 21, 21а, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51а, 52, 52а, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 83/1, 84, 85, 86, 86/1, 87, 87/1, 88, 89, 89/1, 90, 91, 92, 93, 94, 94б, 95, 96, 97, 97а, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 121а, 121б, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z198" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зенин көшесі, № 1, 2, 3, 4, 5, 6, 7, 7/1, 8, 9, 10, 11, 12, 13, 13а, 14, 15, 16, 17, 18, 19, 19а, 20, 20а, 21, 22, 23, 24, 25, 26, 26а, 27, 28, 29, 30, 30/1, 31, 33, 33а, 43, 44, 45, 46, 65 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z199" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Манғазбаев көшесі, № 1, 1/1, 2, 2а, 3, 4, 5, 6, 7, 8, 8/1, 8/2, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 26а, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 42а, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 56б, 57, 58, 59, 60, 60а, 60б, 67 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z200" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайсаров көшесі, № 1, 2, 3, 4, 5, 5/1, 6, 6а, 6б, 6в, 7, 8, 9, 9а, 10, 10а, 10б, 10/1, 11, 12, 12/1, 13, 13а, 14, 14/1, 15, 15а, 15б, 16, 16а, 16/1, 17, 18, 18а, 18б, 18/1, 18/2, 19, 19/1, 20, 20/1, 21, 22, 22/2, 23, 23а, 24, 24/1, 25, 25а, 26, 26/1, 27, 27а, 28, 28/1, 29, 29б, 30, 30/1, 30/2, 30/3, 31, 32, 33, 34, 35, 36, 36а, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z201" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Көшкімбаева көшесі, № 124, 126, 127, 128, 129, 129а, 130, 131, 132, 132а, 133, 134, 135, 136, 137, 138, 138а, 139, 139а, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z202" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұғманов көшесі, № 48, 49, 49а, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 59а, 60, 61, 62, 63, 63а, 64, 64а, 65, 65/1, 65/2, 66, 67, 67а, 68, 69, 69/1, 69/2, 70, 70а, 70/1, 71, 71/1, 72, 73, 80, 80/1, 81, 82, 82/1, 83, 83/1, 83/2, 83/3, 84, 84/1, 85, 85а, 85б, 86, 86/1, 87, 88, 88а, 89, 90, 91 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z203" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сарсенбаев көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 12, 13, 14, 15, 16, 17, 18, 18а, 19, 20, 20а, 21, 22, 23, 24, 24а, 25, 26, 26а, 27, 28, 29, 30, 31, 32, 32а, 33, 34, 35, 35а, 36, 37, 38, 38а, 39, 39а, 40, 40а, 40б, 40/1, 41, 42, 43, 44, 45, 46, 47, 60, 69, 70, 70а, 71, 72, 73, 74, 75 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z204" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Терешкова көшесі, № 22, 22а, 22/2, 24, 24а, 24/1, 25, 25/1, 26, 27, 27/1, 28, 28а, 29, 30, 30а, 30б, 30в, 30г, 30д, 30е, 30/1, 30/3, 31, 32, 32а, 32б, 32в, 32г, 32/1, 32/2, 33, 34, 34/1, 35, 36, 37, 38, 39, 40, 40/1, 41, 41а, 41/1, 42, 42а, 43, 43а, 44, 44а, 44б, 44в, 44г, 45, 46, 46а, 46б, 46в, 46г, 46/2, 47, 47а, 48, 48а, 48б, 48в, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 96а, 96/1, 97, 98 үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z205" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шұбартау көшесі, № 1, 2, 3, 4, 4а, 5, 6, 7, 7а, 8, 9, 9а, 10, 10а, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33 үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z206" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...198 lines deleted...]
-      Аягөз ауданы Аягөз қаласы Егізқызыл айырығының аумағы (барлық үйлер); </w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z206" w:id="198"/>
-[...97 lines deleted...]
-    <w:bookmarkStart w:name="z211" w:id="203"/>
+    <w:bookmarkStart w:name="z207" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Орталығы: "Қазақстан темір жолы" ұлттық компаниясы" акционерлік қоғамының "Семей магистральді желі бөлімшесі" филиалының Аягөз жол дистанциясының 8 околоткасы ғимараты, Жыланды айырығы, Аягөз қаласы. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z208" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z209" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз қаласы Жыланды айырығы, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z210" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз қаласы Темеклі айырығы, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z211" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз қаласы Көшкентал айырығы, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z212" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз қаласы Жырғалы айырығы, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10 үйлер;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z212" w:id="204"/>
+    <w:bookmarkStart w:name="z213" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз қаласы № 22 айырығы, № 1, 1а, 1б, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15/1 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z214" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз қаласы № 27 айырығы, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z215" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз қаласы № 24 айырығының аумағы (барлық үйлер);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z216" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аягөз қаласы Егізқызыл айырығы, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11 үйлер; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z217" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз қаласы Ақдала айырығының аумағы (барлық үйлер);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z218" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз қаласы № 21 айырығы, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z219" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз қаласы Алтын Қолат айырығы, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z220" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз қаласы Айғыржал айырығы, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10 үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z221" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 214 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z222" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "№ 8 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты, Актоғай кенті, Ақтоғай кенттік округі, Т.Күзембаев көшесі, № 56 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z223" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-[...106 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z224" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1 квартал көшесі, № 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17а, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 65 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z225" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Амангельдинов көшесі, № 1, 2, 2а, 3, 4, 5, 5а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 24а, 25, 26, 26а, 27, 28, 29, 30, 31, 32, 32а, 33, 34, 34а, 35, 36, 37, 37а, 38, 39, 40, 40а, 42, 42а, 43, 45, 46, 46а, 47, 49, 50, 53, 53а, 53б, 55, 59 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z226" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балтабек қажы көшесі, № 1, 1а, 2, 3, 3а, 3б, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 12, 13, 14, 15, 16, 17, 18а, 20, 20а, 22, 22а, 23, 24, 26, 26а, 26б, 27, 28, 29, 30, 30а, 31, 32, 32а, 33, 34, 34а, 35, 36, 36а, 37, 38, 38а, 39, 40, 41 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z227" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұратбаев көшесі, № 1, 1а, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 12, 13, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 30, 30а, 31, 31а, 32, 33, 34, 35, 36, 37, 38, 38а, 39, 40, 41, 42, 42а, 43, 44, 45, 46, 47, 48, 49, 50, 52, 54, 56, 58, 60, 62, 62а, 64, 66, 68, 70, 72, 74, 76, 76а, 78, 80, 82, 84, 85, 86 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z228" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жастар көшесі, № 1, 1/47, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z229" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Желтоқсан көшесі, № 1, 2, 2а, 2б, 3, 4, 4а, 5, 6, 6а, 7, 8, 9, 10, 11, 11а, 12, 13, 14, 15, 16, 16/1, 17, 18, 19, 20, 21, 21а, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 74а, 76, 76а, 77 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z230" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Искаков көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 39, 41, 42, 43, 44, 47, 50, 51, 51а, 52, 54, 56, 57 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z231" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қабанбай батыр көшесі, № 1, 2, 3, 3а, 4, 5, 6, 7, 8, 8а, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 19, 19а, 20, 20а, 21, 22, 23, 24, 24а, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z232" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазбек би көшесі, № 1, 1а, 1б, 1в, 1/1, 1/14, 2, 2а, 3, 3а, 3б, 4, 5, 5а, 6, 7, 7а, 8, 9, 10, 11, 12, 13, 13а, 14, 14а, 15, 16, 17, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 31а, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z233" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазбек би 1 көшесі, № 1, 1а, 1б, 1в, 2, 3, 3а, 4, 5, 5а, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 14, 14а, 15, 16, 17, 18, 19, 20 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z234" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күзембаев көшесі, № 6, 6а, 8, 10, 12, 14, 16, 17, 18, 18а, 19, 20, 21, 22, 23, 23а, 24, 24а, 25, 26, 27, 28, 29, 30, 31, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 39а, 40, 41, 41а, 42, 43, 43а, 44, 44а, 44/3, 45, 46, 46а, 47, 47а, 48, 48/1, 49, 49а, 49/1, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 59а, 60, 61, 61а, 62, 63, 64, 65, 66, 66а, 67, 68, 68а, 68б, 68в, 68г, 69, 70, 71, 71а, 72, 73, 74, 75, 76, 78, 79, 80, 81, 82, 83, 84, 84а, 85, 85а, 86, 87, 87/1, 88, 89, 90, 91, 91а, 92, 93, 94, 95, 95/1, 95/2, 96, 96а, 97, 98, 98а, 98б, 99, 99а, 99б, 99/1, 100, 101, 102, 104, 103, 103а, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 134, 135, 136, 137, 138, 139, 140, 149, 151 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z235" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мансұлұлы көшесі, № 1, 1а, 2, 3, 3а, 3б, 4, 4а, 5, 5а, 5б, 5в, 6, 7, 7а, 8, 9, 9а, 10, 10а, 11, 11а, 12, 13, 13а, 14, 15, 16, 17, 17а, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 80, 82 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z236" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Молдағұлова көшесі, № 1, 1а, 1б, 3, 5, 7, 7а, 9, 9/1, 11, 11/2, 13, 15, 18, 20, 21, 21а, 22, 23, 24, 25, 26, 27, 28, 29, 29а, 29б, 29в, 29г, 29д, 29/1, 30, 30а, 31, 32, 33, 33а, 33б, 33в, 34, 34а, 35, 36, 37, 37/1, 37/2, 38, 39, 40, 41, 42, 43, 44, 45, 45а, 46, 47, 48, 49, 49/1, 49/2, 49/3, 50, 51, 52, 52а, 53, 53а, 53б, 53в, 53г, 54, 54а, 54б, 55, 56, 56а, 56/1, 57, 58, 59, 60, 61, 62, 63, 63а, 64, 65, 66, 67, 68, 69, 70, 71, 72 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z237" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұсабайұлы көшесі, № 1, 1а, 1б, 1в, 1г, 1д, 1/1, 2, 2а, 2б, 2в, 2г, 3, 3а, 4, 4а, 5, 6, 6а, 6б, 6в, 7, 7а, 8, 8а, 8б, 9, 9а, 10, 10а, 10б, 11, 12, 12а, 13, 14, 14а, 14б, 14в, 14г, 14/1, 15, 16, 16а, 16б, 16в, 17, 18, 18а, 19, 20, 20а, 20б, 20в, 20г, 20д, 20е, 21, 22, 22а, 22б, 22в, 23, 23а, 24, 25, 26, 26а, 27, 28, 28а, 29, 29а, 30, 31, 31а, 32, 33, 33а, 34, 35, 35а, 36, 37, 38, 39, 40, 40а, 41, 42, 43, 44, 44а, 44/1, 45, 46, 46/1, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 71, 80, 82, 84, 87 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z238" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Панфилов көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 9а, 10, 10/1, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 29а, 30, 31, 32, 33, 34, 35, 36, 36а, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45а, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 56а, 57, 58, 58а, 58б, 58в, 59, 60, 61, 62, 63, 64, 65, 66, 66/1, 67, 68, 68/1, 69, 70, 71, 76 үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z239" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z220" w:id="212"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z240" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орталығы: "Қозы Көрпеш-Баян Сұлу мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының Ақтоғай кенттік клубының ғимараты, Актоғай кенті, Ақтоғай кенттік округі, Мәметова көшесі, № 3а үй. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z241" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-[...286 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z242" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі, № 1, 1а, 1б, 1в, 1г, 1д, 2, 2а, 3, 3а, 4, 4а, 4б, 5, 6, 7, 8, 9, 10, 11, 11а, 12, 13, 14, 15, 15а, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 32, 33 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z243" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Б. Момышұлы көшесі, № 1, 1а, 2, 3, 3а, 4, 5, 6, 7, 7а, 8, 9, 9а, 10, 11, 12, 12а, 13, 14, 15, 15а, 16, 16а, 17, 18, 19, 20, 20/1, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 31а, 32, 33, 33а, 34, 35, 35а, 36, 37, 37а, 38, 39, 39а, 40, 41, 42, 43, 43а, 44, 45, 46, 47, 48, 48а, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 60/1, 61, 62, 63, 64, 65, 66, 67, 67а, 68, 69, 70, 71, 72, 73, 74, 74а, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 100/1 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z244" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәтпаев көшесі, № 1, 2, 2а, 4, 6, 8, 10, 12, 12а, 14, 14а, 16, 18, 19, 20, 22, 24, 26, 26а, 28, 30, 32, 34, 36, 37 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z245" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Достық көшесі, № 1, 1а, 1б, 1/1, 2, 2а, 2б, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 12, 12а, 12/1, 12/2, 13, 14, 15, 15а, 15/3, 16, 17, 17а, 18, 18а, 19, 19а, 20, 20а, 20/1, 21, 22, 23, 24, 24а, 25, 25а, 26, 27, 27а, 28, 28а үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z246" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәметова көшесі, № 1, 2, 3, 3а, 3б, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15а, 16, 17, 18, 19, 20 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z247" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбыл көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 8/2, 9, 9а, 10, 11, 12, 13, 14, 15, 15а, 15б, 16, 17, 18, 18а, 19, 20, 42 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z248" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сейфуллин көшесі, № 1, 1а, 1/1, 2, 2/6, 3, 3/1, 3/2, 3/3, 4, 5, 6, 6а, 6б, 6в, 7, 7а, 7/1, 8, 8/1, 9, 9а, 9б, 9в, 9г, 10, 10а, 10б, 11, 11а, 12, 12а, 12б, 12в, 12/1, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 35, 35а, 36, 37, 37а, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 47а, 48, 49, 49а, 50, 51, 51а, 52 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z249" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Военный городок көшесі, № 2, 5, 6, 27 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z250" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Молдағұлова көшесі, № 2, 2а, 4, 6, 8, 10, 12, 14, 16 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z251" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күзембаев көшесі, № 1, 1а, 2, 2а, 3, 4, 4а, 4б, 4в, 5, 7, 9, 11, 13, 15 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z252" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуелсіздік көшесі, № 1, 1а, 1б, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 18, 22, 23, 24, 26, 28, 30, 32, 34, 36, 38, 40, 41, 42, 44, 46, 48, 70, 72, 74, 76, 78, 80 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z253" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құлахметов көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 8а, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z254" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байтоғаев көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z255" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Табақбаев көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 41 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z256" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Ақтоғай кенттік округі Жақсыбұлақ айырығының аумағы (барлық үйлер);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z257" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Ақтоғай кенттік округі Шолқызыл айырығының аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z258" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z237" w:id="229"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 216 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z259" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "С.Сейфуллин атындағы жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты, Қопа ауылы, Қопа ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z260" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-[...326 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z261" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Қопа ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z262" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z256" w:id="248"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 217 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z263" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "К.Қадыржанов атындағы Қызылқия жалпы орта білім беретін мектебі" мемлекеттік коммуналдық мекемесінің ғимараты, Тарлаулы ауылы, Тарлаулы ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z264" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z265" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Тарлаулы ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z266" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z260" w:id="252"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z267" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: "Қозы Көрпеш-Баян Сұлу мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының Ақшәулі ауылдық клубының ғимараты, Ақшәулі ауылы, Ақшәулі ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z268" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-[...46 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z269" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Ақшәулі ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z270" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z265" w:id="257"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 221 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z271" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: "Қозы Көрпеш-Баян Сұлу мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының Мыңбұлақ ауылдық клубының ғимараты, Ай ауылы, Мыңбұлақ ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z272" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z273" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Мыңбұлақ ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z274" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z269" w:id="261"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 224 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z275" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "Шыңғожа батыр атындағы жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты, Шыңқожа ауылы, Нарын ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z276" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z277" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Нарын ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z278" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z273" w:id="265"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 225 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z279" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "Тарбағатай жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты, Тарбағатай ауылы, Тарбағатай ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z280" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z281" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Тарбағатай ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z282" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z277" w:id="269"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z283" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: "Қозы Көрпеш-Баян Сұлу мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының Ақши ауылдық клубының ғимараты, Ақши ауылы, Ақши ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z284" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z285" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Ақши ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z286" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z281" w:id="273"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z287" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: "Қозы Көрпеш-Баян Сұлу мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының Сарыарқа ауылдық клубының ғимараты, Сарыарқа ауылы, Сарыарқа ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z288" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-[...46 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z289" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Сарыарқа ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z290" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z286" w:id="278"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 230 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z291" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "Ж.Жабаев атындағы жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты, Қарағаш ауылы, Қарағаш ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z292" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-[...66 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z293" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Қарағаш ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z294" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z292" w:id="284"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 232 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z295" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: "Қозы Көрпеш – Баян сұлу мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының Майлин ауылдық клубының ғимараты, Майлин ауылы, Майлин ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z296" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z297" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Майлин ауылдық округінің аумағы (барлық үйлер);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z298" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z296" w:id="288"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z299" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: "Қозы Көрпеш – Баян сұлу мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының Ақшатау ауылдық клубының ғимараты, Дөненбай ауылы, Ақшатау ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z300" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z301" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Ақшатау ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z302" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z300" w:id="292"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z303" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: "Қозы Көрпеш – Баян сұлу мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының Мамырсу ауылының мәдениет үйінің ғимараты, Мамырсу ауылы, Мамырсу ауылдық округі, Бекжанов көшесі, № 2а үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z304" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-[...58 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z304" w:id="296"/>
-[...15 lines deleted...]
-      Аягөз ауданы Тарбағатай ауылдық округі Абдан елді мекенінің аумағы (барлық үйлер).</w:t>
+    <w:bookmarkStart w:name="z305" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақ Бота (Тұтыну кооперативі), № 1, 2, 3, 4, 5 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z305" w:id="297"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z306" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Асқар (Шаруа қожалығы), № 1, 2 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z307" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз аудандық пайдалану бөлімі (Учаске), № 1, 2, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 12 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z308" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алтынсарин көшесі, № 1, 2, 3, 4, 5, 6, 7, 7а, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 18а, 19, 20, 21, 22, 23, 24, 25, 26, 27 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z309" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атауы жоқ көше, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z310" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бекжанов көшесі, № 1, 2, 2а, 3, 4, 5 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z311" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғаббасов көшесі, № 1, 2, 3, 4, 4а, 5, 5а, 6, 7, 8, 8а, 9, 9а, 10, 10а, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21а, 22, 23, 24, 25, 25а, 26, 27, 27а, 27б, 28, 29, 30, 31, 32, 33, 34, 34а, 35, 36, 37, 38, 39, 40, 40а, 40б, 41, 42, 42а, 43, 44, 45, 45/1, 46, 47, 48, 49, 50, 51, 52, 53, 54, 54а, 55, 56, 57, 58, 59, 60, 61, 62 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z312" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қабанбай батыр көшесі, № 1, 2, 3, 4, 5, 6, 6/1, 7, 8, 9, 10, 11, 12, 13, 13а, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37а, 38, 39, 40, 40а, 41, 49 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z313" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кірпіш зауыты көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13а, 14, 14а, 15, 16, 16а, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z314" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көшкімбаева көшесі, № 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 11а, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20а, 20/1, 21, 22, 23, 24, 24а, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63а, 64, 65, 66, 67, 67а, 68, 69 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z315" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кудерин көшесі, № 1, 2, 3, 4, 5, 5а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 30, 30а, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z316" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қос (Қыстақ), № 1, 2, 3, 4 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z317" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құлжанов көшесі, № 1, 1/1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z318" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Манас (Шаруа қожалығы), № 1, 2, 3 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z319" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұсабаев көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z320" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәрсекеев көшесі, № 1, 2, 3, 3/1, 3/2, 4, 5, 6, 6а, 7, 8, 9, 10, 11, 11а, 11б, 11/1, 11/2, 12, 13, 14, 14/1, 15, 16, 17, 18, 19, 20, 21, 21/1, 22, 23, 23а, 24, 25, 25а, 25/1, 26, 27, 27а, 27/1, 28, 29, 29а, 30, 31, 32, 33, 34, 34/1, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50а, 51, 51а, 52, 52а үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z321" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Терлікбаев көшесі, № 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25а, 26, 27, 27а, 27б, 28, 29, 30, 31, 32, 33, 34, 35, 36 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z322" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәлиханов көшесі, № 1, 2, 2а, 2б, 2/1, 3, 4, 5, 6, 6а, 7, 7а, 7/1, 8, 8/1, 9, 10, 11, 12, 13, 14, 15, 15а, 15/1, 15/2, 16, 17, 18, 19, 19/1, 20, 20/1, 20/2, 21, 22, 23, 24, 24а, 25, 25/1, 25/5, 25/6, 25/7, 25/8, 25/9, 25/10, 25/11, 25/12, 26, 27, 28, 29, 30, 30а, 30/1, 30/2, 30/3, 31, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 40, 40/1, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66 үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z323" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z307" w:id="299"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z324" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "Сергиополь жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты, Бозай елді мекені, Мамырсу ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z325" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-[...46 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z326" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Мамырсу ауылдық округі Бозай елді мекенінің аумағы (барлық үйлер);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z327" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Мамырсу ауылдық округі Батпақ елді мекенінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z328" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z312" w:id="304"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 238 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z329" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: "Қозы Көрпеш – Баян сұлу мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының Айғыз ауылдық клубының ғимараты, Айғыз ауылы, Айғыз ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z330" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z331" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Айғыз ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z332" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z316" w:id="308"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 240 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z333" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "С.Нұғыманов атындағы жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты, Өркен ауылы, Өркен ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z334" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z335" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Өркен ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z336" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z320" w:id="312"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z337" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "М.Абеулов атындағы жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты, Бидайық ауылы, Бидайық ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z338" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z339" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Бидайық ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z340" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z324" w:id="316"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z341" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "Е.Рахмадиев атындағы жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты, Мәдениет ауылы, Мәдениет ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z342" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-[...86 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z343" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Мәдениет ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z344" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z331" w:id="323"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 243 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z345" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: "Қозы Көрпеш – Баян сұлу мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының Емелтау ауылдық клубының ғимараты, Емелтау ауылы, Емелтау ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z346" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-[...86 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z347" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Емелтау ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z348" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z338" w:id="330"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 244 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z349" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: "Қозы Көрпеш – Баян сұлу мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының Қосағаш ауылдық клубының ғимараты, Қосағаш ауылы, Қосағаш ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z350" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-[...218 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z350" w:id="342"/>
-[...15 lines deleted...]
-      Сәрсекеев көшесі, № 1, 2, 3, 4, 5, 6, 6а, 7, 8, 9, 10, 11, 11а, 11б, 12, 13, 14, 14/1, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23а, 24, 25, 25а, 25/1, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50а, 51, 52, 52а үйлер;</w:t>
+    <w:bookmarkStart w:name="z351" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Қосағаш ауылдық округінің аумағы (барлық үйлер).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z351" w:id="343"/>
-[...15 lines deleted...]
-      Терлікбаев көшесі, № 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 36 үйлер;</w:t>
+    <w:bookmarkStart w:name="z352" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 245 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z352" w:id="344"/>
-[...681 lines deleted...]
-    <w:bookmarkStart w:name="z387" w:id="379"/>
+    <w:bookmarkStart w:name="z353" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Орталығы: "Қозы Көрпеш – Баян сұлу мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының Баршатас ауылының мәдениет үйінің ғимараты, Баршатас ауылы, Баршатас ауылдық округі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z388" w:id="380"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z354" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z355" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Баршатас ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z356" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z391" w:id="383"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z357" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: "Қозы Көрпеш – Баян сұлу мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының Байқошқар ауылдық клубының ғимараты, Байқошқар ауылы, Байқошқар ауылдық округі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z392" w:id="384"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z358" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z359" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Байқошқар ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z360" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z396" w:id="388"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 247 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z361" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Абай облысы білім басқармасы Аягөз ауданы бойынша білім бөлімінің "Т.Есімжанов атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты, Қорық ауылы, Малгелды ауылдық округі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z362" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z363" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аягөз ауданы Малгелды ауылдық округінің аумағы (барлық үйлер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z364" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z399" w:id="391"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z365" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: "Қазақстан Республикасы Ішкі істер министрлігі Абай облысының полиция департаменті Аягөз ауданының полиция бөлімі" мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Тәңірбергенов көшесі, № 68 үй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z366" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z401" w:id="393"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z367" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: Абай облысы Денсаулық сақтау басқармасының "Аягөз ауданының көпсалалы орталық ауруханасы" шаруашылық жүргізу құқығындағы коммуналдық мемлекеттік кәсіпорнының, "Қазығұл" мекемесінің ғимараттары, Аягөз қаласы, Рахимов көшесі, № 1а үй, Тәңірбергенов көшесі, № 47 үй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z368" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z403" w:id="395"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 250 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z369" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: Қазақстан Республикасы Қорғаныс министрлігінің "10810 әскери бөлімі" республикалық мемлекеттік мекемесінің ғимараты, Аягөз қаласы, Оңтүстік қалашық, № 40/2 үй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z370" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z405" w:id="397"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z371" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: Қазақстан Республикасы Қорғаныс министрлігінің "97616 әскери бөлімі" республикалық мемлекеттік мекемесінің ғимараты, Мамырсу ауылы, Мамырсу ауылдық округі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z372" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z407" w:id="399"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 252 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z373" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: "KAZ Minerals Aktogay" жауапкершілігі шектеулі серіктестігінің Ақтоғай кен байыту №1 комбинатының ғимараты, Ақтоғай кенті, Ақтоғай кенттік округі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z374" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z409" w:id="401"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 253 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z375" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: "KAZ Minerals Aktogay" жауапкершілігі шектеулі серіктестігінің Ақтоғай кен байыту №2 комбинатының ғимараты, Ақтоғай кенті, Ақтоғай кенттік округі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkEnd w:id="366"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8647,242 +8531,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 1 шешіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z411" w:id="402"/>
+    <w:bookmarkStart w:name="z377" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылған Аягөз ауданы әкімінің кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z412" w:id="403"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z378" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Аягөз ауданы әкімінің "Аягөз ауданы бойынша сайлау учаскелерiн құру туралы" 2021 жылғы 20 мамырдағы № 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде № 8808 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z413" w:id="404"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z379" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аягөз ауданы әкімінің "Шығыс Қазақстан облысы Аягөз ауданы әкімінің 2021 жылғы 20 мамырдағы № 1 "Аягөз ауданы бойынша сайлау учаскелерiн құру туралы" шешіміне өзгеріс енгізу туралы" 2022 жылғы 2 маусымдағы № 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде № 28344 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z414" w:id="405"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z380" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Аягөз ауданы әкімінің "Аягөз ауданы әкімінің 2021 жылғы 20 мамырдағы № 1 "Аягөз ауданы бойынша сайлау учаскелерiн құру туралы" шешіміне өзгеріс енгізу туралы" 2022 жылғы 30 желтоқсандағы № 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде № 31468 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkEnd w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>