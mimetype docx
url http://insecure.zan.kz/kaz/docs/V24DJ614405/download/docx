--- v0 (2025-11-08)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="35b69db" w14:textId="35b69db">
+    <w:p w14:paraId="5379815" w14:textId="5379815">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -461,179 +461,179 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Іле ауданы әкімінің 2024 жылғы 30 шілдедегі № 5 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымшаға өзгеріс енгізілді - Алматы облысы Іле ауданы әкімінің 03.02.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Алматы облысы Іле ауданы әкімінің 20.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 3</w:t>
+        <w:t>№ 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дауыс беруді өткізу және дауыс санау үшін құрылған сайлау учаскелері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      № 338 сайлау учаскесі</w:t>
-[...17 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Боралдай кенті, Бостанов көшесі № 1, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 17 орта мектебі" мемлекеттік коммуналдық мекемесі.</w:t>
+      № 338 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Боралдай кенті, Бостанов көшесі № 1, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 17 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Боралдай кенті:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Аспандияр көшесі; Дәрігерлер көшесі; Құрманғазы көшесі; М. Тынышбай көшесі; Н. Островский көшесі; Ұстаздар көшесі; Шпак көшесі 2, 2 А, 4, 6, 6 А, 8, 8 Д, 10, 10 А, 12, 12 А, 14, 16, 16 А, 16 Г,18, 20, 22, 22 А, 24, 26, 28, 30, 32, 34, 34 В, 36, 38, 40, 42, 44, 46, 48, 48 Б, 50, 52, 54, 56, 58, 58 А, 60, 62, 64 Б, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 84 А, 86, 88, 90, 92, 94, 96, 98, 98 А, 98 Б, 100, 102, 104, 106, 108, 110, 110 А, 110 Б, 112, 114, 116, 118, 120, 122, 124, 124 А, 126, 128, 130, 132, 136, 136 А, 138, 138 А, 140, 142, 142 А, 142 Б, 144, 148, 150, 152, 154, 156, 160; Черемушки көшесі 15, 15 А, 15 Б, 25, 25 Б, 26, 27, 27 А, 27 Б, 28, 28 А, 29, 29 А, 29 Б, 30, 30 А, 30 В, 30 Г, 31, 31 А, 31 Б, 31 В, 31 Г, 31 Д, 32, 32 А, 32 Б, 32 В, 32 Г, 33, 33/1, 33/2, 33 А, 33 В, 34, 34 А, 34 Б, 35, 36, 36 А, 37, 37 А, 37 Б, 37 Г, 38, 38 А, 39, 39 А, 41, 41 А, 42, 42 А, 43, 43 А, 44, 44 А, 44 Б, 56, 56 А.</w:t>
-[...17 lines deleted...]
-      № 339 сайлау учаскесі</w:t>
+      Аспандияр көшесі; Дәрігерлер көшесі; Құрманғазы көшесі; М. Тынышбай көшесі; Н. Островский көшесі; Ұстаздар көшесі; Шпак көшесі 2, 2 А, 4, 6, 6 А, 8, 8 Д, 10, 10 А, 12, 12 А, 14, 16, 16 А, 16 Г,18, 20, 22, 22 А, 24, 26, 28, 30, 32, 34, 34 В, 36, 38, 40, 42, 44, 46, 48, 48 Б, 50, 52, 54, 56, 58, 58 А, 60, 62, 64 Б, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 84 А, 86, 88, 90, 92, 94, 96, 98, 98 А, 98 Б, 100, 102, 104, 106, 108, 110, 110 А, 110 Б, 112, 114, 116, 118, 120, 122, 124, 124 А, 126, 128, 130, 132, 136, 136 А, 138, 138 А, 140, 142, 142 А, 142 Б, 144, 148, 150, 152, 154, 156, 160; Айтеке би көшесі (Черемушки) 15, 15 А, 15 Б, 25, 25 Б, 26, 27, 27 А, 27 Б, 28, 28 А, 29, 29 А, 29 Б, 30, 30 А, 30 В, 30 Г, 31, 31 А, 31 Б, 31 Г, 31 Д, 32 Г, 33/2, 33 А, 33 В, 34, 34 А, 34 Б, 35, 36, 36 А, 37, 37 А, 37 Б, 37 Г, 38, 38 А, 39, 39 А, 41, 41 А, 42, 42 А, 43, 43 А, 44, 44 А, 44 Б, 56, 56 А.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 339 сайлау учаскесі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің орналасқан жері: Боралдай кенті, Бостанов көшесі № 7, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 54 орта мектебі" мемлекеттік коммуналдық мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -643,771 +643,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Боралдай кенті:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А. Иманов көшесі;</w:t>
-[...161 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Боралдай кенті, Байзақов көшесі № 59, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 40 орта мектебі" мемлекеттік коммуналдық мекемесі, оң қанат.</w:t>
+      А. Иманов көшесі; Аэродромный көшесі 91, 91 А, 91 Б, 91 В; Восточная көшесі; Ломоносов көшесі; Садовая көшесі; Айтеке би көшесі (Черемушки) 1, 1 А, 2, 2 А, 3, 3 А, 4, 4 А, 4 А, 5, 5 А, 6, 7, 7 А, 7 В, 7 Г, 8, 8 А, 9, 9 А , 9 Б, 10, 10 А, 11, 11 А, 12, 13, 13 А, 14, 14 А, 17, 17 Б, 17 В, 19, 20, 21, 23, 23 А, 23 Г, 31 Б, 33; 31 В, 32, 32 А, 32 Б, 32 В, 33, 33/1; Школьная көшесі; Ю. Гагарин көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 340 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Боралдай кенті, Байзаков көшесі № 59, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 40 орта мектеп" мемлекеттік коммуналдық мекемесі, мектептің орталық фойесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Боралдай кенті:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Арасан көшесі;</w:t>
-[...521 lines deleted...]
-      № 341 сайлау учаскесі</w:t>
+      Арасан көшесі; Ақсай көшесі; Байзақов көшесі; Байқоңыр көшесі; Балқаш көшесі; Бейбітшілік көшесі; Болашақ көшесі; Бірлік көшесі; Дархан көшесі; Есентай көшесі; Жастар көшесі; Көксу көшесі; Көктөбе көшесі; Көлсай көшесі; Қарасу көшесі; Қаратал көшесі; Медеу көшесі; Мұқағали Мақатаев көшесі; Өркен көшесі; Самал көшесі; Сарыағаш көшесі; Самұрық көшесі; Таугүл көшесі; Хан тәңірі көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 341 сайлау учаскесі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің орналасқан жері: Боралдай кенті, Аэродромная көшесі № 4 Г, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 23 орта мектебі" мемлекеттік коммуналдық мекемесі, оң қанат.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1435,177 +805,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Авияциялық басқармасының әскери қалашығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Аэродромный көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108;</w:t>
-[...125 lines deleted...]
-      № 342 сайлау учаскесі</w:t>
+      Аэродромный көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108; Ереванская көшесі; Малая Аэродромная көшесі; М. Әуезов көшесі; Овражная көшесі; Сельский тұйығы; Уфимская көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 342 сайлау учаскесі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің орналасқан жері: Боралдай кенті, Чапаево көшесі № 39, "Жедел" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1615,537 +877,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Боралдай кенті:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Автомобилист көшесі;</w:t>
-[...431 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Боралдай кенті, Водник-2 ықшам ауданы, № 66 А ғимараты, "Алматыгазсервис Холдинг" акционерлік қоғамы.</w:t>
+      Автомобилист көшесі; А. Герцен көшесі; Арычная көшесі; Бурундайская көшесі; В. Чапаева көшесі; Вокзальная көшесі; Гаражный тұйығы; Глинки көшесі; Грибоедова көшесі; Железнодорожная көшесі; К. Азербаев көшесі 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96; Космонавтов көшесі; М. Горький көшесі; Мира көшесі; Набережная көшесі; Новая көшесі; Полевая көшесі; Попова көшесі; Рижская көшесі; Ташкентская көшесі; Уральская көшесі; Фрунзе көшесі; 8 марта көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 343 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Боралдай кенті, Водник-2 ықшам ауданы, № 66 А ғимараты, "Алматыгазсервис Холдинг" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Боралдай кенті:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Водник-2 ықшам ауданы: 6, 7; Абай көшесі; Абылайхан көшесі; Алатау көшесі; А. Молдабеков көшесі; Ардагер көшесі; Байжарасов көшесі; Ә. Марғұлан көшесі; Кутузов көшесі; Қабанбай батыр көшесі; Луговая көшесі; Маршак көшесі; М. Жұмаділов көшесі; Нахимов көшесі; Нияз көшесі; Сарыарқа көшесі; Совхозная көшесі; Суворов көшесі; Тасыбек би көшесі; Тянь-Шань көшесі; Фурманов көшесі; Чайковский көшесі.</w:t>
-[...17 lines deleted...]
-      № 344 сайлау учаскесі</w:t>
+      Водник-2 ықшам ауданы: 6, 7; Абай көшесі; Абылайхан көшесі; Алатау көшесі; А. Молдабеков көшесі; Ардагер көшесі; Байжарасов көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ә. Марғұлан көшесі; Кутузов көшесі; Қабанбай батыр көшесі; Луговая көшесі; Маршак көшесі; М. Жұмаділов көшесі; Нахимов көшесі; Нияз көшесі; Сарыарқа көшесі; Совхозная көшесі; Суворов көшесі; Тасыбек би көшесі; Тянь-Шань көшесі; Фурманов көшесі; Чайковский көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 344 сайлау учаскесі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің орналасқан жері: Боралдай кенті, Водник-3 ықшам ауданы № 40, "Алматы облысы білім бөлімі" мемлекеттік мекемесінің "Әдемі" санаторлық топтарымен бөбекжай-балабақшасы мемлекеттік коммуналдық қазыналық кәсіпорыны.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2155,1239 +1039,1041 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Боралдай кенті:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ақбұлақ көшесі;</w:t>
-[...107 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Боралдай кенті, К. Азербаев көшесі № 1, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 15 орта мектебі" мемлекеттік коммуналдық мекемесі, оң қанат.</w:t>
+      Ақбұлақ көшесі; Водник-3 ықшам ауданы; Заречная көшесі; К. Азербаева көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44; Речная.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 345 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Боралдай кенті, К. Әзірбаев көшесі № 1, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 15 орта мектеп" мемлекеттік коммуналдық мекемесі, ғимараттың оң қанаты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Боралдай кенті:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В. Терешкова көшесі;</w:t>
-[...161 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Боралдай кенті, Бостанов көшесі № 7 Б, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 54 орта мектеп" мемлекеттік коммуналдық қазыналық кәсіпорны.</w:t>
+      Водник-1 ықшам ауданы; К. Байсейітова көшесі; Н. Чернышевский көшесі; Северная көшесі; С. Есенин көшесі; Северный тұйығы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 346 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Боралдай кенті, Бостанов көшесі № 7 Б, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 54 орта мектеп" мемлекеттік коммуналдық қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Боралдай кенті:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ақын Сара көшесі; Әшкеев көшесі; Белинский көшесі; Бостанов көшесі; Космонавтов көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27; Курчатов көшесі; Қажымұқан көшесі; Қ. Сәтбаев көшесі; Ленин көшесі; Лихошерстов көшесі; М. Шоқай көшесі; Первомайская көшесі; Советская көшесі; Солнечная көшесі; Чкалова көшесі; Шоқанов көшесі; Шпак көшесі 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159; Минский тұйығы; Московский тұйығы; Омский тұйығы; Южный тұйығы; Сайполдаев Нашырбек көшесі; Ұлытау көшесі.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Боралдай кенті, Водник-1 ықшам ауданы, № 19 Б ғимараты, "Алматы қаласының инновациялық колледжі" жауапкершілігі шектеулі серіктестігі.</w:t>
+      Ақын Сара көшесі; Әшкеев көшесі; Белинский көшесі; Бостанов көшесі; Космонавтов көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27; Курчатов көшесі; Қажымұқан көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қ. Сәтбаев көшесі; Ленин көшесі; Лихошерстов көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М. Шоқай көшесі; Первомайская көшесі; Советская көшесі; Солнечная көшесі; Чкалова көшесі; Шоқанов көшесі; Шпак көшесі 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159; Минский тұйығы; Московский тұйығы; Омский тұйығы; Южный тұйығы; Сайполдаев Нашырбек көшесі; Ұлытау көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 348 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Боралдай кенті, Водник-1 ықшам ауданы № 19 Б, "Алматы қаласының инновациялық колледжі" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Боралдай кенті:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Водник-2 ықшам ауданы 1, 2, 3, 4, 5, 17, 18, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 64 А, 67 Б, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 8, 9, 10, 454, 455; Заводская көшесі.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Әжімұратов Асқар көшесі № 12, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "М. Мақатаев атындағы №13 орта мектебі" мемлекеттік коммуналдық мекемесі.</w:t>
+      Водник-2 ықшам ауданы 1, 2, 3, 4, 5, 17, 18, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 64 А, 67 Б, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80; Заводская көшесі; В. Терешкова көшесі, Д. Бедный көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 967 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Боралдай кенті, Байзаков көшесі № 59 ғимараты, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 40 орта мектеп" мемлекеттік коммуналдық мекемесі, ғимараттың оң қанаты, мектеп фойесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Боралдай кенті:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Астана көшесі; Ә. Молдағұлова көшесі; Әліби Жангелдин көшесі; Бастау көшесі; Бәйтерек көшесі; Достық көшесі; Дінмұхамед Қонаев көшесі; Жерұйық көшесі; Жетісу көшесі; Жұбаныш Бәрібаев көшесі; Көкжиек көшесі; Қарасай батыр көшесі; Мамыр көшесі; Мәншүк Маметова көшесі; Нұрғиса Тілендиев көшесі; Сәбит Мұқанов көшесі; Сейфуллин көшесі; Тоқаш Бокин көшесі; Шымбұлақ көшесі; Іле көшесі; Ілияс Жансүгіров көшесі; 1-ші көше; 2-ші көше; 3-ші көше; 4-ші көше; 5-ші көше; Теректі көшесі; Шұғыла көшесі; Ынтымақ көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1015 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Боралдай кенті, Әзірбаев көшесі № 1 А, "Алматы облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы Іле ауданы Боралдай кентінің "Аудандық ауруханасы" мемлекеттік коммуналдық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Боралдай кенті:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Алматы облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы Іле ауданы Боралдай кентінің "Аудандық ауруханасы" мемлекеттік коммуналдық кәсіпорны.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 349 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, А. Әжімұратов көшесі № 12, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "М. Мақатаев атындағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 13 орта мектебі" мемлекеттік коммуналдық мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абай көшесі 1, 1 А, 1 В, 1 Б, 2, 3, 4, 5, 6, 7, 7 А, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17;</w:t>
-[...125 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, А. Әжімұратов көшесі № 8, "Іле ауданының балалар мен жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
+      Абай көшесі 1, 1 А, 1 В, 1 Б, 2, 3, 4, 5, 6, 7, 7 А, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17; Ғ. Мұратбаев көшесі; Жамбыл көшесі; З. Батталханов көшесі; Спортивная көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 350 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, А. Әжімұратов көшесі № 8, "Іле ауданының балалар мен жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абай көшесі 10, 12, 18, 19, 19 А; А. Әжімұратов көшесі; М. Әуезов көшесі; Михаил Лукин көшесі; С. Қолдасов көшесі; Титов көшесі 1, 2, 3, 4, 5, 6, 6 А, 7, 8, 8 А, 9, 10, 11, 12, 13, 14, 17.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Титов көшесі № 16, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 7 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
+      Абай көшесі 10, 12, 19, 19 А; А. Әжімұратов көшесі; Михаил Лукин көшесі; С. Қолдасов көшесі; Титов көшесі 1, 2, 3, 4, 5, 6, 6 А, 7, 8, 8 А, 9, 10, 11, 12, 13, 14, 17.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 351 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Титов көшесі № 16, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 7 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абай көшесі 21, 23 А, 25, 27; С. Сейфуллин көшесі 1, 2, 2 Б, 4, 4 В, 6, 7, 7 А, 8, 8 Б, 10, 12, 14, 15, 16, 18, 19, 20, 20 А, 20 Б, 21, 21 А, 22, 23, 25, 26, 27, 28, 29, 31, 32, 33, 34, 34 А, 35, 36, 37, 38, 39, 40, 40 А, 41, 42, 43, 44, 45, 46, 46 А, 46 Б, 46 В, 47, 48, 49, 50, 51, 52, 54, 54 А, 55, 56, 58, 60, 62, 62 А, 62 В, 64, 66, 67; Титов көшесі 8 А, 23, 25, 27, 29.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Титов көшесі № 24, "Алматы облысы білім басқармасының Іле ауданының білім бөлімі" мемлекеттік мекемесі.</w:t>
+      Абай көшесі 21, 23 А, 25, 27; С. Сейфуллин көшесі 1, 2, 2 Б, 4, 4 В, 6, 7, 7 А, 8, 8 Б, 10, 12, 14, 15, 16, 18, 19, 20, 20 А, 20 Б, 21, 21 А, 22, 23, 25, 26, 27, 28, 29, 31, 32, 33, 34, 34 А, 35, 36, 37, 38, 39, 40, 40 А, 41, 42, 43, 44, 45, 46,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46 А, 46 Б, 46 В, 47, 48, 49, 50, 51, 52, 54, 54 А, 55, 56, 58, 60, 62, 62 А, 62 В, 64, 66, 67; Титов көшесі 8 А, 23, 25, 27, 29.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 352 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Титов көшесі № 24, "Алматы облысы білім басқармасының Іле ауданының білім бөлімі" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абай көшесі 29, 29 А, 31, 31 А; Вильгельм Витковский көшесі; Титов көшесі 30, 31, 32, 33; 34, 36, 38, 40, 42, 44, 46, 48, 48А, 50, 51, 53, 53 А, 55, 56, 57, 58, 59, 61, 62, 63, 64, 65, 67,68, 69, 70, 71, 72, 74, 75, 76, 77, 78, 79, 80, 81, 83, 85, 87, 87 А, 89, 89 А, 91, 93, 93 А, 95 (жеке сектор); Титов көшесі № 26, № 26 А, № 28; Ю. Гагарин көшесі № 1, № 1 А, № 2, № 3.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Титов көшесі № 16 Д, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 38 мектеп-гимназия" мемлекеттік коммуналдық мекемесі.</w:t>
+      Вильгельм Витковский көшесі; Титов көшесі 30, 31, 32, 33; 34, 36, 38, 40, 42, 44, 46, 48, 48А, 50, 51, 53, 53 А, 55, 56, 57, 58, 59, 61, 62, 63, 64, 65, 67,68, 69, 70, 71, 72, 74, 75, 76, 77, 78, 79, 80, 81, 83, 85, 87, 87 А, 89, 89 А, 91, 93, 93 А, 95 (жеке сектор); Титов көшесі № 26, № 26 А, № 28; Ю. Гагарин көшесі № 1,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1 А, № 2, № 3.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 353 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Титов көшесі № 16 Д, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 38 мектеп-гимназия" мемлекеттік коммуналдық мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бауман көшесі; Гоголь көшесі; С. Сейфуллин көшесі 68, 70, 72, 74, 74 А, 76, 76 А, 78, 80, 82, 84, 86, 88, 88 А, 90, 92, 92 А, 94, 94 А, 96, 98, 98 А, 100, 100 А, 102, 104, 104 А, 106, 108, 110, 112, 114, 116, 116 Б, 118, 120, 122, 122 А, 124, 126, 126 А, 128, 128 А, 130, 130 А, 132, 134, 136, 138, 142; Титов көшесі 18, 20, 22; Ю. Гагарин көшесі 4, 5, 5 А, 6, 7, 8, 9, 10, 11, 12, 13 А, 13.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Ю. Гагарин көшесі № 12 А, н.п. 3, "Ару медициналық орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
+      Бауман көшесі; Гоголь көшесі; С. Сейфуллин көшесі 68, 70, 72, 74, 74 А, 76, 76 А, 78, 80, 82, 84, 86, 88, 88 А, 90, 92, 92 А, 94, 94 А, 96, 98, 98 А, 100,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100 А, 102, 104, 104 А, 106, 108, 110, 112, 114, 116, 116 Б, 118, 120, 122, 122 А, 124, 126, 126 А, 128, 128 А, 130, 130 А, 132, 134, 136, 138, 142; Ю. Гагарин көшесі 4, 5, 5 А, 6, 7, 8, 9, 10, 11, 12, 13 А, 13.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 354 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Титов көшесі № 24, "Алматы облысы білім басқармасының Іле ауданының білім бөлімі" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А. Пушкин көшесі;</w:t>
-[...197 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Қ. Рысқұлбеков көшесі № 38, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 24 лицей" мемлекеттік коммуналдық мекемесі.</w:t>
+      А. Пушкин көшесі; В. Терешкова көшесі; Жерұйық көшесі; Масанчи көшесі; М. Лермонтов көшесі; Н. Некрасов көшесі; Титов көшесі 88; Ю. Гагарин көшесі 14, 15, 19, 21, 22, 23, 24, 28, 30, 32; бау-бақша серіктестігінің тұтыну кооперативі: Тростинка; бау-бақша серіктестігінің тұтыну кооперативі: Урожай.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 355 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Қ. Рысқұлбеков көшесі № 38, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 24 лицей" мемлекеттік коммуналдық мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қ. Рысқұлбеков көшесі; Рахымбаев көшесі; Сартай батыр көшесі; Сәмен батыр көшесі.</w:t>
-[...17 lines deleted...]
-      № 356 сайлау учаскесі</w:t>
+      Қ. Рысқұлбеков көшесі; Рахымбаев көшесі; Сартай батыр көшесі; Сәмен батыр көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 356 сайлау учаскесі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің орналасқан жері: Кенен Әзірбаев ауылы, Егемендік көшесі № 103 А, "Волковгеология" акционерлік қоғамының филиалы "Өндірістік-техникалық қамсыздандыру және жинақтау басқармасы".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3433,14433 +2119,5343 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алматы көшесі 121, 121 А, 121 Б, 122, 123, 124, 125, 125 А, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 137 А/1, 137 А/2, 137 В, 138, 139, 140, 141, 142, 144, 144 А, 145, 145 А, 147, 148, 148 А, 148 Б, 149, 149 А, 150, 151, 152, 153, 153 А, 154, 155, 156, 157, 158, 159, 160, 160 А, 161, 162, 163, 163 А, 164, 164 А, 164 Б, 165, 166, 167, 168, 169, 169 А, 169 Б, 170, 170 А, 171, 171 А, 172, 172 А, 173, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 186 А, 187, 188, 189, 190, 191, 192, 193, 195, 195 А, 196, 196 А, 197, 198, 199, 200, 200 А, 201, 202, 203, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 219 А, 220, 221, 222, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 246, 247, 248, 250, 250А, 252, 254, 256, 258, 260, 262, 264, 266, 268, 270, 274, 276, 278, 280, 282, 284, 286, 288;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Байқоңыр көшесі;</w:t>
-[...431 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Қ. Рысқұлбеков көшесі № 38, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 24 лицей" мемлекеттік коммуналдық мекемесі, сол қанат.</w:t>
+      Байқоңыр көшесі; Бейбітшілік көшесі; Біржан сал көшесі; Доспамбет жырау көшесі; Достық көшесі; Егемендік көшесі 61, 61 А, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72 А, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 90, 92, 93, 94, 94 А, 95, 96, 97, 99, 99 А, 100, 100 А, 101, 102, 103, 104, 105, 105 Б, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 118, 120, 120 А, 122, 124, 126, 128; Кенесары хан көшесі 96, 97, 98, 99, 100, 101, 102 А, 103, 104, 105, 106, 107, 108, 108 А, 108 Б, 109, 109 А, 110, 110 А, 111, 112, 113, 113 А, 114, 115, 116, 117, 118, 119, 121 А, 122, 123, 123 А, 124, 125, 126, 127, 127 А, 128, 129, 129 А, 130, 131, 132, 132 А, 134, 135, 135 Б, 136, 137, 138, 138, 141, 142, 143, 144, 146, 147, 150, 151, 151 А, 152, 153, 155, 156, 157, 158, 161, 199; Қожаберген жырау көшесі; Тұрғанбек Қатаев көшесі; Үмбетей жырау көшесі; Шұғыла көшесі; бау-бақша серіктестігі тұтыну кооперативі: РВ-90.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 357 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Кенен Әзірбаев ауылы, Алматы көшесі № 84, "Іле ауданының құрылыс бөлімі" мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Кенен Әзірбаев ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алматы көшесі 1, 2, 3, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14 А, 15, 16, 17, 19, 20, 21, 24, 25, 26, 27, 28, 29, 30, 30 А, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 42 А, 43, 43 Б, 44 А, 45, 46, 47, 49, 50, 51, 51 А, 51 В, 52, 52 А, 53, 53 А, 53 Б, 53 В, 54, 55, 56, 57, 58, 58 А, 59, 59 А, 60, 61, 62, 63, 64, 66, 68, 69, 70, 72 А, 74, 75, 76, 76 А, 77, 77 А, 77 В, 78, 78 А, 79, 80, 80 А, 80 Б, 81, 82, 83, 83 А, 83 В, 83 Д, 85, 86,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86 Б, 87, 88, 89, 90, 91, 92, 93, 94, 95, 95 А, 97, 98, 99, 100, 101, 102, 103, 103 А, 104, 105, 106, 107, 108, 109, 110, 111, 113, 115, 116, 117, 118, 119, 119 В, 119 А, 120; Асанқайғы жырау көшесі; Бәйтерек көшесі; Егемендік көшесі 1, 1 А, 2, 3, 4, 4 А, 5, 5 А, 6, 7, 8, 8 А, 9, 10, 11, 12, 13 А, 14, 15, 16, 17, 18, 19 В, 20, 21, 22, 23, 24, 25, 27, 28, 29, 29 А, 30, 31, 32, 32 А, 34, 35, 36, 37, 38, 39, 40, 41, 43, 44, 45, 45 А, 46, 47, 48, 49, 49 А, 50, 51, 52, 53, 54, 54 А, 55, 56, 57, 58, 59, 60; Кенесары хан көшесі 1, 1 В, 1 Б, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19 А, 20, 22, 22 А, 22 Б, 22 В, 22 Г, 22 К, 23 А, 24, 24 А, 24 Е, 24 Э, 25, 25 Д, 26, 26 А, 27, 28, 29, 30, 31, 32, 33, 34, 35, 37, 38, 39, 39 А, 40, 41, 41 В, 42, 43, 43 А, 43 Б, 45, 45 А, 46, 46 А, 47, 49, 50, 51, 53, 54, 55, 56, 57, 58, 59,60, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 77 А, 78, 79, 80, 81, 82, 82 А,83, 85, 87, 87 А, 89, 90, 91, 92, 93, 94, 94 А, 95; Құрманғазы көшесі; Мичурин көшесі; Сүйінбай жырау көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 358 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Қ. Рысқұлбеков көшесі № 38, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 24 лицей" мемлекеттік коммуналдық мекемесі, сол қанат.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абылай хана көшесі; Алибек Нұрқожа көшесі; Байболсын Жұматаев көшесі; Бекболат Әшекеев көшесі; Кеңес Алпысбаев көшесі; Бердібек Соқпақбаев көшесі; Қапал батыр көшесі; Нүсіпбек Исахметов көшесі; Ораз Жандосов көшесі; Сағат Әшімбаев көшесі; Төле би көшесі.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Байсерке ауылы, Школьная көшесі № 39, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Ақбота" бөбекжай-балабақшасы мемлекеттік қазыналық кәсіпорыны.</w:t>
+      Абылай хана көшесі; Алибек Нұрқожа көшесі; Байболсын Жұматаев көшесі; Бекболат Әшекеев көшесі; Кеңес Алпысбаев көшесі; Бердібек Соқпақбаев көшесі; Қапал батыр көшесі; Нүсіпбек Исахметов көшесі; Ораз Жандосов көшесі; Сағат Әшімбаев көшесі; Төле би көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1045 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Қ. Рысқұлбеков көшесі № 38, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 24 лицей" мемлекеттік коммуналдық мекемесі, оң қанат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Болашақ көшесі; Ғ. Мұстафин көшесі; Ғ. Мүсірепов көшесі; Достық көшесі; Д. Қонаев көшесі; Желтоқсан көшесі; Жетісу көшесі; Жібек жолы көшесі; Көкқайнар көшесі; Молодежная көшесі; Тәуелсіздік көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шұғыла көшесі; Ынтымақ көшесі; бау-бақша серіктестіктерінің тұтыну кооперативі: Лазурит.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1007 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Қ. Рысқұлбеков көшесі № 38, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 24 лицей" мемлекеттік коммуналдық мекемесі, технология кабинеті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуелсіздіктің 10 жылдығы көшесі; І. Жансүгіров көшесі; Гүлдер ықшам ауданы; Жастар көшесі; Исатай батыр көшесі; Конституция көшесі; Манас көшесі; Райымбек батыр көшесі; Т. Әубәкіров көшесі; Ш. Құлымбаев көшесі; Жауғаш Батыр көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 985 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, З.Батталханов көшесі № 12, Іле аудандық полиция басқармасының уақытша ұстау изоляторы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Іле аудандық полиция басқармасының уақытша ұстау изоляторы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1046 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Титов көшесі № 6 Б, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Қуат" балабақшасы мемлекеттік қазыналық кәсіпорыны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алтын орда көшесі; Бейбітшілік көшесі; Бірлік көшесі; Есім хан көшесі; Жанибек хан көшесі; Жеңістің 60 жылдығы көшесі; Керей хан көшесі; Көктөбе көшесі; Қасым хан көшесі; Т. Рысқұлов көшесі; бау-бақша серіктестігі тұтыну кооперативі: Энергетический.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1016 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Титов көшесі № 30, "Алматы облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы "Іле аудандық орталық ауруханасы" мемлекеттік коммуналдық кәсіпорны ғимаратында.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Алматы облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы "Іле аудандық орталық ауруханасы" мемлекеттік коммуналдық кәсіпорны.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1017 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Қуат ықшам ауданы, Рахымбаев көшесі № 35, "Алматы облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы "Облыстық балалар клиникалық ауруханасы" мемлекеттік коммуналдық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Алматы облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы "Облыстық балалар клиникалық ауруханасы" мемлекеттік коммуналдық кәсіпорны.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1061 сайлау учаскесі мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Титов көшесі, № 16, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 7 орта мектеп" мемлекеттік коммуналдық мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі 29, 29 А, 31, 31 А; М. Әуезов көшесі; Титова 18, 19, 20, 21, 22 көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1062 сайлау учаскесі мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Қуат ықшам ауданы, Тәуелсіздіктің 10 жылдығы көшесі, № 32/1, "Нұрғиса Тілендиев атындағы аудандық мәдениет үйі" мемлекеттік коммуналдық мекемесі, оң қанаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Астана көшесі, Т. Рысқұлов көшесі, Қуат ықшам ауыданындағы атауы жоқ көшелер; Қарасу ауылындағы атауы жоқ көшелер.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1063 сайлау учаскесі мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Өтеген батыр ауылы, Қуат ықшам ауданы, Тәуелсіздіктің 10 жылдығы көшесі, № 32/1, "Нұрғиса Тілендиев атындағы аудандық мәдениет үйі" мемлекеттік коммуналдық мекемесі, сол қанаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Өтеген батыр ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарасу ауылының квартал 1 көшесі, квартал 2 көшесі, квартал 3 көшесі, квартал 4 көшесі, квартал 5 көшесі, квартал 6 көшесі, квартал 7 көшесі, квартал 8 көшесі; Жаңа Қуат ықшам ауданының атауы жоқ көшелері.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 359 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Байсерке ауылы, Школьная көшесі № 39, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Ақбота" бөбекжай-балабақшасы мемлекеттік қазыналық кәсіпорыны.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Байсерке ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Астана көшесі; Әбілхайыр хан көшесі; УМР-2 көшесі; Ұлы дала көшесі; Нұрай жауапкершілігі шектеулі серіктестігі; Бау-бақша серіктестіктерінің тұтыну кооперативі: Вагонник; Бау-бақша серіктестіктерінің тұтыну кооперативі: Гудок; Бау-бақша серіктестіктерінің тұтыну кооперативі: Радуга.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Байсерке ауылы, Бейбітшілік көшесі № 14 Б, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 9 орта мектеп" мемлекеттік коммуналдық мекемесі, оң қанат.</w:t>
+      Астана көшесі; Әбілхайыр хан көшесі; Байқоңыр көшесі; УМР-2 көшесі; Ұлы дала көшесі; Нұрай жауапкершілігі шектеулі серіктестігі; бау-бақша серіктестіктерінің тұтыну кооперативі: Вагонник; бау-бақша серіктестіктерінің тұтыну кооперативі: Гудок; бау-бақша серіктестігі тұтыну кооперативі: Заря Ветеранов; бау-бақша серіктестіктерінің тұтыну кооперативі: Радуга.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 360 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Байсерке ауылы, Бейбітшілік көшесі № 14 Б, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 9 орта мектеп" мемлекеттік коммуналдық мекемесі, оң қанат.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Байсерке ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алтынсарин көшесі; Бөгенбай батыр көшесі; Бөлтірік ақын көшесі; Бәйтерек көшесі; Көктем көшесі; Қазақстан көшесі; Қалдаяқов көшесі; Мәншүк Мәметова көшесі; Дулат Бабатайұлы көшесі; Дина Нұрпеисова көшесі; Нұрғиса Тілендиев көшесі; Наурыз көшесі; Сырым Датұлы көшесі; Тәуке хан көшесі.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Байсерке ауылы, Арқабай көшесі № 271, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 12 орта мектеп" мемлекеттік коммуналдық мекемесі, оң қанаты.</w:t>
+      Алтынсарин көшесі; Бөгенбай батыр көшесі; Бөлтірік ақын көшесі; Бәйтерек көшесі; Көктем көшесі; Қазақстан көшесі; Қалдаяқов көшесі; Мәншүк Мәметова көшесі; Дулат Бабатайұлы көшесі; Дина Нұрпеисова көшесі; Нұрғиса Тілендиев көшесі; Наурыз көшесі; Сырым Датұлы көшесі; Тәуке хан көшесі, Ш. Айманов көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 361 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Байсерке ауылы, Арқабай көшесі № 271, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 12 орта мектеп" мемлекеттік коммуналдық мекемесі, оң қанаты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Байсерке ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Береке көшесі; Бейімбет Майлин көшесі; Ескелді би көшесі; Ғазиза Жұбанова көшесі; Данеш Рақышев көшесі; Жамбыл Жабаев көшесі; Кенесары хан көшесі; Күлтегін көшесі; Қарасай батыр көшесі; Махмұд Қашқари көшесі; Махамбет Өтемісұлы көшесі; Марғұлан көшесі; Майқыби көшесі; Нұрлы жол көшесі; Саурық батыр көшесі; Сабит Мұқанов көшесі; Темірбек Жүргенов көшесі; Тұрғанбек Қатаев көшесі; Күйші Дәулеткерей көшесі 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 241, 243, 245, 247, 249, 251, 253, 255, 257, 259 (тақ жағы); 208, 210, 212, 214, 216, 218, 220, 222, 224, 226, 228, 230, 232, 234, 236, 238, 240, 242, 244, 246, 248, 250, 252, 254, 256, 258, 260 (жұп жағы).</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Байсерке ауылы, Бейбітшілік көшесі № 14 Б, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 9 орта мектеп" мемлекеттік коммуналдық мекемесі, сол қанаты.</w:t>
+      Береке көшесі; Бейімбет Майлин көшесі; Ескелді би көшесі; Ғазиза Жұбанова көшесі; Жамбыл Жабаев көшесі; Кенесары хан көшесі; Күлтегін көшесі; Қарасай батыр көшесі; Махмұд Қашқари көшесі; Махамбет Өтемісұлы көшесі; Марғұлан көшесі; Майқыби көшесі; Нұрлы жол көшесі; Саурық батыр көшесі; Сабит Мұқанов көшесі; Темірбек Жүргенов көшесі; Тұрғанбек Қатаев көшесі; Күйші Дәулеткерей көшесі 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 241, 243, 245, 247, 249, 251, 253, 255, 257, 259 (тақ жағы); 208, 210, 212, 214, 216, 218, 220, 222, 224, 226, 228, 230, 232, 234, 236, 238, 240, 242, 244, 246, 248, 250, 252, 254, 256, 258, 260 (жұп жағы).";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 362 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Байсерке ауылы, Бейбітшілік көшесі № 14 Б, Алматы облысы білім басқармасының Іле ауданы бойынша білім бөліміне қарасты "№ 9 орта мектеп" мемлекеттік коммуналдық мекемесі, сол қанаты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Байсерке ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ақбұлақ көшесі;</w:t>
-[...287 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Әли ауылы, Школьная көшесі № 2, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Тұрғанбек Қатаев атындағы № 22 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
+      Ақбұлақ көшесі; Азаттық көшесі; Бірлік көшесі; Бейбітшілік көшесі; Жанқожа батыр көшесі; Қадырғали Жалайыри көшесі; Нұрлы көшесі; Дінмұхамед Қонаев көшесі; Ленин көшесі; Панфилов көшесі; Тәттімбет көшесі; Роза Бағланова көшесі; Іле көшесі; М. Шолохов көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 366 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Әли ауылы, Школьная көшесі № 2, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Тұрғанбек Қатаев атындағы № 22 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Әли ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Аманат көшесі; Бұхар Жырау көшесі; Есенберлин көшесі; Есқара Беделбаев көшесі; Медиум көшесі; Шангерей Бөкеев көшесі.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Көктерек ауылы, Шалкиіз Жырау № 11 А, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 21 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
+      Аманат көшесі; Бұхар Жырау көшесі; Есенберлин көшесі; Есқара Беделбаев көшесі; Медиум көшесі; Шангерей Бөкеев көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 367 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Көктерек ауылы, Шалкиіз Жырау № 11 А, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 21 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Көктерек ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әміре Қашаубаев көшесі; Бекен Римова көшесі; Квартал көшесі; Шалкиіз жырау көшесі; Төлеген Тоқтаров көшесі; Үмбетей жырау көшесі.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Байсерке ауылы, Арқабай көшесі № 271, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 12 орта мектеп" мемлекеттік коммуналдық мекемесі, сол қанат.</w:t>
+      Әміре Қашаубаев көшесі; Бекен Римова көшесі; Квартал көшесі; Шалкиіз жырау көшесі; Төлеген Тоқтаров көшесі; Үмбетей жырау көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 369 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Байсерке ауылы, Арқабай көшесі № 271, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 12 орта мектеп" мемлекеттік коммуналдық мекемесі, сол қанат.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Байсерке ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Есім хан көшесі; Жетысуйская көшесі; Карасуйская көшесі; Қасым хан көшесі; Алпамыс батыр көшесі; Аменкелді Иманов көшесі; Бауыржан Момышұлы көшесі; Күйші Дина көшесі; Қабанбай батыр көшесі; Қажымұқан көшесі; Қыз жібек көшесі; Шұғыла көшесі; Шәкәрім Құдайбердіұлы көшесі.</w:t>
-[...89 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Байсерке ауылы, Арқабай көшесі № 68 А, Алматы облысы, Іле ауданы, Байсерке ауылының пошта байланыс бөлімшесі.</w:t>
+      Есім хан көшесі; Жетысуйская көшесі; Карасуйская көшесі; Қасым хан көшесі; Алпамыс батыр көшесі; Аменкелді Иманов көшесі; Бауыржан Момышұлы көшесі; Күйші Дина көшесі; Қабанбай батыр көшесі; Қажымұқан көшесі; Қыз жібек көшесі; Шұғыла көшесі; Шәкәрім Құдайбердіұлы көшесі; Дәнеш Рақышев көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 370 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Байсерке ауылы, Бейбітшілік көшесі № 14 В, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 28 мектеп-гимназия" мемлекеттік коммуналдық мекемесі, оң қанат.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Байсерке ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абылай хан көшесі; Арқабай көшесі; Әлия Молдағұлова көшесі; Исатай Тайманов көшесі; Күләш Байсейітова көшесі; МТФ-1 көшесі; Сәкен Сейфуллин көшесі; Сабыр Рахимов көшесі; Ілияс Жансүгіров көшесі; Аманат көшесі; Ер Еділ көшесі; Тоныкөк көшесі; Күйші Дәулеткерей көшесі 1, 3, 5, 9, 9 А, 11, 15, 19, 23, 25, 27, 29, 31, 33, 35, 37, 41, 43, 45, 47, 49, 51, 53, 55,57, 59, 61, 63, 63 А , 65, 67, 69, 71, 73, 75, 75 Б, 79, 81, 83, 85 А, 87 Б, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, 175, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207 (тақ жағы), 2, 2 А, 2 В, 4, 6, 10, 10 А, 12, 12 А, 14, 16, 18, 20, 22, 22 А, 26, 28, 28 А, 30, 30 Д, 32, 32 А, 32 В, 34, 36, 38, 40, 42, 44, 46, 46 А, 48, 50, 52, 54, 56, 58, 60, 62, 62 Б, 64, 66, 66 А, 68, 70, 72, 72 А, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 122 А, 124, 126, 128, 130, 132, 134, 136, 138, 140, 142, 142 Б, 146, 148, 150,152, 154, 156, 158, 160, 162, 164, 166, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 202, 204, 206 (жұп жағы).</w:t>
-[...35 lines deleted...]
-      Орталығы: Қосөзен ауылы, Абай көшесі № 1, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 14 орта мектебі" мемлекеттік коммуналдық мекемесі</w:t>
+      Абай көшесі; Ануар Молдабеков көшесі; Әсет Бейсеуов көшесі; Баянды көшесі; Бұлбұл көшесі; Ермек Серкебаев көшесі; Керей хан көшесі; Кейкі батыр көшесі; Құрманғазы көшесі; Қаныш Сәтпаев көшесі; Сүйінбай Аронұлы көшесі; Ұлытау көшесі; Хан жолы көшесі; Шоқан Уәлиханов көшесі; бау-бақша серіктестіктерінің тұтыну кооперативі: Железнодорожник; бау-бақша серіктестіктерінің тұтыну кооперативі: Шығыс.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 372 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Байсерке ауылы, Арқабай көшесі № 68 А, Алматы облысы, Іле ауданы, Байсерке ауылының пошта байланыс бөлімшесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Байсерке ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арқабай көшесі; Әлия Молдағұлова көшесі; Исатай Тайманов көшесі; Күләш Байсейітова көшесі; МТФ-1 көшесі; Сәкен Сейфуллин көшесі; Сабыр Рахимов көшесі; Ілияс Жансүгіров көшесі; Аманат көшесі; Ер Еділ көшесі; Тоныкөк көшесі; Күйші Дәулеткерей көшесі 1, 3, 5, 9, 9 А, 11, 15, 19, 23, 25, 27, 29, 31, 33, 35, 37, 41, 43, 45, 47, 49, 51, 53, 55,57, 59, 61, 63, 63 А , 65, 67, 69, 71, 73, 75, 75 Б, 79, 81, 83, 85 А, 87 Б, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, 175, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207 (тақ жағы), 2, 2 А, 2 В, 4, 6, 10, 10 А, 12, 12 А, 14, 16, 18, 20, 22, 22 А, 26, 28, 28 А, 30, 30 Д, 32, 32 А, 32 В, 34, 36, 38, 40, 42, 44, 46, 46 А, 48, 50, 52, 54, 56, 58, 60, 62, 62 Б, 64, 66, 66 А, 68, 70, 72, 72 А, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 122 А, 124, 126, 128, 130, 132, 134, 136, 138, 140, 142, 142 Б, 146, 148, 150,152, 154, 156, 158, 160, 162, 164, 166, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 202, 204, 206 (жұп жағы).";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1008 сайлау учаскесі мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Байсерке ауылы, Бейбітшілік көшесі № 14 В, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 28 мектеп-гимназия" мемлекеттік коммуналдық мекемесі, оң қанат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Байсерке ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міржақып Дулатов көшесі; Салқам Жәңгір көшесі; Ғабит Мүсірепов көшесі; Жүсіп Баласағұн көшесі; Жерұйық көшесі; Кенжеқұлов көшесі; Талғат Бигелдинов көшесі; Райымбек көшесі; Шырайлы көшесі; Халифа Алтай көшесі; Әл-Фараби көшесі; Бақтыбай Жолбарысұлы көшесі; Абылай хан.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 384 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Қосөзен ауылы, Абай көшесі № 1, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 14 орта мектебі" мемлекеттік коммуналдық мекемесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Қосөзен ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абай көшесі;</w:t>
-[...359 lines deleted...]
-      Орталығы: Н. Тілендиев ауылы, Алматы көшесі № 32, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 26 орта мектебі" мемлекеттік коммуналдық мекемесі.</w:t>
+      Абай көшесі; Әйгерім көшесі; Ә. Молдағұлов көшесі; Әл-Фараби көшесі; Байқоңыр көшесі; Б. Майлин көшесі; Ғ. Мұратбаев көшесі; Д. Қонаев көшесі; Жамбыл көшесі; Жас Ұлан көшесі; Жильников көшесі; Кіші Қараой көшесі; М. Мәметова көшесі; С. Сейфуллин көшесі; Таугүл көшесі; Т. Рысқұлов көшесі; Төле би көшесі; Ы. Алтынсарин көшесі; І. Жансүгіров көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 385 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Н. Тілендиев ауылы, Алматы көшесі № 32, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 26 орта мектебі" мемлекеттік коммуналдық мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Н. Тілендиев ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Арман көшесі;</w:t>
-[...323 lines deleted...]
-      Орталығы: Қараой ауылы, Дауылбаев көшесі № 1, "Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Ы. Ноғайбаев атындағы №18 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
+      Арман көшесі; Алматы көшесі; Арна көшесі; А. Иманов көшесі; Ә. Исаев көшесі; Бірлік көшесі; Достық көшесі; Жетісу көшесі; Желтоқсан көшесі; Қапшағай көшесі; С. Сандықбаев көшесі; СТФ-2 көшесі; Тәуелсіздік көшесі; Ш. Уәлиханов көшесі; бау-бақша серіктестігінің тұтыну кооперативі: Алма; бау-бақша серіктестігінің тұтыну кооперативі: Простор; бау-бақша серіктестігінің тұтыну кооперативі: Финансист.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 386 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Қараой ауылы, Дауылбаев көшесі № 1, "Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Ы. Ноғайбаев атындағы №18 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Қараой ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абай көшесі;</w:t>
-[...395 lines deleted...]
-      Орталығы: Қараой ауылы, Бейбітшілік көшесі № 10, "Қараой ауылдық мәдениет үйі" "Іле аудандық әкімінің аудандық мәдениет үйі" мемлекеттік коммуналдық қазналық кәсіпорынның филиалы.</w:t>
+      Абай көшесі; Ардагер көшесі; Ә. Отарбаев көшесі; Болашақ көшесі; Гүлдер көшесі; Жігер көшесі; Жұлдыз көшесі; Қазақстан көшесі; Қамыскөл көшесі; Қ. Дауылбаев көшесі; Мамыр көшесі; М. Әуезов көшесі; М. Әбішев көшесі; Наурыз көшесі; Н. Пашкин көшесі; Р. Зорге көшесі; Сұлусай көшесі; Тамаша көшесі; Ы. Алтынсарин көшесі; Іле таңы көшесі; Монтажник қосалқы шаруашылығы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 387 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Қараой ауылы, Бейбітшілік көшесі № 10, "Қараой ауылдық мәдениет үйі" "Іле аудандық әкімінің аудандық мәдениет үйі" мемлекеттік коммуналдық қазналық кәсіпорынның филиалы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Қараой ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алмалы көшесі;</w:t>
-[...377 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Ақсай ауылы, Достық көшесі № 12, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Ю. Гагарин атындағы № 16 орта мектеп" мемлекеттік коммуналдық мекемесі, спорт залы.</w:t>
+      Алмалы көшесі; Алғабас көшесі; Балауса көшесі; Бейбітшілік көшесі; Балдырған көшесі; Дарын көшесі; Жеңіс көшесі; Жаңалық көшесі; Ж. Уәлиев көшесі; Мереке көшесі; Нұрлы таң көшесі; Рахат көшесі; Тың дала көшесі; Теректі көшесі; Үлгілі көшесі; Шұғыла көшесі; Ынтымақ көшесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 388 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Қараой ауылы, № 2125 әскери бөлімі, акт залы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Қараой ауылы, № 2125 әскери бөлімінің аумағы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 968 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Қосөзен ауылы, Бірлестік көшесі № 1 В, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 50 орта мектебі" мемлекеттік коммуналдық мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Қосөзен ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақсай көшесі; Алтын күн көшесі; Ақ жол көшесі; Әділет көшесі; Бірлестік көшесі; Б. Момышұлы көшесі; Жаңақұрылыс көшесі; Жастар көшесі; Кең сай көшесі; Көктем көшесі; Көктөбе көшесі; Қарасу көшесі; Самал көшесі; Терең сай көшесі; Шымбұлақ көшесі; бау-бақша серіктестігінің тұтыну кооперативі: Алмалы; бау-бақша серіктестігінің тұтыну кооперативі: Ветеран-Алатау; бау-бақша серіктестігінің тұтыну кооперативі: Дорожник; бау-бақша серіктестігінің тұтыну кооперативі: Жеміс; бау-бақша серіктестігінің тұтыну кооперативі: Золотая осень; бау-бақша серіктестігінің тұтыну кооперативі: Или-2007; бау-бақша серіктестігінің тұтыну кооперативі: Малахит; бау-бақша серіктестігінің тұтыну кооперативі: Оптимист; бау-бақша серіктестігінің тұтыну кооперативі: Природа; бау-бақша серіктестігінің тұтыну кооперативі: Связист; бау-бақша серіктестігінің тұтыну кооперативі: Фрунзенец; бау-бақша серіктестігінің тұтыну кооперативі: Целинный.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 969 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Н. Тілендиев ауылы, Тұлпар көшесі "Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Жайлы мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Н. Тілендиев ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арал көшесі; Ақниет көшесі; Алтай көшесі; Аманжол көшесі; Ақ сұңқар көшесі; Ақ бұлақ көшесі; Ақ тұма көшесі; Алтын Орда көшесі; Ақсай көшесі; Атамекен көшесі; Алтын сақа көшесі; Ақ тас көшесі; Бәйтерек көшесі; Бесмойнақ көшесі; Бағанашыл көшесі; Баянауыл көшесі; Егемен көшесі; Жоламан көшесі; Жалаңаш көшесі; Жібек жолы көшесі; Жылысай көшесі; Көктөбе көшесі; Қарасай көшесі; Керемет көшесі; Мәтібұлақ көшесі; Мойынқұм көшесі; Отан көшесі; Райымбек көшесі; Саяжай көшесі; Тұлпар көшесі; Талап көшесі; Таужол көшесі; Ұлытау көшесі; Ұлан көшесі; Шығыс көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 993 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Қараой ауылы, Қаратал көшесі № 50, "Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 49 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Қараой ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алатау көшесі; Алтын дала көшесі; Алға көшесі; Арай көшесі; Алматы көшесі; Астана көшесі; Азаматтық көшесі; Бастау көшесі; Достық көшесі; Кең дала көшесі; Қаратал көшесі; Қаскелең көшесі; Нұр Отан көшесі; Өркен көшесі; Сарыарқа көшесі; Саяхат көшесі; Сайран көшесі; Түркістан көшесі; Шалқар көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 389 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Ақсай ауылы, Достық көшесі № 12, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Ю. Гагарин атындағы № 16 орта мектеп" мемлекеттік коммуналдық мекемесі, спорт залы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Ақсай ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абай көшесі;</w:t>
-[...179 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Ақсай ауылы, Достық көшесі № 10, "Іле ауданы әкімінің аудандық мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының "Ақсай ауылының мәдениет үйі" № 4 филиалы, фойе.</w:t>
+      Абай көшесі; Әлихан Бөкейхан көшесі; Бауыржан Момышұлы көшесі; Ыбырай Алтынсарин көшесі; Мағжан Жұмабаев көшесі; М. Горький көшесі; Мәңгілік Ел көшесі; Ұлы дала көшесі; Целинная көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 390 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Ақсай ауылы, Достық көшесі № 10, "Іле ауданы әкімінің аудандық мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының "Ақсай ауылының мәдениет үйі" № 4 филиалы, фойе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Ақсай ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ақан сері көшесі;</w:t>
-[...197 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Ақсай ауылы, Достық көшесі № 10, "Іле ауданы әкімінің аудандық мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының "Ақсай ауылының мәдениет үйі" № 4 филиалы, көрермен залы.</w:t>
+      Ақан сері көшесі; Атамұра көшесі; Достық көшесі; Жібек жолы көшесі; Западная көшесі; МТФ-1 көшесі; Байбосын Тамабаев көшесі; Тәуелсіздік көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоқан Уәлиханов көшесі; бау-бақша серіктестіктерінің тұтыну кооперативі: Междуречье.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 391 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Ақсай ауылы, Достық көшесі № 10, "Іле ауданы әкімінің аудандық мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының "Ақсай ауылының мәдениет үйі" № 4 филиалы, көрермен залы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Ақсай ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абылай хан көшесі;</w:t>
-[...305 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Екпінді ауылы, Шевченко көшесі № 1, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 2 орта мектеп" мемлекеттік коммуналдық мекемесі мәжіліс залы.</w:t>
+      Абылай хан көшесі; Алматы көшесі; Алпамыс батыр көшесі; Алатау көшесі; Астана көшесі; Атырау көшесі; Мұхтар Әуезов көшесі; Байқоңыр көшесі; Ахмет Байтұрсынұлы көшесі; Бейбарыс Сұлтан көшесі; Дінмұхамед Қонаев көшесі; Құрманғазы көшесі; Мұқағали Мақатаев көшесі; Береке көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арай көшесі; Нұрғиса Тілендиев көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 392 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Екпінді ауылы, Шевченко көшесі № 1, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 2 орта мектеп" мемлекеттік коммуналдық мекемесі мәжіліс залы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Екпінді ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абай көшесі;</w:t>
-[...251 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Екпінді ауылы, Қобыланды батыр көшесі № 54, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Төлеген Айбергенов атындағы № 48 орта мектеп" мемлекеттік коммуналдық мекемесі, оң қанат, фойе.</w:t>
+      Абай көшесі; Ақбұлақ көшесі; Майкот Алғазиев көшесі; Гоголь көшесі; Горький көшесі; Жаяу Мұса көшесі; Жәнібек хан көшесі; Жетісу көшесі; Лермонтов көшесі; Нұрлы жол көшесі; Пушкин көшесі; Сарыарқа көшесі; Шевченко көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 393 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Екпінді ауылы, Қобыланды батыр көшесі № 54, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Төлеген Айбергенов атындағы № 48 орта мектеп" мемлекеттік коммуналдық мекемесі, оң қанат, фойе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Екпінді ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұқар жырау көшесі;</w:t>
-[...143 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Жауғашты ауылы, Абай көшесі № 3, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің" № 27 орта мектебі" мемлекеттік коммуналдық мекемесі, фойе.</w:t>
+      Бұқар жырау көшесі; Бөлек батыр көшесі; Ескелді би көшесі; Наурызбай батыр көшесі; Медеу көшесі; Мұхтар Әуезов көшесі; Райымбек батыр.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 394 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Жауғашты ауылы, Абай көшесі № 3, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің" № 27 орта мектебі" мемлекеттік коммуналдық мекемесі, фойе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Жауғашты ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абай көшесі;</w:t>
-[...323 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Асқар Тоқпанов ауылы, Асубеков Сәрсенбек көшесі № 1, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Ә. Молдабеков атындағы № 6 орта мектебі" мемлекеттік коммуналдық мекемесі, мектеп фойесі.</w:t>
+      Абай көшесі; Ақыртас көшесі; Ыбырай Алтынсарин көшесі; Әду Насыр Әл-Фараби көшесі; Мұхтар Әуезов көшесі; Баласағұн көшесі; Бурған көшесі; Талғат Бигелдинов көшесі; Достық көшесі; Жауғашты батыр көшесі; Құрманғазы көшесі; Шәмші Қалдаяқов көшесі; Әлия Молдағұлова көшесі; Бауыржан Момышұлы көшесі; Тұрар Рысқұлов көшесі; Төле би көшесі; Шоқан Уалиханов көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 994 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Екпінді ауылы, Қобыланды батыр көшесі № 54, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Төлеген Айбергенов атындағы № 48 орта мектеп" мемлекеттік коммуналдық мекемесі, сол қанат, фойе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Екпінді ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоқан Уәлиханов көшесі; Мәншүк Мәметова көшесі; Қобыланды батыр көшесі; Бикен Римова көшесі; бау-бақша серіктестіктерінің тұтыну кооперативі: Ақсай; бау-бақша серіктестіктерінің тұтыну кооперативі: Балтакөл; бау-бақша серіктестіктерінің тұтыну кооперативі: Белес; бау-бақша серіктестіктерінің тұтыну кооперативі: Вишня; бау-бақша серіктестіктерінің тұтыну кооперативі: Көк-Жиек; бау-бақша серіктестіктерінің тұтыну кооперативі: Көк-Жиек-1; бау-бақша серіктестіктерінің тұтыну кооперативі: Мерей; бау-бақша серіктестіктерінің тұтыну кооперативі: Мечта; бау-бақша серіктестіктерінің тұтыну кооперативі: Самал; бау-бақша серіктестіктерінің тұтыну кооперативі: Содружество; бау-бақша серіктестіктерінің тұтыну кооперативі: Сокол; бау-бақша серіктестіктерінің тұтыну кооперативі: Энтузиаст.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 995 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: "Шабыт" ықшам ауданы, Ақдала көшесі № 84, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің" № 55 орта мектебі" мемлекеттік коммуналдық мекемесі, шағын спорт залы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: "Шабыт" ықшам ауданы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алматы көшесі; Алакөл көшесі; Алтынемел көшесі; Ақдала көшесі; Аққорған көшесі; Ақсай көшесі; Ақсуат көшесі; Ақсөбе көшесі; Ақтөбе көшесі; Анырақай көшесі; Ардагерлер көшесі; Арқарлы көшесі; Арыс көшесі; Атбасар көшесі; Атамекен көшесі; Аякөз көшесі; Балтабай көшесі; Балқаш көшесі; Баянауыл көшесі; Бурабай көшесі; Бұқтырма көшесі; Құрмет көшесі; Күрті көшесі; Қаскелең көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 395 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Асқар Тоқпанов ауылы, Асубеков Сәрсенбек көшесі № 1, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Ә. Молдабеков атындағы № 6 орта мектебі" мемлекеттік коммуналдық мекемесі, мектеп фойесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Асқар Тоқпанов ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Асубек Сарсенбек көшесі;</w:t>
-[...395 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Асқар Тоқпанов ауылы, Асубеков Сәрсенбек көшесі № 1, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Ә. Молдабеков атындағы № 6 орта мектебі" мемлекеттік коммуналдық мекемесі, мектеп акт залы.</w:t>
+      Әлия Молдағұлова көшесі; Бауыржан Момышұлы көшесі; Бұхар жырау көшесі; В.Г.Гиль көшесі; Ғабит Мүсірепов көшесі; Ғани Мұратбаев көшесі; Дина Нұрпейісова көшесі; Жамбыл Жабаев көшесі; Жылқышы Тасыбеков көшесі; Қажымұқан Мұнайтпасов көшесі; Қайрат Рысқұлбеков көшесі; Мәншүк Мәметова көшесі; Мұқан Төлебаев көшесі; Нұрмолда Алдабергенов көшесі; Сарсембек Асубеков көшесі; Сәбит Мұқанов көшесі; Төлеген Тоқтаров көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 396 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Асқар Тоқпанов ауылы, Асубеков Сәрсенбек көшесі № 1, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Ә. Молдабеков атындағы № 6 орта мектебі" мемлекеттік коммуналдық мекемесі, мектеп акт залы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары Асқар Тоқпанов ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Аитов көшесі;</w:t>
-[...287 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Жайнақ ауылы, Школьная көшесі № 4, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 31 орта мектебі" мемлекеттік коммуналдық мекемесі, мектеп фойесі.</w:t>
+      Аитов көшесі; Алатау көшесі; Ақбұлақ көшесі; Береке көшесі; Болашақ көшесі; Достық көшесі; Еламан Қабылдаев көшесі; Желтоқсан көшесі; Қ. Байқадамқызы көшесі; Райымбек батыр көшесі; Нұрлы көшесі; Шоқан Уәлиханов көшесі; 7 көше; 8 көше; 9 көше.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 397 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Жайнақ ауылы, Школьная көшесі № 4, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 31 орта мектебі" мемлекеттік коммуналдық мекемесі, мектеп фойесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Жайнақ ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абай Құнанбаев көшесі;</w:t>
-[...233 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Асқар Тоқпанов ауылы, Аитов көшесі № 44, балабақша "Балбөбек".</w:t>
+      Абай Құнанбаев көшесі; Жамбыл Жабаев көшесі; Исмайл Ахмедов көшесі; Қасым Күшелеков көшесі; Қаби Өскембаев көшесі; Луговая көшесі; бау-бақша серіктестіктерінің тұтыну кооперативі: Ақбұлақ; бау-бақша серіктестіктерінің тұтыну кооперативі: Ветеран-13; бау-бақша серіктестіктерінің тұтыну кооперативі: Жас-асар.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 399 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Асқар Тоқпанов ауылы, № 16194 әскери бөлімінің клубы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Асқар Тоқпанов ауылы, № 03825, № 16194, № 55065 әскери бөлімдерінің аумағы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 400 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Асқар Тоқпанов ауылы, Аитов көшесі № 44, балабақша "Балбөбек", би залы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Асқар Тоқпанов ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абылай хан көшесі; Атымтай Қисанов көшесі; Әсет Бейсеуов көшесі; Балта Сейдалиев көшесі; Белағаш Ақұлы көшесі; Бережинский Алексей Федорович көшесі; Жайнақ көшесі; Ескелді би көшесі; Қабанбай батыр көшесі; Менделеев көшесі; Ы. Алтынсарин көшесі; Өнеркәсіптік аймақ; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Мелиоратор"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Оптимист".</w:t>
+      Абылай хан көшесі; Атымтай Қисанов көшесі; Әсет Бейсеуов көшесі; Балта Сейдалиев көшесі; Белағаш Ақұлы көшесі; Бережинский Алексей Федорович көшесі; Жайнақ көшесі; Ескелді би көшесі; Қабанбай батыр көшесі; Менделеев көшесі; Ы. Алтынсарин көшесі; Өнеркәсіптік аймақ.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 401 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Асқар Тоқпанов ауылы, Балта Сейдалиев көшесі, № 117, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 42 орта мектебі" мемлекеттік коммуналдық мекемесі, ғимараттың сол қанаты, мектеп фойесі.</w:t>
+      "Сайлау учаскесінің орналасқан жері: Асқар Тоқпанов ауылы, Балта Сейдалиев көшесі, № 117, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 42 орта мектеп" мемлекеттік коммуналдық мекемесі, сол қанаты, мектеп фойесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Асқар Тоқпанов ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10 көшесі; 11 көшесі; 12 көшесі; 13-квартал көшесі; 14 көшесі; 4 көшесі; 5 көшесі; 6 көшесі; Астана көшесі; Бәйтерек көшесі; Бірлік көшесі; Жеңіс көшесі; Жетісу көшесі; Жібек жолы көшесі; Тәуелсіздік көшесі; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Ветеран 12"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Ветеран"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Ветеран-2 Надежда"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Водник"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Волна"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Гранит"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Еңбек"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Крылья"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Приозерная"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Су-шар 7"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Ягодка".</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Мұхаметжан Түймебаев ауылы, Ә. Молдағұлова көшесі № 14, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 19 орта мектеп" мемлекеттік коммуналдық мекемесі, фойе.</w:t>
+      10 көшесі; 11 көшесі; 12 көшесі; 13-квартал көшесі; 14 көшесі; 4 көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5 көшесі; 6 көшесі; Астана көшесі; Бәйтерек көшесі; Бірлік көшесі; Жеңіс көшесі; Жетісу көшесі; Жібек жолы көшесі; Тәуелсіздік көшесі; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Ветеран 12"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Ветеран"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Ветеран-2 Надежда"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Водник"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Волна"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Гранит";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бау-бақша серіктестіктерінің тұтыну кооперативі: "Еңбек"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Приозерная"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Су-шар 7".";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 996 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Асқар Тоқпанов ауылы, Балта Сейдалиев көшесі, № 117, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 42 орта мектеп" мемлекеттік коммуналдық мекемесі, ғимараттың оң қанаты, мектеп фойесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Асқар Тоқпанов ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-ші көше; 2-ші көше; 3-ші көше; Атамекен көшесі; Балпық би көшесі; Бейбітшілік көшесі; Бекет Ата көшесі; Ербол Сыпатаев көшесі; Күләш Бәйсейітова көшесі; Наурызбай батыр көшесі; Новостройка көшесі; Нүркен Әбдіров көшесі; бау-бақша серіктестігінің тұтыну кооперативі: "Байтал"; бау-бақша серіктестігінің тұтыну кооперативі: "Балтакөл"; бау-бақша серіктестігінің тұтыну кооперативі: "Достық".";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 997 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Жайнақ ауылы, Школьная көшесі № 4, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 31 орта мектебі" мемлекеттік коммуналдық мекемесі, мектеп спорт залы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Жайнақ ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алтынбек Күлибаев көшесі; Сүйінбай Аронұлы көшесі; Школьная көшесі; 2 квартал; № 97617 әскери бөлімінің әскери қалашығы; Бау-бақша серіктестіктерінің тұтыну кооперативі: Нұрлы-жол садовод; Бау-бақша серіктестіктерінің тұтыну кооперативі: Таскескен.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1059 сайлау учаскесі мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Асқар Тоқпанов ауылы, Балта Сейдалиев көшесі, № 117 ғимараты, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 42 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Асқар Тоқпанов ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бау-бақша серіктестігінің тұтыну кооперативі: "Монтажник"; Бау-бақша серіктестігінің тұтыну кооперативі: "Ивушка"; Бау-бақша серіктестігінің тұтыну кооперативі: "Кирпичник"; Бау-бақша серіктестігінің тұтыну кооперативі: "Кристалл"; Бау-бақша серіктестігінің тұтыну кооперативі: "Оптимист"; Бау-бақша серіктестігінің тұтыну кооперативі: "Мелиоратор"; Бау-бақша серіктестігінің тұтыну кооперативі: "Крылья"; Бау-бақша серіктестігінің тұтыну кооперативі: "Ягодка"; Бау-бақша серіктестігінің тұтыну кооперативі: "Дружба".";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 402 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: М. Түймебаев ауылы, Ә. Молдағұлова көшесі № 14, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 19 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: М. Түймебаев ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ә. Молдағұлова көшесі; Жүсіпбек Аймауытов; Клубная көшесі; Қасенбай Нұрғазиев көшесі; Мира көшесі; Совхозная көшесі; 50 Лет Победы көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 200; Ю. Гагарин көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 403 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Мұхаметжан Түймебаев ауылы, Ә. Молдағұлова көшесі № 14, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 19 орта мектеп" мемлекеттік коммуналдық мекемесі", дене шынықтыру залы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Мұхаметжан Түймебаев ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ә. Молдағұлова көшесі;</w:t>
-[...161 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Мұхаметжан Түймебаев ауылы, Ә. Молдағұлова көшесі № 14, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 19 орта мектеп" мемлекеттік коммуналдық мекемесі", дене шынықтыру залы.</w:t>
+      Алматинская көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 132, 134, 135; Аптечная көшесі; Больничный тұйық көшесі; Озерная көшесі; Тәуелсіздік көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197. 198. 200, 201, 202, 203, 204, 205, 206, 207, 208; Прудхозная көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 404 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: М. Түймебаев ауылы, Алматинская көшесі № 189 А, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 20 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: М. Түймебаев ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есім хан көшесі; Е.Сыпатаев көшесі; Жаңқожа батыр көшесі; Жетісу көшесі; Жуаныш Барибаев көшесі; Қасым хан көшесі; Алпамыс батыр көшесі; Ер Тарғын көшесі; Қызылқұм көшесі; Қарақұм көшесі; Қобыланды батыр көшесі; О. Жандосов көшесі; Салқам Жәңгір көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 405 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Мұхаметжан Түймебаев ауылы, "Первомайские пруды" әскери қалашығы № 8 Б/1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Мұхаметжан Түймебаев ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алматинская көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 132, 134, 135;</w:t>
-[...125 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Мұхаметжан Түймебаев ауылы, Алматинская көшесі № 189 А, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 20 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
+      Бау-бақша серіктестіктерінің тұтыну кооперативі: Ардагер-Ветеран; бау-бақша серіктестіктерінің тұтыну кооперативі: Мауе бау; бау-бақша серіктестіктерінің тұтыну кооперативі: Нур Луч; бау-бақша серіктестіктерінің тұтыну кооперативі: Шар тас-2; "Первомайские пруды" әскери қалашығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 406 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Көкқайнар ауылы, Астана көшесі № 2, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 29 орта мектеп" мемлекеттік коммуналдық мекемесі".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Көкқайнар ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі; Астана көшесі; Алатау көшесі; Әсет Найманбаев көшесі; Береке көшесі; Бөлек батыр көшесі; Бірлік көшесі; Восточная көшесі; М. Әуезов көшесі; Молодежная көшесі; Медеу көшесі; Наурызбай батыр көшесі; Новобережная көшесі; Новостройка көшесі; Садовая көшесі; Сары Арқа көшесі; Шымбұлақ көшесі; Ынтымақ көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 407 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Жапек батыр ауылы, Абай көшесі № 17 Г, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 4 орта мектеп" мемлекеттік коммуналдық мекемесі", мектеп фойесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Жапек батыр ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі; Абдуали Шубаев көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77; Бауыржан Момышұлы көшесі; М. Тулебаев көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98; Бау-бақша серіктестіктерінің тұтыну кооперативі: Жастар; Бау-бақша серіктестіктерінің тұтыну кооперативі: Нұр-Береке.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 408 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Жапек батыр ауылы, Абай көшесі № 17 Г, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 4 орта мектеп" мемлекеттік коммуналдық мекемесі, спорт залы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Жапек батыр ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбыл көшесі; Дәнеш Рақышев көшесі; Қ. Сәтпаев көшесі; М. Мәметова көшесі; М. Мақатаев көшесі; М. Әуезов көшесі; Оңалбай Әлім көшесі; Сүйінбай көшесі; Ш. Уәлиханов көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 409 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Төле би ауылы, Абдолла Қарсақбаев көшесі № 16 А, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 37 орта мектебі" мемлекеттік коммуналдық мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Төле би ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абдолла Қарсақбаев көшесі; Ақтамберді Жырау көшесі; Әміре Қашаубаев көшесі; Ә. Молдағұлова көшесі; Бөлек батыр көшесі; Дина Нұрпейісова көшесі; Ескелді би көшесі; Кенен Әзірбаев көшесі; Керей Хан көшесі; Кірпіш зауытының жатақханасы; М. Мәметова көшесі; Махмұд Қашқари көшесі; Набережная көшесі; Төлебаев көшесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 410 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: М. Түймебаев ауылы, 2-линия көшесі № 17, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Күншуақ" бөбекжай-балабақшасы мемлекеттік қазыналық кәсіпорыны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: М. Түймебаев ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі; Ақан Сері көшесі; Алтынсарин көшесі; Алматинская көшесі 131, 133, 135, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 267, 268, 269, 270, 271, 273, 275; 1-линия көшесі; Алматы көшесі; Атамұра көшесі; Бейбарыс Сұлтан көшесі; Д. Қонаев көшесі; Кенесары хан көшесі; Мәлік Ғабдуллин көшесі; Нүркен Абдиров көшесі; Рақымжан Қошқарбаев көшесі; Сәкен Сейфуллин көшесі; Сырым Датұлы көшесі; Төле би көшесі; Төлеген Айбергенов көшесі; Төлеген Тоқтаров көшесі; Тәуеліздік көшесі 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 266, 268, 270; 50 Лет Победы 201, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ю. Гагарин көшесі 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 225.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 411 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Мұхаметжан Түймебаев ауылы, Ереванская көшесі № 3 Г, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 43 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Мұхаметжан Түймебаев ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алпамыс батыр көшесі;</w:t>
-[...467 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Көкқайнар ауылы, Астана көшесі № 2, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 29 орта мектеп" мемлекеттік коммуналдық мекемесі".</w:t>
+      Әл-Фараби көшесі; Бөгенбай батыр көшесі; Бел Ағаш Ата көшесі; Ворошилов көшесі; Ереванская көшесі; Заводская көшесі; Заречная көшесі; Қабанбай батыр көшесі; Қарасай батыр көшесі; Құдыс Қожамияров көшесі; Ләззат Асанова көшесі; Набережная көшесі; Өтеген батыр көшесі; Первомайская көшесі; Серке Кожамқұлов көшесі; Шәмші Қалдаяқов көшесі; бау-бақша серіктестіктерінің тұтыну кооперативі: Алмагуль; бау-бақша серіктестіктерінің тұтыну кооперативі: Жағажай.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 412 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Жапек батыр ауылы, Қ. Алтаев көшесі № 138 А, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 36 орта мектеп" мемлекеттік коммуналдық мекемесі, сол қанат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Жапек батыр ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абдуали Шубаев көшесі 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 137, 139, 141, 143, 145, 147, 149, 151; Ахмет Жылқыбеков көшесі; Қ. Алтаев көшесі; М. Тулебаева көшесі 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 132, 134, 136, 138, 140, 142, 144, 146; Оқас Қожанов көшесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 413 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Көкқайнар ауылы, Бәйтерек көшесі № 97 А, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 44 орта мектеп" мемлекеттік коммуналдық мекемесі, оң қанат.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Көкқайнар ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абай көшесі;</w:t>
-[...341 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Жәпек батыр ауылы, Абай көшесі № 17 Г, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 4 орта мектеп" мемлекеттік коммуналдық мекемесі", мектеп фойесі.</w:t>
+      Атырау көшесі; Бәйтерек көшесі; Банная көшесі; Строительная көшесі; Цветочная көшесі; Батыр саяжайы; Нариман саяжайы; Нариман-2 саяжайы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 970 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Жапек батыр ауылы, "Школьный" ықшам ауданы, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 51 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Жапек батыр ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абай көшесі; Абдуали Шубаев көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77; Бауыржан Момышұлы көшесі; М. Тулебаев көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98; Бау-бақша серіктестіктерінің тұтыну кооперативі: Жастар; Бау-бақша серіктестіктерінің тұтыну кооперативі: Нұр-Береке.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Жәпек батыр ауылы, Абай көшесі № 17 Г, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 4 орта мектеп" мемлекеттік коммуналдық мекемесі, спорт залы.</w:t>
+      Бау-бақша серіктестіктерінің тұтыну кооперативі: Жомарт саяжайының 3-линия, 4-линия, 5-линия, 6-линия, 7-линия, 8-линия, 9-линия, 10-линия, 11-линия, 12-линия, 13-линия, 14-линия, 15-линия көшелері.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 998 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Көкқайнар ауылы, Бау-бақша серіктестігі тұтыну кооперативі "Болашақ", "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "№ 53 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Көкқайнар ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарқара көшесі; Көк Төбе көшесі;; Тарази көшесі; Хан Тәңірі көшесі; Құлагер көшесі; Көктем көшесі; Қапшағай көшесі; Нұрғиса Тілендиев көшесі; Фариза Оңғарсынова көшесі; Тұран көшесі; Күйші Дина көшесі; Тоқаш Бокин көшесі; Шәкәрім Құдайберді көшесі; Бурабай көшесі; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Место под солнцем".";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1009 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Көкқайнар ауылы, Ақжол саяжайы, Бөгенбай батыр көшесі № 3156, "Menin Mektebim" жауапкершілігі шектеулі серіктестігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Көкқайнар ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бау-бақша серіктестіктерінің тұтыну кооперативі: Акжол садовод; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Жер ана";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бау-бақша серіктестіктерінің тұтыну кооперативі: Женис-Тау; Бау-бақша серіктестіктерінің тұтыну кооперативі: Нұр-Атакент.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1047 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Жапек батыр ауылы, Қ. Алтаев көшесі 138 А, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 36 орта мектеп" мемлекеттік коммуналдық мекемесі, оң қанат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Жапек батыр ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бау-бақша серіктестіктерінің тұтыну кооперативі: Алмагуль-Д; бау-бақша серіктестіктерінің тұтыну кооперативі: Айдын; бау-бақша серіктестіктерінің тұтыну кооперативі: Береке; бау-бақша серіктестіктерінің тұтыну кооперативі: Бодрость; бау-бақша серіктестіктерінің тұтыну кооперативі: Виктория; бау-бақша серіктестіктерінің тұтыну кооперативі: Металлург; бау-бақша серіктестіктерінің тұтыну кооперативі: Пруды; бау-бақша серіктестіктерінің тұтыну кооперативі: Первомайский рай; бау-бақша серіктестіктерінің тұтыну кооперативі: Южный; бау-бақша серіктестіктерінің тұтыну кооперативі: Южный-1.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1055 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Көкқайнар ауылы, Бәйтерек көшесі № 97 А, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 44 орта мектеп" мемлекеттік коммуналдық мекемесі, сол қанат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Көкқайнар ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бау-бақша серіктестіктерінің тұтыну кооперативі: Береке-Д; Бау-бақша серіктестіктерінің тұтыну кооперативі: Гулдары; Бау-бақша серіктестіктерінің тұтыну кооперативі: Генофонд; Бау-бақша серіктестіктерінің тұтыну кооперативі: Жаркын жастар; Бау-бақша серіктестіктерінің тұтыну кооперативі: Көкжайлау; Бау-бақша серіктестіктерінің тұтыну кооперативі: Нариман; Бау-бақша серіктестіктерінің тұтыну кооперативі: Нариман-2; Бау-бақша серіктестіктерінің тұтыну кооперативі: Райымбек батыр; Бау-бақша серіктестіктерінің тұтыну кооперативі: Юрист.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1056 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Жәпек батыр ауылы, "Школьный" ықшам ауданы, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 51 орта мектеп" мемлекеттік коммуналдық мекемесі, сол қанаты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Жәпек батыр ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жамбыл көшесі; Дәнеш Рақышев көшесі; Қ. Сәтпаев көшесі; М. Мәметова көшесі; М. Мақатаев көшесі; М. Әуезов көшесі; Оңалбай Әлім көшесі; Сүйінбай көшесі; Ш. Уәлиханов көшесі.</w:t>
-[...1223 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Көкқайнар ауылы, Бәйтерек көшесі № 97 А, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 44 орта мектеп" мемлекеттік коммуналдық мекемесі, оң қанат.</w:t>
+      Бау-бақша серіктестіктерінің тұтыну кооперативі: Жомарт саяжайының 1 линия көшесі, 2 линия көшесі; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Күншуак агро"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Мекен жай"; Бау-бақша серіктестіктерінің тұтыну кооперативі: "Нурақын"; "Школьный" ықшам ауданы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1057 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Көкқайнар ауылы, Бау-бақша серіктестігі тұтыну кооперативі "Болашақ", "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 53 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Көкқайнар ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Атырау көшесі; Бәйтерек көшесі; Банная көшесі;Строительная көшесі; Т. Бокин көшесі; Цветочная көшесі; Ш. Құдайбердіұлы көшесі; Ы. Ноғайбаев көшесі; Бау-бақша серіктестіктерінің тұтыну кооперативі: Батыр; Бау-бақша серіктестіктерінің тұтыну кооперативі: Нариман; Бау-бақша серіктестіктерінің тұтыну кооперативі: Нариман-2.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Байкент ауылы, № 3 шағын ауданы, № 13 ғимарат, "Іле ауданы әкімінің аудандық мәдениет үйі" мемлекеттік коммуналдық қазынашылық кәсіпорны, мәдениет үйінің фойесі.</w:t>
+      Бау-бақша серіктестіктерінің тұтыну кооперативі: Болашақ; Бау-бақша серіктестіктерінің тұтыну кооперативі: Достық-2030; Бау-бақша серіктестіктерінің тұтыну кооперативі: Тилектес.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1058 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: М. Түймебаев ауылы, Қадырғали Жалайри көшесі, № 24/1, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 3 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Жапек батыр ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қадырғали Жалайри көшесі; Қайрат Рысқұлбеков көшесі; С.Мұқанов көшесі; Ақбұлақ көшесі; Бұқар Жырау көшесі; Темірбек Жүргенов көшесі; Жаяу Мұса көшесі; Ақсай көшесі; Сағадат Нұрмағанбетов көшесі; Қорқыт Ата көшесі; Ертіс көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 414 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Байкент ауылы, № 3 шағын ауданы, № 13 ғимарат, "Іле ауданы әкімінің аудандық мәдениет үйі" мемлекеттік коммуналдық қазынашылық кәсіпорны, мәдениет үйінің фойесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Байкент ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абай көшесі № 1/1, 1/2, 1/3, 1/4, 2/1, 2/2, 2/3, 2/4, 3/1, 3/2, 3/3, 3/4, 4, 4/1, 4/2,4/3, 4/4, 5, 6, 6/2, 7/1, 7/4, 8, 8/2, 9, 9Б, 10, 10/2, 11/1, 11/2, 11/3, 11/4, 12, 13, 14, 15, 16, 17, 17/1, 18, 18/1, 18/2, 19, 19/2, 20, 21, 21/2, 21/3, 22/1, 22/2, 23, 24, 25, 26, 26/4, 27, 27/1, 27/2, 28/2, 28/4, 29/2, 29/3, 30, 30/1, 30/3, 30/4, 31, 31/1, 31/2, 31/3, 32/1, 32/2, 33/1, 33/2, 34, 34/1, 34/2, 34/3, 34/4, 35/1, 35/2, 35/3,35/4, 36, 37, 37 А, 37/1, 37/2, 37/3, 37/4, 38, 38/1, 38/2, 39/1, 39/2, 40, 40/1, 40/2, 40А, 41, 41А, 41/1, 41А, 42, 42/2; Ақ бұлақ көшесі; Алатау көшесі; Алтын Дән көшесі; Арал көшесі; Ардагер көшесі; Достық көшесі; Жастар көшесі; Жетісу көшесі; Жұмбақтас көшесі; Құлагер көшесі; Наурыз көшесі; Өркениет көшесі; Өркен көшесі; Рахат көшесі; Самал көшесі; Самұрык көшесі; Тәуелсіздік көшесі; Тың Дала көшесі; Шұғыла көшесі; Ынтымақ көшесі; № 3 ықшам ауданы.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Байкент ауылы, № 2 шағын ауданы, № 1 ғимарат, "Алматы облысы білім басқармасының Іле ауданының білім бөлімі" мемлекеттік мекемесі, "№ 10 орта мектебі" мемлекеттік коммуналдық мекемесі, мектеп фойесі.</w:t>
+      Абай көшесі № 1/1, 1/2, 1/3, 1/4, 2/1, 2/2, 2/3, 2/4, 3/1, 3/2, 3/3, 3/4, 4, 4/1, 4/2,4/3, 4/4, 5, 6, 6/2, 7/1, 7/4, 8, 8/2, 9, 9Б, 10, 10/2, 11/1, 11/2, 11/3, 11/4, 12, 13, 14, 15, 16, 17, 17/1, 18, 18/1, 18/2, 19, 19/2, 20, 21, 21/2, 21/3, 22/1, 22/2, 23, 24, 25, 26, 26/4, 27, 27/1, 27/2, 28/2, 28/4, 29/2, 29/3, 30, 30/1, 30/3, 30/4, 31, 31/1, 31/2, 31/3, 32/1, 32/2, 33/1, 33/2, 34, 34/1, 34/2, 34/3, 34/4, 35/1, 35/2, 35/3,35/4, 36, 37, 37 А, 37/1, 37/2, 37/3, 37/4, 38, 38/1, 38/2, 39/1, 39/2, 40, 40/1, 40/2, 40А, 41, 41А, 41/1, 41А, 42, 42/2; Алатау көшесі; Алтын Дән көшесі; Арал көшесі; Ардагер көшесі; Достық көшесі; Жетісу көшесі; Құлагер көшесі; Наурыз көшесі; Өркен көшесі; Самұрык көшесі; № 3 ықшам ауданы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 415 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Байкент ауылы, № 2 шағын ауданы, № 1 ғимарат, "Алматы облысы білім басқармасының Іле ауданының білім бөлімі" мемлекеттік мекемесі, "№ 10 орта мектебі" мемлекеттік коммуналдық мекемесі, мектеп фойесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Байкент ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Абай көшесі 44 А, 46, 46 А, 47, 47/1, 47/2, 47/5, 47/6, 48, 50, 52, 54, 56, 58, 62, 66, 68, 72, 74, 76, 78, 80, 82; Ақниет көшесі; Алтай көшесі; Бәйтерек көшесі; Бейбітшілік көшесі; Болашақ көшесі; Гагарин көшесі; Ескелді би көшесі; Жамбыл көшесі; Жеңіске 30 жыл көшесі; Жерұйық көшесі; Қабанбай батыр көшесі; Құрманғазы көшесі; Маусым көшесі; Мәлік Ғабдуллин көшесі; Сарыарқа көшесі; № 1 ықшам ауданы; № 2 ықшам ауданы.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Байкент ауылы, Доскеев ықшам ауданы № 170 Б, "NOVA INVEST" жауапкершілігі шектеулі серіктестігі.</w:t>
+      Ақниет көшесі; Алтай көшесі; Бәйтерек көшесі; Болашақ көшесі; Гагарин көшесі; Ескелді би көшесі; Жерұйық көшесі; Қабанбай батыр көшесі; Құрманғазы көшесі; Маусым көшесі; Мәлік Ғабдуллин көшесі; Сарыарқа көшесі; № 1 ықшам ауданы; № 2 ықшам ауданы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      №416 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Байкент ауылы, Доскеев ықшам ауданы № 170 Б, "NOVA INVEST" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Байкент ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Атамекен көшесі; Доскеев ықшам ауданы; Жібек жолы көшесі; Жолбарысты көшесі; К. Цеткин көшесі; Шоқан Уалиханов көшесі; Іле көшесі; Бау-бақша серіктестіктерінің тұтыну кооперативі: Виктория; Бау-бақша серіктестіктерінің тұтыну кооперативі: Дружба; Бау-бақша серіктестіктерінің тұтыну кооперативі: Коктем; Бау-бақша серіктестіктерінің тұтыну кооперативі: Черемушки.</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Ақши ауылы, Дінмұхамед Қонаев көшесі № 13 А, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 8 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
+      Доскеев ықшам ауданы; Жолбарысты көшесі; К. Цеткин көшесі; Шоқан Уалиханов көшесі; Іле көшесі; Бау-бақша серіктестіктерінің тұтыну кооперативі: Виктория; Бау-бақша серіктестіктерінің тұтыну кооперативі: Дружба; Бау-бақша серіктестіктерінің тұтыну кооперативі: Коктем; Бау-бақша серіктестіктерінің тұтыну кооперативі: Черемушки.".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1060 сайлау учаскесі мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Байкент ауылы, № 3 шағын ауданы, № 13 ғимарат, "Іле ауданы әкімінің аудандық мәдениет үйі" мемлекеттік коммуналдық қазынашылық кәсіпорны, мәдениет үйінің спортзалы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Байкент ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі 44 А, 46, 46 А, 47, 47/1, 47/2, 47/5, 47/6, 48, 50, 52, 54, 56, 58, 62, 66, 68, 72, 74, 76, 78, 80, 82; Ақ бұлақ көшесі; Атамекен көшесі; Бейбітшілік көшесі; Жастар көшесі; Жамбыл көшесі; Жеңіске 30 жыл көшесі; Жібек жолы көшесі; Жұмбақтас көшесі; Қайнар көшесі; Өркениет көшесі; Рахат көшесі; Самал көшесі; Тәуелсіздік көшесі; Тың Дала көшесі; Шұғыла көшесі; Ынтымақ көшесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 417 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Ақши ауылы, Дінмұхамед Қонаев көшесі № 13 А, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 8 орта мектеп" мемлекеттік коммуналдық мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Ақши ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бәйтерек көшесі;</w:t>
-[...575 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Ақши ауылы, Дінмұхамед Қонаев көшесі № 11, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Т. Бокин атындағы № 41 орта мектебі" мемлекеттік коммуналдық мекемесі.</w:t>
+      Бәйтерек көшесі; Бәйдібек батыр көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39; Береке көшесі; Бейбітшілік көшесі; Б. Бекбатырова көшесі; Бірлік көшесі; Жетісу көшесі; Жастар көшесі; Жеңіс көшесі; Достық көшесі; Дінмұхамед Қонаев көшесі 1 А, 1 Б, 1 Г/1, 1/2, 3, 3/1, 3/2, 5/1, 5/2, 7, 7/1, 7/2, 9/1, 9/2, 11/1, 11/2, 14, 14/1, 14/2, 18/1, 18/2; Желтоқсан көшесі; Қ. Досанов көшесі; Қазбек Бек көшесі; Қ. Рысқұлбеков көшесі; Қарасай батыр көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39; Сүйінбай көшесі; С. Датұлы көшесі; М. Ғабдуллин көшесі; Наурыз көшесі; Рысқұлов көшесі; Төле би көшесі; Т. Бокин көшесі; Т. Айбергенов көшесі 1, 1/1, 1/2, 2, 2/1, 3/1, 4/1, 4/2, 4 Б, 6/1, 6/2, 8/1, 8/2, 9, 9/1, 9/2, 12, 13, 14, 15, 15 А, 15 Б, 15 В, 15 Г, 15 Д, 15 Ж, 17, 20, 22, 22 А, 24 А/2, 26/1, 26/2, 26/3; Райымбек батыр көшесі 1, 1 А, 2, 2 А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37; Шәкәрім көшесі; Ш. Уәлиханов; Күрті ауылы: Алматы көшесі; Астана көшесі; Тәуелсіздік көшесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 418 сайлау учаскесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сайлау учаскесінің орналасқан жері: Ақши ауылы, Дінмұхамед Қонаев көшесі № 11, "Алматы облысы білім басқармасының Іле ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Т. Бокин атындағы № 41 орта мектебі" мемлекеттік коммуналдық мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Ақши ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Б. Ақұлы;</w:t>
-[...5093 lines deleted...]
-      Бау-бақша серіктестіктерінің тұтыну кооперативі: Акжол садовод; Бау-бақша серіктестіктерінің тұтыну кооперативі: Ветеран.</w:t>
+      Б. Ақұлы; Бәйдібек батыр 40, 41, 42, 43, 44, 45, 46, 47, 48, 49; Дінмұхамед Қонаев 22/1, 22/2, 24, 24/2, 25 А, 25, 25 Б, 26/1, 26/2, 27, 28, 30 35/1, 35/2, 35/3, 35/4, 36, 38, 40, 41, 42, 44, 49, 51, 52; Жамбыл; Ж. Бәрібаев; Ғ. Мұратбаев; Қарасай батыр 40, 41, 42, 43, 44, 45, 46, 47, 48, 49; Құрманғазы; К. Әзірбаев; Қ. Сәтбаев; К. Қасымұлы; Райымбек батыр 38, 39, 40, 41, 42, 43, 44, 45, 46, 47; Т. Айбергенов 28/1, 28/2, 28/3, 32/1, 32/2, 34/1, 34/2, 42/1, 42/2, 43/1, 43/2, 44/1, 44/2; О. Әубәкіров; О. Жандосов; Ы. Алтынсарин.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -18120,55 +7716,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>