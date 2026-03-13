--- v0 (2025-10-12)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5424708" w14:textId="5424708">
+    <w:p w14:paraId="3b1cfc1" w14:textId="3b1cfc1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,51 +76,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Шалқар ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
+        <w:t>Шалқар ауданында тұрғын үй көмегін көрсетудің мөлшері мен қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Шалқар аудандық мәслихатының 2024 жылғы 15 наурыздағы № 221 шешімі. Ақтөбе облысының Әділет департаментінде 2024 жылғы 27 наурызда № 8540-04 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -813,187 +813,409 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аз қамтылған отбасының (азаматтың) тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың жиыны ретінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен аз қамтылған отбасылардың (азаматтардың) осы мақсаттарға жұмсайтын шығыстарының жергiлiктi өкiлдi орган белгiлеген шектi жол берiлетiн деңгейi арасындағы айырма ретiнде айқындалады.</w:t>
+      Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен аз қамтылған отбасылардың (азаматтардың) осы мақсаттарға жұмсайтын шығыстарының шектi жол берiлетiн деңгейi арасындағы айырма ретiнде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аз қамтылған отбасының (азаматтың) жиынтық кірісіне шекті жол берілетін шығыстар үлесі 5 (бес) пайыз мөлшерінде белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұрғын үй көмегі аз қамтылған отбасыларға (азаматтарға) тегін негізде көрсетіледі.Тұрғын үй көмегін тағайындау "Шалқар аудандық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесімен (бұдан әрі – уәкілетті орган) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
-[...15 lines deleted...]
-      2. Тұрғын үй көмегі аз қамтылған отбасыларға (азаматтарға) кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1 тармаққа өзгерістер енгізілді - Ақтөбе облысы Шалқар аудандық мәслихатының 06.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 578</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тұрғын үй көмегі аз қамтылған отбасыларға (азаматтарға) кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұрғын үй көмегінің мөлшері қызметті берушімен Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 "Тұрғын үй көмегін беру қағидаларын бекіту туралы" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) Тұрғын үй көмегін беру қағидаларының (бұдан әрі – Қағидалар) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 06.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 578</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Аз қамтылған отбасының (азаматтың) жиынтық табысын Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3 тарауымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалатын тәртіппен тұрғын үй көмегін алуға өтініш білдірген тоқсанның алдындағы тоқсан үшін уәкілетті орган есептейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 06.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 578</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Аз қамтылған отбасы (азамат) (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) тұрғын үй көмегін тағайындау үшін "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталына тоқсанына бір рет жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p>
-[...76 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аз қамтылған отбасы (азамат) (немесе нотариалды куәландырған сенімхат бойынша оның өкілі) тұрғын үй көмегін алу үшін уәкілетті органға "электрондық үкімет" веб-порталы немесе Мемлекеттік корпорация арқылы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1476,464 +1698,506 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) телекоммуникация қызметтері үшін түбіртек-шоттың электрондық көшірмесі немесе байланыс қызметтерін көрсетуге арналған шарттың көшірмесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғын үйді пайдаланғаны үшін жергілікті атқарушы орган берген жалдау ақысының мөлшері туралы шоттың электрондық көшірмесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Тұрғын үй көмегін көрсетуге қойылатын негізгі талаптардың тізбесі Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Осы Шалқар ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4 тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделмеген құжаттарды талап етуге жол берілмейді. Меншік құқығында (Қазақстан Республикасы бойынша) тұрғын үйдің болуы немесе болмауы туралы мәліметтерді көрсетілетін қызметті беруші ақпараттық жүйелер арқылы алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Аз қамтылған отбасылар (азаматтар) (немесе нотариалды куәландырған сенімхат бойынша оның өкілі) қайта өтініш берген кезде осы Шалқар ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10 тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайды қоспағанда, өтініш бергенге дейін өткен тоқсан үшін отбасының кірістерін растайтын құжаттарды және коммуналдық шығыстардың шоттарын ғана ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің өсуіне өтеу Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау немесе көрсетуден бас тарту туралы дәлелді жауап беру мерзімі Мемлекеттік корпорациядан немесе "электрондық үкіметтің" веб-порталынан құжаттардың толық топтамасын алған күннен бастап 6 (алты) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 488</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Уәкілетті орган тұрғын үй көмегін көрсетуден мынадай негіздер бойынша:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
-[...15 lines deleted...]
-      9. Құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау немесе көрсетуден бас тарту туралы дәлелді жауап беру мерзімі Мемлекеттік корпорациядан немесе "электрондық үкіметтің" веб-порталынан құжаттардың толық топтамасын алған күннен бастап 6 (алты) жұмыс күнін құрайды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұрғын үй көмегін алу үшін аз қамтылған отбасы (азамат) ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аз қамтылған отбасының (азаматтың) және (немесе) тұрғын үй көмегін көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қағидаларда белгіленген талаптарға сәйкес келмеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аз қамтылған отбасыға (азаматқа) қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) аз қамтылған отбасыға (азаматқа) қатысты заңды күшіне енген сот шешімі бар, соның негізінде аз қамтылған отбасы (азамат) тұрғын үй көмегін алуға байланысты арнайы құқықтан айырылғанда бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Тұрғын үй көмегін тағайындау аз қамтылған отбасыларға (азаматтарға) тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Аз қамтылған отбасыларға (азаматтарға) тұрғын үй көмегін төлеуді уәкілетті орган есептелген сомаларды тұрғын үй көмегін алушылардың жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 02.09.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 488</w:t>
+        <w:t xml:space="preserve">      13. Алынып тасталды - Ақтөбе облысы Шалқар аудандық мәслихатының 06.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 578</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
-[...107 lines deleted...]
-      11. Тұрғын үй көмегін тағайындау аз қамтылған отбасыларға (азаматтарға) тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Тұрғын үй көмегін көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым уәкілетті органға және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2038,124 +2302,124 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарайтынорганның мекенжайына келіп түскен аз қамтылған отбасының (азаматтың) шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер заңда өзгеше көзделмесе, сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі. Егер заңда жоғары тұрған органға шағым жасау қажеттілігінсіз сотқа жүгіну мүмкіндігі көзделген жағдайда, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) дау айтылатын әкімшілік орган, лауазымды адам сотқа пікірмен қатар жоғары тұрған әкімшілік орган басшысының, лауазымды адамының уәжді ұстанымын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Осы Шалқар ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібімен реттелмеген қатынастар Қазақстан Республикасының қолданыстағы заңнамасына сәйкес реттеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>