--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dc1911e" w14:textId="dc1911e">
+    <w:p w14:paraId="6ab0483" w14:textId="6ab0483">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,105 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Хромтау ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ақтөбе облысы Хромтау аудандық мәслихатының 2024 жылғы 15 сәуірдегі № 173 шешімі. Ақтөбе облысының Әділет департаментінде 2024 жылғы 17 сәуірдегі № 8573-04 болып тіркелді</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z2" w:id="0"/>
+        <w:t>Ақтөбе облысы Хромтау аудандық мәслихатының 2024 жылғы 15 сәуірдегі № 173 шешімі. Ақтөбе облысының Әділет департаментінде 2024 жылғы 17 сәуірдегі № 8573-04 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда - Ақтөбе облысы Хромтау аудандық мәслихатының 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін–өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -524,51 +569,89 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Хромтау аудандық мәслихаттың 2024 жылғы 15 сәуірдегі № 173 шешіміне 1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Хромтау ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі</w:t>
+        <w:t xml:space="preserve"> Хромтау ауданында тұрғын үй көмегін көрсетудің қағидалары мен мөлшері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда - Ақтөбе облысы Хромтау аудандық мәслихатының 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Қазақстан Республикасының аумағындағы жалғыз тұрғынжайы ретінде меншік құқығындағы тұрған тұрғынжайда, Хромтау ауданы аумағында тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -652,107 +735,231 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен аз қамтылған отбасылардың (азаматтардың) осы мақсаттарға жұмсайтын шығыстарының жергiлiктi өкiлдi орган белгiлеген шектi жол берiлетiн деңгейi арасындағы айырма ретiнде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Аз қамтылған отбасының (азаматтың) жиынтық кірісіне шекті жол берілетін шығыстар үлесі 2 (екі) пайыз мөлшерінде белгіленеді.</w:t>
+      Аз қамтылған отбасының (азаматтың) жиынтық кірісіне шекті жол берілетін шығыстардың үлесі 5 (бес) пайыз мөлшерінде белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұрғын үй көмегі аз қамтылған отбасыларға (азаматтарға) тегін негізде көрсетіледі. Тұрғын үй көмегін тағайындау "Хромтау аудандық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесімен (бұдан әрі – уәкілетті орган) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1 тармаққа өзгерістер енгізілді - Ақтөбе облысы Хромтау аудандық мәслихатының 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұрғын үй көмегі аз қамтылған отбасыларға (азаматтарға) кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тұрғын үй көмегін тағайындау кезінде бір адамға кемінде 15 (он бес) шаршы метр және көп дегенде 18 (он сегіз) шаршы метрден пайдалы алаңы аспайтын, бірақ кемінде бір бөлмелі пәтер немесе жатақхана бөлмесі мөлшерінде аудан нормасы қабылданады.</w:t>
+      Тұрғын үй көмегін тағайындау кезінде бір адамға арналған шаршы нормасы бір адамға он сегіз шаршы метр пайдалы алаң, бірақ жалғыз тұратын адам үшін нақты алынатын алаң отыз шаршы метрден аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2 тармаққа өзгерістер енгізілді - Ақтөбе облысы Хромтау аудандық мәслихатының 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аз қамтылған отбасының (азаматтың) жиынтық табысын Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 "Тұрғын үй көмегін беру қағидаларын бекіту туралы" бұйрығының 3-тарауымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (бұдан әрі – Қағидалар) айқындалатын тәртіппен тұрғын үй көмегін тағайындауға өтініш білдірген тоқсанның алдындағы тоқсан үшін уәкілетті орган есептейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
@@ -1227,370 +1434,448 @@
         <w:t>
       7. Аз қамтылған отбасы (азамат) (немесе нотариалды куәландырған сенімхат бойынша оның өкілі) қайта өтініш берген кезде осы Хромтау ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібінің 10-тармағында көзделген жағдайды қоспағанда, өтініш бергенге дейін өткен тоқсан үшін отбасының кірістерін растайтын құжаттарды және коммуналдық шығыстардың шоттарын ғана ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің өсуіне өтеу Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
-[...15 lines deleted...]
-      9. Құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау немесе көрсетуден бас тарту туралы дәлелді жауап беру мерзімі Мемлекеттік корпорациядан немесе "электрондық үкіметтің" веб-порталынан құжаттардың толық топтамасын алған күннен бастап 8 (сегіз) жұмыс күнін құрайды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік корпорациядан құжаттардың толық жиынтығын қабылдаған күннен бастап құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау не бас тарту туралы дәлелді жауап не "электрондық үкімет" веб-порталы арқылы беру мерзімі 6 (алты) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9 тармақ жаңа редакцияда - Ақтөбе облысы Хромтау аудандық мәслихатының 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Уәкілетті орган тұрғын үй көмегін көрсетуден мынадай негіздер бойынша:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
-[...15 lines deleted...]
-      10. Уәкілетті орган тұрғын үй көмегін көрсетуден мынадай негіздер бойынша:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұрғын үй көмегін алу үшін аз қамтылған отбасы (азамат) ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталғанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аз қамтылған отбасының (азаматтың) және (немесе) тұрғын үй көмегін көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қағидаларда белгіленген талаптарға сәйкес келмеуі жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аз қамтылған отбасыға (азаматқа) қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) аз қамтылған отбасыға (азаматқа) қатысты заңды күшіне енген сот шешімі бар, соның негізінде аз қамтылған отбасы (азамат) тұрғын үй көмегін алуға байланысты арнайы құқықтан айырылғанда бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Тұрғын үй көмегін тағайындау аз қамтылған отбасыларға (азаматтарға) тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:p>
-[...87 lines deleted...]
-      11. Тұрғын үй көмегін тағайындау аз қамтылған отбасыларға (азаматтарға) тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Аз қамтылған отбасыларға (азаматтарға) тұрғын үй көмегін төлеуді уәкілетті орган есептелген сомаларды тұрғын үй көмегін алушылардың жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
-[...15 lines deleted...]
-      12. Аз қамтылған отбасыларға (азаматтарға) тұрғын үй көмегін төлеуді уәкілетті орган есептелген сомаларды тұрғын үй көмегін алушылардың жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Төлем тоқсан сайын, тоқсанның соңғы айының 20 (жиырмасыншы) күнінен кейін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
-[...15 lines deleted...]
-      13. Төлем тоқсан сайын, тоқсанның соңғы айының 20 (жиырмасыншы) күнінен кейін жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Тұрғын үй көмегін көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
-[...15 lines deleted...]
-      14. Тұрғын үй көмегін көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағым уәкілетті органға және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 91-бабының 4-тармағына сәйкес уәкілетті орган шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3 (үш) жұмыс күні ішінде қолайлы акт қабылданған, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік іс-әрекет жасалған жағдайда, уәкілетті орган шағымды қарайтын органға (жоғары тұрған әкімшілік органға және (немесе) лауазымды адамға) шағымды жібермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті органның мекенжайына келіп түскен аз қамтылған отбасының (азаматтың) шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңның 25-бабы 2-тармағына сәйкес тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағымды қарайтын органның мекенжайына келіп түскен аз қамтылған отбасының (азаматтың) шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер заңда өзгеше көзделмесе, сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі. Егер заңда жоғары тұрған органға шағым жасау қажеттілігінсіз сотқа жүгіну мүмкіндігі көзделген жағдайда, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) дау айтылатын әкімшілік орган, лауазымды адам сотқа пікірмен қатар жоғары тұрған әкімшілік орган басшысының, лауазымды адамының уәжді ұстанымын ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Осы Хромтау ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібімен реттелмеген қатынастар Қазақстан Республикасының қолданыстағы заңнамасына сәйкес реттеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p>
-[...126 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1646,344 +1931,344 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Хромтау аудандық мәслихаттың 2024 жылғы 15 сәуірдегі № 173 шешіміне 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Хромтау аудандық мәслихатының күші жойылды деп танылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Ақтөбе облысы Хромтау аудандық мәслихатының "Хромтау ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" 2017 жылғы 15 мамырдағы № 120 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5541 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Ақтөбе облысы Хромтау аудандық мәслихатының "Аудандық мәслихаттың 2017 жылғы 15 мамырдағы № 120 "Хромтау ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" 2018 жылғы 5 желтоқсандағы № 254 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 3-12-191 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Ақтөбе облысы Хромтау аудандық мәслихатының "Аудандық мәслихаттың 2017 жылғы 15 мамырдағы № 120 "Хромтау ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" 2019 жылғы 25 желтоқсандағы № 396 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6623 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Ақтөбе облысы Хромтау аудандық мәслихатының "Хромтау аудандық мәслихатының 2017 жылғы 15 мамырдағы № 120 "Хромтау ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгеріс енгізу туралы" 2020 жылғы 24 тамыздағы № 496 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7365 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) Ақтөбе облысы Хромтау аудандық мәслихатының "Хромтау аудандық мәслихатының 2017 жылғы 15 мамырдағы № 120 "Хромтау ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" 2023 жылғы 27 шілдедегі № 64 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8391 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Ақтөбе облысы Хромтау аудандық мәслихатының "Хромтау аудандық мәслихатының 2017 жылғы 15 мамырдағы № 120 "Хромтау ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгеріс енгізу туралы" 2023 жылғы 22 желтоқсандағы № 111 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8478 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>