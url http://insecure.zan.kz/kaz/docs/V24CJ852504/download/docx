--- v0 (2025-10-12)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f64775b" w14:textId="f64775b">
+    <w:p w14:paraId="a1244b9" w14:textId="a1244b9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,92 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Темір ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ақтөбе облысы Темір аудандық мәслихатының 2024 жылғы 11 наурыздағы № 163 шешімі. Ақтөбе облысының Әділет департаментінде 2024 жылғы 14 наурызда № 8525-04 болып тіркелді</w:t>
-[...8 lines deleted...]
-    </w:p>
+        <w:t>Ақтөбе облысы Темір аудандық мәслихатының 2024 жылғы 11 наурыздағы № 163 шешімі. Ақтөбе облысының Әділет департаментінде 2024 жылғы 14 наурызда № 8525-04 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Атауы жаңа редакцияда – Ақтөбе облысы Темір аудандық мәслихатының 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін–өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -181,182 +213,213 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 "Тұрғын үй көмегін беру қағидаларын бекіту туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Темір аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Темір ауданында тұрғын үй көмегін көрсетудің мөлшері мен қағидалары осы шешімнің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Темір аудандық мәслихатының кейбір шешімдерінің күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -574,349 +637,412 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 жылғы 11 наурыздағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 163 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Темір ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+        <w:t xml:space="preserve"> Темір ауданында тұрғын үй көмегін көрсетудің мөлшері мен қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Атауы жаңа редакцияда – Ақтөбе облысы Темір аудандық мәслихатының 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Қазақстан Республикасының аумағындағы жалғыз тұрғынжайы ретінде меншік құқығындағы тұрған тұрғынжайда, Темір ауданы аумағында тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аз қамтылған отбасының (азаматтың) тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың жиыны ретінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен аз қамтылған отбасылардың (азаматтардың) осы мақсаттарға жұмсайтын шығыстарының жергiлiктi өкiлдi орган белгiлеген шектi жол берiлетiн деңгейi арасындағы айырма ретiнде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аз қамтылған отбасының (азаматтың) жиынтық кірісіне шекті жол берілетін шығыстар үлесі 5 (бес) пайыз мөлшерінде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын үй көмегі аз қамтылған отбасыларға (азаматтарға) тегін негізде көрсетіледі. Тұрғын үй көмегін тағайындау "Темір аудандық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесімен (бұдан әрі – уәкілетті орган) жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тұрғын үй көмегі аз қамтылған отбасыларға (азаматтарға) кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын үй көмегінің мөлшері көрсетілетін қызметті берушімен Қағидалардың 4-1-тармағына сәйкес есептеледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
-[...187 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Аз қамтылған отбасының (азаматтың) жиынтық табысын Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 "Тұрғын үй көмегін беру қағидаларын бекіту туралы" бұйрығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тарауымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (бұдан әрі – Қағидалар) айқындалатын тәртіппен тұрғын үй көмегін тағайындауға өтініш білдірген тоқсанның алдындағы тоқсан үшін уәкілетті орган есептейді.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аз қамтылған отбасы (азамат) (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) тұрғын үй көмегін тағайындау үшін "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталына тоқсанына бір рет жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аз қамтылған отбасы (азамат) (немесе нотариалды куәландырған сенімхат бойынша оның өкілі) тұрғын үй көмегін алу үшін уәкілетті органға "электрондық үкімет" веб-порталы немесе Мемлекеттік корпорация арқылы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1309,314 +1435,312 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) телекоммуникация қызметтері үшін түбіртек-шоттың немесе байланыс қызметтерін көрсетуге арналған шарттың көшірмесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғын үйді пайдаланғаны үшін жергілікті атқарушы орган берген жалдау ақысының мөлшері туралы шоттың электрондық көшірмесі.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Тұрғын үй көмегін көрсетуге қойылатын негізгі талаптардың тізбесі Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Осы Темір ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделмеген құжаттарды талап етуге жол берілмейді. Меншік құқығында (Қазақстан Республикасы бойынша) тұрғын үйдің болуы немесе болмауы туралы мәліметтерді уәкілетті орган ақпараттық жүйелер арқылы алады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Аз қамтылған отбасы (азамат) (немесе нотариалды куәландырған сенімхат бойынша оның өкілі) қайта өтініш берген кезде осы Темір ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайды қоспағанда, өтініш бергенге дейін өткен тоқсан үшін отбасының кірістерін растайтын құжаттарды және коммуналдық шығыстардың шоттарын ғана ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің өсуіне өтеу Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="3"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="4"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау немесе көрсетуден бас тарту туралы дәлелді жауап беру мерзімі Мемлекеттік корпорациядан немесе "электрондық үкіметтің" веб-порталынан құжаттардың толық топтамасын алған күннен бастап 6 (алты) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Уәкілетті орган тұрғын үй көмегін көрсетуден мынадай негіздер бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұрғын үй көмегін алу үшін аз қамтылған отбасы (азамат) ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталғанда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1645,146 +1769,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аз қамтылған отбасыға (азаматқа) қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған жағдайда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аз қамтылған отбасыға (азаматқа) қатысты заңды күшіне енген сот шешімі бар, соның негізінде аз қамтылған отбасы (азамат) тұрғын үй көмегін алуға байланысты арнайы құқықтан айырылғанда бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="5"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тұрғын үй көмегін тағайындау аз қамтылған отбасыларға (азаматтарға) тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z19" w:id="6"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Аз қамтылған отбасыларға (азаматтарға) тұрғын үй көмегін төлеуді уәкілетті орган есептелген сомаларды тұрғын үй көмегін алушылардың жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z20" w:id="7"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Төлем тоқсан сайын, тоқсанның соңғы айының 20 (жиырмасыншы) күнінен кейін жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Тұрғын үй көмегін көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым уәкілетті органға және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1889,70 +1997,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарайтын органның мекенжайына келіп түскен аз қамтылған отбасының (азаматтың) шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер заңда өзгеше көзделмесе, сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі. Егер заңда жоғары тұрған органға шағым жасау қажеттілігінсіз сотқа жүгіну мүмкіндігі көзделген жағдайда, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) дау айтылатын әкімшілік орган, лауазымды адам сотқа пікірмен қатар жоғары тұрған әкімшілік орган басшысының, лауазымды адамының уәжді ұстанымын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="8"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Осы Темір ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібімен реттелмеген қатынастар Қазақстан Республикасының қолданыстағы заңнамасына сәйкес реттеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2018,615 +2126,482 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 жылғы 11 наурыздағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 163 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="9"/>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Темір аудандық мәслихатының күші жойылды деп танылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Темір аудандық мәслихатының "Темір ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" 2017 жылғы 14 маусымдағы № 110 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5599 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Темір аудандық мәслихатының "Аудандық мәслихаттың 2017 жылғы 14 маусымдағы № 110 "Темір ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне толықтырулар енгізу туралы" 2018 жылғы 5 маусымдағы № 227 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 3-10-200 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Темір аудандық мәслихатының "Аудандық мәслихаттың 2017 жылғы 14 маусымдағы № 110 "Темір ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" 2019 жылғы 10 қаңтардағы № 314 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 3-10-244 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Темір аудандық мәслихатының "Темір аудандық мәслихатының 2017 жылғы 14 маусымдағы № 110 "Темір ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" 2019 жылғы 3 желтоқсандағы № 400 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6518 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) Темір аудандық мәслихатының "Темір аудандық мәслихатының 2017 жылғы 14 маусымдағы № 110 "Темір ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" 2020 жылғы 20 тамыздағы № 511 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7363 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Темір аудандық мәслихатының "Темір аудандық мәслихатының 2017 жылғы 14 маусымдағы № 110 "Темір ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер мен толықтыру енгізу туралы" 2020 жылғы 30 қазандағы № 532 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7574 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) Темір аудандық мәслихатының "Аудандық мәслихаттың 2017 жылғы 14 маусымдағы № 110 "Темір ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" 2021 жылғы 30 наурыздағы № 37 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8220 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) Темір аудандық мәслихатының "Темір аудандық мәслихатының 2017 жылғы 14 маусымдағы № 110 "Темір ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" 2023 жылғы 24 сәуірдегі № 13 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8331 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) Темір аудандық мәслихатының "Темір аудандық мәслихатының 2017 жылғы 14 маусымдағы № 110 "Темір ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" 2023 жылғы 14 қарашадағы № 104 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8442 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>