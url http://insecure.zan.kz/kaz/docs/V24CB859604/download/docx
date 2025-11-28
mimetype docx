--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a9d204a" w14:textId="a9d204a">
+    <w:p w14:paraId="86bd336" w14:textId="86bd336">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,114 +112,176 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Әйтеке би аудандық мәслихатының 2024 жылғы 13 маусымдағы № 225 шешімі. Ақтөбе облысының Әділет департаментінде 2024 жылғы 17 маусымда № 8596-04 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Бюджет кодексінің 56 бабының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> және Қазақстан Республикасы Үкіметінің 2023 жылғы 30 маусымдағы № 523 "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың үлгілік қағидаларын бекіту туралы" </w:t>
+      "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңының 6-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-3 тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 30 маусымдағы № 523 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, Әйтеке би аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
+        <w:t xml:space="preserve"> сәйкес, Әйтеке би аудандық мәслихаты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ШЕШІМ ҚАБЫЛДАДЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - Ақтөбе облысы Әйтеке би аудандық мәслихатының 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -972,54 +1034,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7 тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> соңғы абзацында көрсетілген жағдайларды қоспағанда, осы Қағидалар Әйтеке би ауданында тұрақты тіркелген және тұратын адамдарға қолданылады.</w:t>
+        <w:t xml:space="preserve"> соңғы абзацында көрсетілген жағдайларды қоспағанда, осы Қағидалар Әйтеке би ауданында тұрақты тіркелген адамдарға қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3 тармақ жаңа редакцияда - Ақтөбе облысы Әйтеке би аудандық мәслихатының 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Әлеуметтік кодекстің 71-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1779,51 +1903,167 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дүлей апаттың салдарынан азаматқа (отбасына) не оның мүлкіне зиян келуі бойынша, осындай жағдай туындаған сәттен бастап алты айдан кешіктірмей – 100 (жүз) АЕК мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) өрт салдарынан азаматқа (отбасына) не оның мүлкіне зиян келуі бойынша, осындай жағдай туындаған сәттен бастап алты айдан кешіктірмей – 100 (жүз) АЕК мөлшерінде.</w:t>
+      2) өрт салдарынан азаматқа (отбасына) не оның мүлкіне зиян келуі бойынша, осындай жағдай туындаған сәттен бастап алты айдан кешіктірмей – 100 (жүз) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бас бостандығынан айыру орындарынан босатылған, босатылған сәттен бастап үш айдан кешіктірмей жүгінген тұлғаларға – 30 (отыз) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) пробация қызметінде есепте тұрған тұлғаларға – 30 (отыз) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының шегінде санаторийлік - курорттық емделуге бірінші топтағы мүгедектігі бар адамдарды (заңнамаға сәйкес жұмыс берушінің кінәсінен еңбек жарақатын алған немесе кәсіптік ауруға шалдыққан мүгедектігі бар адамдарды қоспағанда, жеке бағдарламада жеке көмекшінің әлеуметтік қызметі бар) алып жүретін азаматтарға, санаторийлік - курорттық ұйымда болу құнын өтеу ретінде нақты шығындар мөлшерінде, бірақ халықты әлеуметтік қорғау саласындағы уәкілетті орган айқындайтын кепілдік берілген соманың 70 (жетпіс) пайызынан аспайтын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8 тармақ жаңа редакцияда - Ақтөбе облысы Әйтеке би аудандық мәслихатының 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Әлеуметтік көмек жылына бір рет азаматтың (отбасының) өтініш берген сәттің алдындағы тоқсанда Ақтөбе облысы бойынша ең төменгі күнкөріс деңгейінің бір еселенген мөлшерінен аспайтын жан басына шаққандағы орташа табысы есепке алынып көрсетіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1873,107 +2113,151 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тізбе бойынша әлеуметтік көмек бір тұлғаға бір ауруы бойынша жылына бір рет көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) адамның иммун тапшылығы вирусын жұқтырған, диспансерлік есепте тұрған балалардың ата-аналарына немесе заңды өкілдеріне - 30 (отыз) АЕК мөлшерінде;</w:t>
-[...17 lines deleted...]
-      3) көп балалы отбасыларға (тұлғаларға), аз қамтылған азаматтарға – 30 (отыз) АЕК мөлшерінде;</w:t>
+      2) көп балалы отбасыларға (тұлғаларға), аз қамтылған азаматтарға – 30 (отыз) АЕК мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) осы Қағидалардың </w:t>
+      3) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7 тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5), 6), 7) тармақшаларында көрсетілген мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек - 30 (отыз) АЕК мөлшерінде көрсетіледі.</w:t>
+        <w:t xml:space="preserve"> 4), 5), 6) тармақшаларында көрсетілген мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек - 30 (отыз) АЕК мөлшерінде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9 тармақ жаңа редакцияда - Ақтөбе облысы Әйтеке би аудандық мәслихатының 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Бір мезгілде әлеуметтік көмектің бірнеше түрін алуға құқығы бар отбасыға (тұлғаларға) әлеуметтік көмектің бір түрі тағайындалады. Әлеуметтік көмек, егер жоғарыда аталған тұлғалар толық мемлекет қарауында болмаған жағдайда көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
@@ -2915,55 +3199,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>