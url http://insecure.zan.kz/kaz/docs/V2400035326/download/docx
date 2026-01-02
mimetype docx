--- v0 (2025-10-03)
+++ v1 (2026-01-02)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="29d824d" w14:textId="29d824d">
+    <w:p w14:paraId="06809c9" w14:textId="06809c9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,147 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының "Мемлекеттік әкімшілік лауазымға орналасудың кейбір мәселелері туралы" 2017 жылғы 21 ақпандағы № 40 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі Төрағасының 2024 жылғы 1 қарашадағы № 184 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 4 қарашада № 35326 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі Төрағасының 2024 жылғы 1 қарашадағы № 184 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 4 қарашада № 35326 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Мемлекеттік қызмет істері агенттігі Төрағасының 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -192,162 +288,130 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       БҰЙЫРАМЫН: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Мемлекеттік әкімшілік лауазымға орналасудың кейбір мәселелері туралы" Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 2017 жылғы 21 ақпандағы № 40 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14939 болып тіркелген) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған бұйрықпен бекітілген мемлекеттік әкімшілік қызметшілерді, мемлекеттік әкімшілік лауазымдарға орналасуға үміткерлерді тестiлеуді ұйымдастыру, бағдарламалары мен </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -360,144 +424,128 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "14. Қазақстан Республикасының заңнамасын білуге арналған тестілеу нәтижелерін тестілеу бағдарламаларында көрсетілген мәндерден төмен алған "Б" корпусының лауазымына үміткерлерге "электрондық үкімет" веб-порталы арқылы жеке кабинетке осы Қағидаларға 6-қосымшаға сәйкес нысан бойынша тестілеуден өту мәндерінен төмен нәтижелері бар тестілеуден өткені туралы анықтама жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінде көрсетілген адамдарды қайта тестілеуге жіберуге тестілеу өткізілген күннен бастап кемінде күнтізбелік үш күн өткен соң жол беріледі.";</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған бұйрықпен бекітілген Ықпалдастырылған ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік лауазымына орналасуға іріктеу және конкурс өткізудің уақытша </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -510,68 +558,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Осы уақытша Қағидалар мемлекеттік органдарда 2024 жылғы 1 қаңтардан бастап 2025 жылғы 31 желтоқсанға дейінгі кезеңде осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -666,50 +697,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, сондай-ақ Республикасы Үкіметінің 2021 жылғы 8 шілдедегі № 470 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасында мемлекеттік басқаруды дамытудың 2030 жылға дейінгі тұжырымдамасын іске асыру жөніндегі іс-қимыл жоспарының 23 тармағына сәйкес әзірленді.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -722,110 +754,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="2"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "10. Іріктеу кезеңдерінен өту кезінде үміткер жеке қатысуын және бөгде адамдардың болмауын қамтамасыз етеді; орнын тастап кетпейді; экраннан бұрылмайды; кескінді жаппайды; бейнекамераны ажыратпайды; жүйенің сұранысы бойынша ол іріктеу кезінде орналасқан бөлмеге (360 градус) дөңгелек шолу жасайды; телефонмен сөйлеспейді; басқа тұлғалардың дербес компьютерге (қашықтан қол жеткізу бағдарламалары) қол жеткізуіне мүмкіндік беретін бағдарламалық жасақтамасын қолданбайды және оның жоқтығын қамтамасыз етеді, аудио гарнитура (құлаққап), көмекші электрондық, баспа, қағаз және өзге де материалдар, сондай-ақ заттарды пайдаланбайды.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z11" w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 14-1-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "14-1. Жүйемен ұсынылып, өзінің қатысуын жүйеде растаған бағалаушы, конкурстық комиссия құрамынан негізсіз шығарылуға жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалаушыны қатыспау себебінен шығарып жіберген жағдайда кадр қызметі шығару себебін көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -930,106 +962,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "73. Кадр қызметі өтінімдерді қабылдау (үн қосу) мерзімі аяқталғаннан кейін үш жұмыс күні ішінде үміткерлердің өтінімдерін "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген мемлекеттік қызметке кіру шарттарына сәйкестігіне қарауды жүргізеді, сондай-ақ мынадай құжаттардың сканерленген нұсқаларының болуын және толықтығын тексереді:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) еңбекқызметін растайтын құжат (біліктілік талаптары өтілінің болуын көздейтін лауазымдар үшін);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1130,90 +1146,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үміткер біліктілік талаптарына сәйкес келмеген және (немесе) осы тармақта көзделген құжаттар ұсынылмаған не жоқ болған жағдайда және құжаттардың толық емес топтамасын не дәйексіз мәліметтерді ұсыну не құжаттар оларға қойылатын талаптарға сәйкес келмеген жағдайда үміткерді конкурстың келесі кезеңіне жіберуден бас тартылады және жүйемен конкурс кезеңдерінен өтуге жіберуден бас тарту туралы хабарлама жолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үміткер құжаттардың толық топтамасын ұсынған жағдайда кадр қызметімен конкурс кезеңдеріне жіберуден негізсіз бас тартуға жол берілмейді.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="5"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 74-1-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z17" w:id="6"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "74-1. Үміткер конкурс кезеңдеріне жіберілгеннен кейін жүйемен үміткерге дербес сәйкестендіру нөмірі беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үміткердің дербес сәйкестендіру нөмірі іріктеу кезеңдеріне қатысқан кезде үміткерді оның дербес деректерін көрсетпей иесіздендіру үшін пайдаланылады.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1244,106 +1260,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>115-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "115. "Эссе жазу" конкурсы кезеңінен өткен үміткерлер тарапынан қағидалар талаптарын бұзушылықтар болмаған жағдайда, проктор тексеру нәтижелерін жариялағаннан кейін бір жұмыс күні ішінде эссені конкурс комиссиясының мүшелері осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген әдістемеге сәйкес бес баллдық шәкіл бойынша бағалайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Эссені бағалауға конкурстық комиссия құрамының кемінде үштен екісі қатысады. Әрбір эссе конкурстық комиссия мүшелерінің бірдей санымен бағаланады және ЭЦҚ көмегімен расталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1468,70 +1468,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>117-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="7"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "117. Эссе жазу кезеңіне жіберілген үміткерлердің ешқайсысы осы кезеңге қатыспаған жағдайда, конкурс мәртебесі жүйемен "Аяқталған" болып өзгереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурс аяқталғаны туралы хабарлама жүйемен үміткерлерге жолданады.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1562,70 +1562,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>120-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="8"/>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "120. Әңгімелесуге конкурстың алдыңғы кезеңдерінің нәтижелері бойынша ең жоғары балл жинаған үшеуден артық емес үміткер қатысады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1638,70 +1638,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>122-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="9"/>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "122. Әңгімелесу кезеңі алдында үміткерлерге кадр қызметі жүйе арқылы әңгімелесу өткізу күні мен сілтемесі көрсетілген хабарламалар жібереді.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1714,70 +1714,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>123-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="10"/>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "123. Үміткерлермен әңгімелесу жүйе арқылы жеке қабинетке жіберілген сілтеме бойынша бейнебайланыс режимінде жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үміткерлерді жүйеде әңгімелесу кезеңіне кіруден негізсіз бас тартуға жол берілмейді.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1808,106 +1808,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>130-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "130. Конкурс комиссиясының әрбір мүшесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген әдістемеге сәйкес жүйеге баллды енгізу арқылы үміткерлермен әңгімелесу қорытындыларын жеке бағалайды және ЭЦҚ көмегімен растайды. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия мүшесіне үміткерлермен әңгімелесу қорытындыларын бағалаудан және ЭЦҚ көмегімен бағалауды растаудан бас тартуға жол берілмейді.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2034,186 +2018,170 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="11"/>
+    <w:bookmarkStart w:name="z33" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасының Мемлекеттік қызмет істері агенттігінің Мемлекеттік қызметке іріктеу департаменті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z34" w:id="12"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z34" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z35" w:id="13"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z35" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Мемлекеттік қызмет істері агенттігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z36" w:id="14"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z36" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі Төрағасының мемлекеттік қызмет мәселелеріне жетекшілік ететін орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z37" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Осы бұйрық 2025 жылғы 1 қаңтардан бастап қолданысқа енгізілетін осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> он алтыншы, он жетінші, он сегізінші, он тоғызыншы, жиырмасыншы, жиырма бірінші, жиырма екінші, жиырма үшінші, жиырма төртінші және жиырма бесінші абзацтарын қоспағанда, алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -3783,68 +3751,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>уақытша қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="15"/>
+    <w:bookmarkStart w:name="z40" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бағалау әдістемесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4790,2222 +4758,2222 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>уақытша қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="16"/>
+    <w:bookmarkStart w:name="z43" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ықпалдастырылған ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік лауазымына орналасуға іріктеуді және конкурстарды жүзеге асыратын мемлекеттік органдардың Тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z44" w:id="17"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z44" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2024 жылғы 1 ақпанынан 2024 жылғы 31 желтоқсан аралығында ықпалдастырылған ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік лауазымына іріктеу мен орналасуға конкурс өткізудің уақытша тәртібі енгізілетін мемлекеттік органдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z45" w:id="18"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z45" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z46" w:id="19"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z46" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасының Көлік министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z47" w:id="20"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z47" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z48" w:id="21"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z48" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасының Сауда және интеграция министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z49" w:id="22"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z49" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ақмола облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z50" w:id="23"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z50" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Шымкент қаласының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z51" w:id="24"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z51" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2024 жылғы 1 ақпанынан 2025 жылғы 31 желтоқсан аралығында ықпалдастырылған ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік лауазымына іріктеу мен орналасуға конкурс өткізудің уақытша тәртібі енгізілетін мемлекеттік органдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z52" w:id="25"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z52" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z53" w:id="26"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z53" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасының Бәсекелестікті қорғау және дамыту агенттігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z54" w:id="27"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z54" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасының Көлік министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z55" w:id="28"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z55" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z56" w:id="29"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z56" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасының Сауда және интеграция министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z57" w:id="30"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z57" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасының Туризм және спорт министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z58" w:id="31"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z58" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасының Экология және табиғи ресурстар министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z59" w:id="32"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z59" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ақмола облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z60" w:id="33"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z60" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ақмола облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z61" w:id="34"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z61" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Ақмола облысы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z62" w:id="35"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z62" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Шымкент қаласының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z63" w:id="36"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z63" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Шымкент қаласының жергілікті өкілді органы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z64" w:id="37"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z64" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Шымкент қаласы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z65" w:id="38"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z65" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Астана қаласының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z66" w:id="39"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z66" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Астана қаласының жергілікті өкілді органы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z67" w:id="40"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z67" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Астана қаласы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z68" w:id="41"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z68" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Қарағанды облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z69" w:id="42"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z69" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Қарағанды облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z70" w:id="43"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z70" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Қарағанды облысы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z71" w:id="44"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z71" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Павлодар облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z72" w:id="45"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z72" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Павлодар облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z73" w:id="46"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z73" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Павлодар облысы бойынша тексеру комиссиясы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z74" w:id="47"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z74" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2024 жылғы 1 шілдесінен 2025 жылғы 31 желтоқсан аралығында ықпалдастырылған ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік лауазымына іріктеу мен орналасуға конкурс өткізудің уақытша тәртібі енгізілетін мемлекеттік органдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z75" w:id="48"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z75" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z76" w:id="49"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасының Су ресурстары және ирригация министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z77" w:id="50"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасының Денсаулық сақтау министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z78" w:id="51"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасының Мәдениет және ақпарат министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z79" w:id="52"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасының Әділет министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z80" w:id="53"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасының Оқу-ағарту министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z81" w:id="54"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасының Энергетика министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z82" w:id="55"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ақтөбе облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z83" w:id="56"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ақтөбе облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z84" w:id="57"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z84" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Ақтөбе облысы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z85" w:id="58"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z85" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Шығыс Қазақстан облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z86" w:id="59"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z86" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Шығыс Қазақстан облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z87" w:id="60"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z87" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Шығыс Қазақстан облысы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z88" w:id="61"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z88" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Батыс Қазақстан облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z89" w:id="62"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z89" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Батыс Қазақстан облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z90" w:id="63"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z90" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Батыс Қазақстан облысы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z91" w:id="64"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z91" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Солтүстік Қазақстан облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z92" w:id="65"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z92" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Солтүстік Қазақстан облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z93" w:id="66"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z93" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Солтүстік Қазақстан облысы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z94" w:id="67"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z94" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Маңғыстау облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z95" w:id="68"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z95" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Маңғыстау облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z96" w:id="69"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z96" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Маңғыстау облысы бойынша тексеру комиссиясы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z97" w:id="70"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z97" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 жылғы 1 қаңтардан 2025 жылғы 31 желтоқсан аралығында ықпалдастырылған ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік лауазымына іріктеу мен орналасуға конкурс өткізудің уақытша тәртібі енгізілетін мемлекеттік органдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z98" w:id="71"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z98" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z99" w:id="72"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z99" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Адам құқықтары жөніндегі орталық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z100" w:id="73"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z100" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасының Ұлттық экономика министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z101" w:id="74"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z101" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасының Ғылым және жоғары білім министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z102" w:id="75"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z102" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасының Қорғаныс министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z103" w:id="76"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z103" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасының Ауыл шаруашылығы министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z104" w:id="77"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z104" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасының Еңбек және халықты әлеуметтік қорғау министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z105" w:id="78"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z105" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z106" w:id="79"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z106" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасының Сыртқы істер министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z107" w:id="80"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z107" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Алматы облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z108" w:id="81"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z108" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Алматы облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z109" w:id="82"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z109" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Алматы облысы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z110" w:id="83"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z110" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Атырау облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z111" w:id="84"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z111" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Атырау облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z112" w:id="85"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z112" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Атырау облысы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z113" w:id="86"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z113" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Жамбыл облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z114" w:id="87"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z114" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Жамбыл облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z115" w:id="88"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z115" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Жамбыл облысы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z116" w:id="89"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z116" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Жетісу облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z117" w:id="90"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z117" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Жетісу облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z118" w:id="91"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z118" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Жетісу облысы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z119" w:id="92"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z119" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Қостанай облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z120" w:id="93"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z120" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Қостанай облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z121" w:id="94"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z121" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Қостанай облысы бойынша тексеру комиссиясы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z122" w:id="95"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z122" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 жылғы 1 шілдесінен 2025 жылғы 31 желтоқсан аралығында ықпалдастырылған ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік лауазымына іріктеу мен орналасуға конкурс өткізудің уақытша тәртібі енгізілетін мемлекеттік органдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z123" w:id="96"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z123" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының Қаржылық мониторинг агенттігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z124" w:id="97"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z124" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасының Жоғары Сот Кеңесінің Аппараты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z125" w:id="98"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z125" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасының Бас прокуратурасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z126" w:id="99"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z126" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасының Конституциялық Сотының Аппараты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z127" w:id="100"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z127" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасының Сот әкімшілігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z128" w:id="101"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z128" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Президентінің Іс басқармасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z129" w:id="102"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z129" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасының Жоғары аудиторлық палатасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z130" w:id="103"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z130" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасының Орталық сайлау комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z131" w:id="104"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z131" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасыеың Қаржы министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z132" w:id="105"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z132" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасының Ішкі істер министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z133" w:id="106"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z133" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасының Төтенше жағдайлар министрлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z134" w:id="107"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z134" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Абай облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z135" w:id="108"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z135" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Абай облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z136" w:id="109"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z136" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Абай облысы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z137" w:id="110"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z137" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Алматы қаласының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z138" w:id="111"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z138" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Алматы қаласының жергілікті өкілді органы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z139" w:id="112"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z139" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Алматы қаласы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z140" w:id="113"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z140" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Ұлытау облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z141" w:id="114"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z141" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Ұлытау облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z142" w:id="115"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z142" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Ұлытау облысы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z143" w:id="116"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z143" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қызылорда облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z144" w:id="117"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z144" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Қызылорда облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z145" w:id="118"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z145" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Қызылорда облысы бойынша тексеру комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z146" w:id="119"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z146" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Түркістан облысының жергілікті атқарушы органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z147" w:id="120"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z147" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Түркістан облысының жергілікті өкілді органдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z148" w:id="121"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z148" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Түркістан облысы бойынша тексеру комиссиясы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>