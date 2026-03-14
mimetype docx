--- v0 (2025-10-05)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dcbebbf" w14:textId="dcbebbf">
+    <w:p w14:paraId="7e483a1" w14:textId="7e483a1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,74 +112,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қаржылық мониторинг агенттігі Төрағасының м.а. 2024 жылғы 30 қазандағы № 5 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 31 қазанда № 35311 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының </w:t>
+      ""Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 13-9)-тармақшасына сәйкес, БҰЙЫРАМЫН:</w:t>
+        <w:t xml:space="preserve"> 13-9)-тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа еңгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Қамтамасыз етілген цифрлық активтердің аударымдарын жүзеге асыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -730,114 +792,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қамтамасыз етілген цифрлық активтердің аударымдарын жүзеге асыру </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының (бұдан әрі – КЖ/ТҚҚ туралы Заң) </w:t>
+      1. Осы Қамтамасыз етілген цифрлық активтердің аударымдарын жүзеге асыру қағидалары (бұдан әрі – Қағидалар) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚҚ туралы Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 13-9)-тармақшасына сәйкес әзірленді және КЖ/ТҚҚ туралы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> белгіленген талаптарды ескере отырып, қамтамасыз етілген цифрлық активтерді шығаруды және олардың айналысын жүзеге асыратын тұлғаның қамтамасыз етілген цифрлық активтердің аударымдарын жүзеге асыруы тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve"> 13-9)-тармақшасына сәйкес әзірленді және КЖ/ТҚ/ЖҚҚТҚҚ туралы Заңда белгіленген талаптарды ескере отырып, қамтамасыз етілген цифрлық активтерді шығаруды және олардың айналысын жүзеге асыратын тұлғаның қамтамасыз етілген цифрлық активтердің аударымдарын жүзеге асыруы тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа еңгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Қамтамасыз етілген цифрлық активтердің айналыcын жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -908,171 +992,315 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қамтамасыз етілген цифрлық активтерді аудару ақпараттық жүйе қолданушылары арасындағы келісімге сәйкес мәліметтерді ақпарттық жүйеге енгізу жолымен цифрлық активтерді ақшаға және өзге де мүлікке иеліктен шығару, сатып алу, айырбастауды қоса алғанда, қамтамасыз етілген цифрлық активтерге құқықтарды куәландыру және олардың ауысуы арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Тұлға клиенттің (оның өкілінің) және бенефициарлық меншік иесінің атынан қамтамасыз етілген цифрлық активтерді жөнелту немесе алу кезінде аударымның және онымен байланысты кез келген хабарламаның жөнелтуші және алушы туралы нақты ақпаратты қамтитынына көз жеткізеді және КЖ/ТҚҚ туралы Заңның </w:t>
+      5. Тұлға клиенттің (оның өкілінің) және бенефициарлық меншік иесінің атынан қамтамасыз етілген цифрлық активтерді жөнелту немесе алу кезінде аударымның және онымен байланысты кез келген хабарламаның жөнелтуші және алушы туралы нақты ақпаратты қамтитынына көз жеткізеді және КЖ/ТҚ/ЖҚҚТҚҚ туралы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа еңгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Тұлға КЖ/ТҚҚ туралы Заңның </w:t>
-[...9 lines deleted...]
-        <w:t>10-бабына</w:t>
+      6. Тұлға КЖ/ТҚ/ЖҚҚТҚҚ туралы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-1 баптарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленген шекті мәндерден асатын операцияларды мониторингтеу, айқындау және хабарлау, күдікті әрекеттерді анықтау үшін бақылау рәсімдерін, жүйелері мен құралдарын құрайды және қолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа еңгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тұлға қамтамасыз етілген цифрлық активтердің барлық аударымдарымен бірге ілесіп жүретін ақпараттың:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) КЖ/ТҚҚ туралы Заңның 5-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес жөнелтушінің (оның өкілінің) және алушының деректерін;</w:t>
+      1) КЖ/ТҚ/ЖҚҚТҚҚ туралы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағына сәйкес жөнелтушінің (оның өкілінің) және алушының деректерін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жөнелтушінің/алушының банктік шотының нөмірін (бар болса);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
@@ -1112,110 +1340,296 @@
         <w:t>
       4) жөнелтушінің және алушының сәйкестендіру нөмірін қамтуы үшін шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) шот болмаған жағдайда операция нөмірі көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Қаржылық мониторинг агенттігі Төрағасының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа еңгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Тұлға қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру тәуекелдерін анықтау, бағалау, мониторингтеу, соның ішінде оларды барынша азайту бойынша (клиенттердің қызметтеріне (өнімдеріне), сондай-ақ клиенттер жасайтын операцияларға қатысты) рәсімдерді әзірлейді.</w:t>
+      8. Тұлға қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру тәуекелдерін анықтау, бағалау, мониторингтеу, соның ішінде оларды барынша азайту бойынша (клиенттердің қызметтеріне (өнімдеріне), сондай-ақ клиенттер жасайтын операцияларға қатысты) рәсімдерді әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа еңгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Тұлға басшылық қызметкерлер қатарынан немесе тиісті құрылымдық бөлімше басшысының деңгейінен төмен емес өзге де басшылар қатарынан ішкі бақылау қағидаларын іске асыруға және сақтауға жауапты тұлғаны тағайындау туралы талапты, сонымен қатар ішкі бақылау қағидаларын іске асыруға және сақтауға жауапты қаржы мониторингі субъектілеріне қойылатын өзге де талаптарды, соның ішінде КЖ/ТҚҚ туралы Заңның 11-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес мінсіз іскерлік беделдің болуы туралы талапты орындайды.</w:t>
+      9. Тұлға басшылық қызметкерлер қатарынан немесе тиісті құрылымдық бөлімше басшысының деңгейінен төмен емес өзге де басшылар қатарынан ішкі бақылау қағидаларын іске асыруға және сақтауға жауапты тұлғаны тағайындау туралы талапты, сонымен қатар ішкі бақылау қағидаларын іске асыруға және сақтауға жауапты қаржы мониторингі субъектілеріне қойылатын өзге де талаптарды, соның ішінде КЖ/ТҚ/ЖҚҚТҚҚ туралы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағына сәйкес мінсіз іскерлік беделдің болуы туралы талапты орындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа еңгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Тұлға қамтамасыз етілген цифрлық активтердің аударымдарына қатысты мәліметтер мен ақпаратты қаржылық мониторинг бойынша уәкілетті органға Қазақстан Республикасының Қаржылық мониторинг агенттігі төрағасының № 13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1228,128 +1642,190 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген, Қаржы мониторингі субъектілерінің қаржы мониторингіне жататын операциялар туралы мәліметтер мен ақпаратты беру қағидаларына (Қазақстан Республикасының Әділет министрлігінде № 26924 болып тіркелді) сәйкес электрондық әдіспен жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11. Тұлға құжаттардың көшірмесін КЖ/ТҚҚ туралы Заңның 11-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес клиентпен (оның өкілімен) және бенефициарлық меншік иесімен іскерлік қатынастарды тоқтатқан күннен бастап бес жыл бойы сақтайды.</w:t>
+      11. Тұлға құжаттардың көшірмесін КЖ/ТҚ/ЖҚҚТҚҚ туралы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тармағына сәйкес клиентпен (оның өкілімен) және бенефициарлық меншік иесімен іскерлік қатынастарды тоқтатқан күннен бастап бес жыл бойы сақтайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа еңгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>