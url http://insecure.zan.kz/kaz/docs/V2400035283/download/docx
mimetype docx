--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="92a31d6" w14:textId="92a31d6">
+    <w:p w14:paraId="106f76d" w14:textId="106f76d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1223,426 +1223,306 @@
     </w:p>
     <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесінің қызметкері құжаттар тіркелген кезден бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, жеке кәсіпкер ретінде тіркеу туралы мәліметтерді көрсетілетін қызметті беруші Порталдан алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған кезде жауапты құрылымдық бөлімшенің қызметкері 2 (екі) жұмыс күні ішінде уәкілетті орган басшысының немесе оның орынбасарларының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) қол қойылған электрондық құжат нысанында өтінішті одан әрі қараудан уәжді бас тартуды дайындайды және өтініш берушіге Порталдағы жеке кабинетіне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 563-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Көрсетілетін қызметті алушы есепке қою туралы куәлікті алу үшін құжаттардың толық топтамасын ұсынған жағдайда көрсетілетін қызметті берушінің құрылымдық бөлімшесінің қызметкері 8 (сегіз) жұмыс күні ішінде өтініштің мазмұны тұрғысынан құжаттарды қарайды, есепке қойылған отандық теле-, радиоарналардың тізілімінде атаудың бірдей болу-болмауына тексереді, қорытындылары бойынша есепке қою туралы куәлікті қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      7-тармақтың екінші бөлігі жаңа редакцияда көзделген – ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 562-НҚ</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...253 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Мемлекеттік қызмет көрсетуден бас тарту үшін негіздер анықталған кезде көрсетілетін қызметті беруші мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіруге мүмкіндік беру үшін тыңдау өткізу уақыты мен орны (тәсілі) туралы хабарлайды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті беруші мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын көрсетілетін қызметті алушыға тыңдау туралы хабарлайды. Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 73-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1655,90 +1535,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тыңдау хабардар етілген күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші отандық теле-, радиоарнаны есепке қою, қайта есепке қою, беру туралы куәлікті береді не мемлекеттік қызмет көрсетуден уәжді түрде бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Теле-, радиоарнаның меншік иесі ауысқан не ұйымдық-құқықтық нысаны, атауы, сондай-ақ атауы өзгерген жағдайларда теле -, радиоарна қайта есепке қоюға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Көрсетілетін қызметті алушы куәлікті қайта есепке қоюға өтініш берген кезде көрсетілетін қызметті берушінің құрылымдық бөлімшесінің қызметкері 8 (сегіз) жұмыс күні ішінде өтініштің мазмұнына құжаттарды қарайды, есепке қойылған отандық теле-, радиоарналардың тізілімінде бірдей атаудың болуын тексереді, сондай-ақ меншік иесі өзгерген жағдайда меншіктің ауысуын/меншік құқығының берілгенін растайтын берілген құжаттардың деректерін тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы жоғарыда көрсетілген талаптарға сәйкес келмеген кезде көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тарту туралы шешім шығарады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1829,128 +1709,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Көрсетілетін қызметті беруші Тізбенің 9-тармағында белгіленген негіздер бойынша мемлекеттік қызмет көрсетуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Орталық мемлекеттік органдардың, көрсетілетін қызметті берушінің және (немесе) олардың лауазымды адамдарының мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселелері бойынша шешіміне, әрекетіне (әрекетсіздігіне) шағымды қарауды Қазақстан Республикасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> заңнамасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес лауазымды адам, телерадио хабарларын тарату саласындағы жоғары тұрған уәкілетті орган, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2339,68 +2219,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>туралы куәлікті беретін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>органның толық атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сізден отандық теле-, радиоарна ________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3039,68 +2919,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>туралы куәлікті беретін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>органның толық атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сізден ________________________________________ себебі бойынша </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3932,68 +3812,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>есепке қою туралы куәлікті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>беретін органның толық атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Трансляцияланатын және ретрансляцияланатын теле-, радиобағдарламаларды жазып алу және алты ай бойы сақтау туралы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Теле-, радиоарнаның меншік иесінің атауы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4202,166 +4082,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұйымдық-құқықтық нысаны) қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қол қойылды және __:__ сағатта жіберілді "__" ______ 20__ жыл</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4397,108 +4161,218 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Отандық теле-, радиоарнаны </w:t>
+              <w:t>"Отандық теле-, радиоарнаны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">есепке қою, қайта есепке қою, </w:t>
+              <w:t>есепке қою, қайта есепке қою,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">куәлігін беру" мемлекеттік </w:t>
+              <w:t>куәлігін беру" мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызмет көрсету қағидаларына</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымша жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4511,52 +4385,432 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-"Отандық теле-, радиоарнаны есепке қою, қайта есепке қою, куәлігінің беру" (мемлекеттік көрсетілетін қызметтің атауы) мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі </w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отандық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теле-, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>радиоарнаны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қою</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қайта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қою</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>куәлігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру" (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетуге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>талаптардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4701,52 +4955,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- Мемлекеттік қызмет көрсету тәсілдері </w:t>
+              <w:t>
+Мемлекеттік қызмет көрсету тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5118,51 +5372,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5190,184 +5444,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет жеке және заңды тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) ақылы негізде көрсетіледі.</w:t>
-[...91 lines deleted...]
-Теле-, радиоарнаны қайта есепке алу тегін жүзеге асырылады. Ақы төлеу екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы, сондай-ақ Портал арқылы қолма-қол және қолма-қол ақшасыз нысанда жүргізіледі.</w:t>
+Мемлекеттік қызмет жеке және заңды тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5433,51 +5595,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) көрсетілетін қызметті беруші - Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, сағат 13:00-ден 14:30-ға дейінгі түскі үзіліспен дүйсенбіден бастап жұмаға дейін. Мемлекеттік қызмет көрсету мекенжайлары Министрліктің www.mam.gov.kz интернет-ресурсының "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған.</w:t>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, сағат 13:00-ден 14:30-ға дейінгі түскі үзіліспен дүйсенбіден бастап жұмаға дейін. Мемлекеттік қызмет көрсету мекенжайлары Министрліктің www. mam. gov. kz интернет-ресурсының "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5583,187 +5745,151 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес ұсынады;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2) отандық теле-, радиоарнаны қайта қою үшін көрсетілетін қызметті алушы порталға:</w:t>
+              <w:t xml:space="preserve">
+2) отандық теле-, радиоарнаны қайта қою үшін көрсетілетін қызметті алушы порталға: көрсетілетін қызметті алушының ЭЦҚ-сымен қол қойылған электрондық құжат нысанындағы өтінішті (сұрау салуды) осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес теле-, радиоарнаның меншік иесінің кірер есігі бөлек үй-жайлар мен алаңдарға немесе оларды жалға алуға мүліктік құқықтарының болуы туралы мәліметтер нысанын ұсынады;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-көрсетілетін қызметті алушының ЭЦҚ-сымен қол қойылған электрондық құжат нысанындағы өтінішті (сұрау салуды) осы Қағидаларға </w:t>
-[...36 lines deleted...]
-              <w:t xml:space="preserve">
 3) осы Қағидаларға </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес нысан бойынша трансляцияланатын және ретрансляцияланатын теле-, радиобағдарламаларды жазып алу және алты ай бойы сақтау туралы;</w:t>
-[...17 lines deleted...]
-Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, жеке кәсіпкер ретінде тіркеу туралы мәліметтерді, төлемді растайтын құжатты көрсетілетін қызметті беруші порталдан алады.</w:t>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша трансляцияланатын және ретрансляцияланатын теле-, радиобағдарламаларды жазып алу және алты ай бойы сақтау туралы; Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, жеке кәсіпкер ретінде тіркеу туралы мәліметтерді көрсетілетін қызметті беруші порталдан алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5790,52 +5916,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-1) көрсетілетін қызметті берушінің бұрын сол атаумен және сол аумақта таралатын не оның атауы бұрын құрылған теле-, радиоарнаның атауымен айырғысыз дәрежеде ұқсас теле-, радиоарнаны есепке қойғаны туралы куәлікті беруі; </w:t>
+              <w:t>
+1) көрсетілетін қызметті берушінің бұрын сол атаумен және сол аумақта таралатын не оның атауы бұрын құрылған теле-, радиоарнаның атауымен айырғысыз дәрежеде ұқсас теле-, радиоарнаны есепке қойғаны туралы куәлікті беруі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) теле -, радиоарнаны есепке қою немесе қайта есепке қою туралы өтініштің мазмұны "Масс-медиа туралы" Қазақстан Республикасы Заңының 22-бабы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -5847,141 +5973,123 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> талаптарына сәйкес келмейді;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) теле-, радиоарнаны есепке қою үшін алымның төленбеуі;</w:t>
+3) меншік иесінің ауысуына орай теле -, радиоарнаны қайта есепке қою туралы өтініште теле-, радиоарнаға меншік құқықтарын басқа адамға беру туралы шарттың нөмірі мен күнінің көрсетілмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) меншік иесінің ауысуына орай теле -, радиоарнаны қайта есепке қою туралы өтініште теле-, радиоарнаға меншік құқықтарын басқа адамға беру туралы шарттың нөмірі мен күнінің көрсетілмеуі;</w:t>
+4) шығарылуын бұрын сот тоқтатқан, атауы (атауының бір бөлігі) бірдей және тақырыптық бағыты дәл сондай теле-, радиоарнаны есепке қоюдың мәлімделуі немесе атауы мен тақырыптық бағытын қайталайтын теле-, радиоарнаның мәлімделуі, сондай-ақ шығарылуы сот шешімімен тоқтатылған теле-, радиоарналардың меншік иесі немесе бас редакторы (редакторы) соттың шешімі заңды күшіне енген күннен бастап 3 (үш) жыл ішінде өтініш берген жағдайда;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) шығарылуын бұрын сот тоқтатқан, атауы (атауының бір бөлігі) бірдей және тақырыптық бағыты дәл сондай теле-, радиоарнаны есепке қоюдың мәлімделуі немесе атауы мен тақырыптық бағытын қайталайтын теле-, радиоарнаның мәлімделуі, сондай-ақ шығарылуы сот шешімімен тоқтатылған теле-, радиоарналардың меншік иесі немесе бас редакторы (редакторы) соттың шешімі заңды күшіне енген күннен бастап 3 (үш) жыл ішінде өтініш берген жағдайда;</w:t>
+5) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) онда қамтылған деректердің (мәліметтердің) анық емес екендігі анықталса;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) онда қамтылған деректердің (мәліметтердің) анық емес екендігі анықталса;</w:t>
+6) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе белгілі бір мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-"Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+7) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге көрсетілетін қызметті алушының келісімінің болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -6070,87 +6178,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы ЭЦҚ-сы болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алады.</w:t>
-[...35 lines deleted...]
-Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары www.mam.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде көрсетілген, мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8 800 080 7777.</w:t>
+Көрсетілетін қызметті алушы ЭЦҚ-сы болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алады. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алады. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары www. mam. gov. kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде көрсетілген, мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6247,68 +6319,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызмет көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Теле-, радиоарнаның меншік иесінің кірер есігі бөлек үй-жайлар мен алаңдарға немесе оларды жалға алуға мүліктік құқықтарының болуы туралы мәліметтер нысаны: (үй-жайлардың орналасқан жері және олардың сипаттамасы көрсетіледі) (алаң шаршы метрде, кадастрлық нөмірі, мүліктік құқықтың түрі, жалға алу шарттының деректері)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -7187,87 +7259,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 488-НҚ бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасының аумағында таратылатын шетелдік теле-, радиоарнаны есепке қою, қайта есепке қою, куәлігін беру" мемлекеттік қызмет көрсету қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы "Қазақстан Республикасының аумағында таратылатын шетелдік теле-, радиоарнаны есепке қою, қайта есепке қою, куәлігін беру" мемлекеттік қызмет көрсету </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7282,170 +7354,170 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және "Қазақстан Республикасының аумағында таратылатын шетелдік теле-, радиоарнаны есепке қою, қайта есепке қою, куәлігін беру" мемлекеттік көрсетілетін қызметтің тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Қазақстан Республикасының аумағында таратылатын шетелдік теле-, радиоарнаны есепке қою, қайта есепке қою, куәлігін беру" мемлекеттік қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Мәдениет және ақпарат министрлігінің Ақпарат комитеті (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Көрсетілетін қызметті алушы – орталық мемлекеттік органдарды, Қазақстан Республикасының шетелдегі мекемелерін, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарын, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдерін қоспағанда, жеке және заңды тұлғалар (бұдан әрі – көрсетілетін қызметті алушы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Электрондық үкіметтің" веб-порталы – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесін қамтитын ақпараттық жүйе (бұдан әрі – Портал).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қағидаларға өзгерістер мен (немесе) толықтырулар енгізілген кезде көрсетілетін қызметті беруші "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылым операторына, Бірыңғай байланыс орталығына және көрсетілетін қызметті берушіге бекітілген күннен бастап 3 (үш) жұмыс күні ішінде осындай өзгерістер мен (немесе) толықтырулар туралы ақпаратты жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметтер көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті алушы көрсетілетін қызметті берушіге Портал арқылы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7460,429 +7532,349 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішті, сондай-ақ осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде көрсетілген құжаттарды жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті берушінің кеңсесі құжаттар келіп түскен күні оларды қабылдауды, тіркеуді жүзеге асырады және жауапты құрылымдық бөлімшеге орындауға береді. Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған кезде еңбек заңнамасына сәйкес өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесінің қызметкері құжаттар тіркелген кезден бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, жеке кәсіпкер ретінде тіркеу туралы мәліметтерді көрсетілетін қызметті беруші Порталдан алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған кезде жауапты құрылымдық бөлімшенің қызметкері 2 (екі) жұмыс күннің ішінде уәкілетті орган басшысының немесе оның орынбасарларының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) қол қойылған электрондық құжат нысанында өтінішті одан әрі қараудан уәжді бас тартуды дайындайды және өтініш берушіге Порталдағы жеке кабинетіне жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 563-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Көрсетілетін қызметті алушы есепке қою туралы куәлікті алу үшін құжаттардың толық топтамасын ұсынған жағдайда көрсетілетін қызметті берушінің құрылымдық бөлімшесінің қызметкері күнтізбелік 15 (он бес) күн ішінде өтініштің мазмұны тұрғысынан құжаттарды қарайды, шетелдік теле-, радиоарналардың өнімдеріне Қазақстан Республикасының заңнамасына сәйкестік мәніне сараптама жүргізеді, қорытындылары бойынша есепке қою туралы куәлікті қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      7-тармақтың екінші бөлігі жаңа редакцияда көзделген – ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 562-НҚ</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...213 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Мемлекеттік қызмет көрсетуден бас тарту үшін негіздер анықталған кезде көрсетілетін қызметті беруші мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіруге мүмкіндік беру үшін тыңдау өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті беруші мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын көрсетілетін қызметті алушыға тыңдау туралы хабарлайды. Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 73-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7895,90 +7887,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тыңдау хабардар етілген күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші Қазақстан Республикасының аумағында таратылатын шетелдік теле-, радиоарнаны есепке қою, қайта есепке қою туралы куәлік береді не мемлекеттік қызмет көрсетуден уәжді түрде бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Шетелдік теле-, радиоарнаны қайта есепке қою меншік иесі ауысқан не заңды тұлғаның ұйымдық-құқықтық нысаны, теле-, радиоарнаның аты, негізгі тақырыптық бағыты өзгерген, Қазақстан Республикасының аумағында заңды тұлғаларды мемлекеттік тіркеу және филиалдар мен өкілдіктерді есептік тіркеу рәсімінен өткен жаңа заңды тұлға немесе филиал (өкілдік) құрылған жағдайларда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Көрсетілетін қызметті алушы куәлікті қайта есепке қоюға өтініш берген кезде көрсетілетін қызметті берушінің құрылымдық бөлімшесінің қызметкері күнтізбелік 15 (он бес) күн ішінде өтініштің және өтінішке қоса берілген құжаттардың мазмұнына құжаттарды қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы жоғарыда көрсетілген талаптарға сәйкес келмеген кезде көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тарту туралы шешім шығарады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8069,128 +8061,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Көрсетілетін қызметті беруші Тізбенің 9-тармағында белгіленген негіздер бойынша мемлекеттік қызметті көрсетуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Орталық мемлекеттік органдардың, көрсетілетін қызметті берушінің және (немесе) олардың лауазымды адамдарының мемлекеттік қызмет көрсету мәселелері бойынша шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселелері бойынша шешіміне, әрекетіне (әрекетсіздігіне) шағымды қарауды Қазақстан Республикасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> заңнамасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес лауазымды адам, телерадио хабарларын тарату саласындағы жоғары тұрған уәкілетті орган, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8271,52 +8263,72 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам, егер ол 3 (үш) жұмыс күні ішінде қолайлы әкімшілік акт қабылдаса, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік әрекет жасаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
+        <w:t xml:space="preserve">
+      Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шағым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жасалғаннан кейін жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8553,68 +8565,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>беретін орган басшысының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Т.А.Ә. (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9095,166 +9107,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мөрдің орны "__" ______20 ___ жыл (бар болған жағдайда)</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9290,134 +9186,192 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Қазақстан Республикасының </w:t>
+              <w:t>"Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">аумағында таратылатын </w:t>
-[...55 lines deleted...]
-            </w:r>
+              <w:t>аумағында таратылатын шетелдік теле-, радиоарнаны есепке қою, қайта есепке қою, куәлігін беру" мемлекеттік қызмет көрсету қағидаларына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9431,51 +9385,511 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Қазақстан Республикасының аумағында таралатын шетелдік теле-, радиоарнаны есепке қою, қайта есепке қою, куәлігінің беру" (мемлекеттік көрсетілетін қызметтің атауы) мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аумағында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таралатын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шетелдік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теле-, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>радиоарнаны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қою</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қайта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қою</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>куәлігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру" (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетуге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>талаптардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9620,52 +10034,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- Мемлекеттік қызмет көрсету тәсілдері </w:t>
+              <w:t>
+Мемлекеттік қызмет көрсету тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9770,51 +10184,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызмет көрсету мерзімі – 15 (он бес) жұмыс күні.</w:t>
+Қызмет көрсету мерзімі – 15 (он бес) күнтізбелік күн.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10037,51 +10451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10108,167 +10522,93 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>
-1) теле-, радиоарнаны есепке қою туралы куәлік бергені үшін: балалар және ғылыми тақырыптағы теле-, радиоарнаны құратын көрсетілетін қызметті алушылар үшін – алым төленген күні қолданыста болатын екі айлық есептік көрсеткіш;</w:t>
-[...35 lines deleted...]
- Теле -, радиоарнаны қайта есепке алу тегін жүзеге асырылады. Ақы төлеу екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы, сондай-ақ Портал арқылы қолма-қол және қолма-қол ақшасыз нысанда жүргізіледі.</w:t>
+Мемлекеттік қызмет жеке және заңды тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10316,69 +10656,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) көрсетілетін қызметті беруші - Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 13:00-ден 14:30-ға дейінгі түскі үзіліспен сағат 9:00-ден 17:30-ға дейін. Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек тәртібімен көрсетіледі.</w:t>
-[...17 lines deleted...]
-портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған кезде Қазақстан Республикасының еңбек заңнамасына сәйкес өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады). Мемлекеттік қызмет көрсету мекенжайлары Министрліктің www.mam.gov.kz интернет-ресурсының "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған</w:t>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 13:00-ден 14:30-ға дейінгі түскі үзіліспен сағат 9:00-ден 17:30-ға дейін. Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек тәртібімен көрсетіледі. портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған кезде Қазақстан Республикасының еңбек заңнамасына сәйкес өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады). Мемлекеттік қызмет көрсету мекенжайлары Министрліктің www. mam. gov. kz интернет-ресурсының "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10447,148 +10769,218 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті алушының –ЭЦҚ-мен қол қойылған теле-, радиоарнаның хабар тарату торын (келесі айға) қоса бере отырып, электрондық құжат нысанындағы сұрау салу; жеке тұлғалар үшін – теле-, радиоарнаның меншік иесі – шетелдік жеке тұлғаның жеке басын куәландыратын құжаттың электрондық көшірмесі; кәсіпкерлік қызметпен айналысу құқығын растайтын құжаттың электрондық көшірмесі; заңды тұлғалар үшін – сауда тізілімінен заңдастырылған үзінді көшірменің электрондық көшірмесі немесе құрылтайшы – шетелдік заңды тұлғаның шет мемлекеттің заңнамасы бойынша заңды тұлға болып табылатынын куәландыратын, заңдастырылған басқа құжат;</w:t>
+1) көрсетілетін қызметті алушының –ЭЦҚ-мен қол қойылған теле-, радиоарнаның хабар тарату торын (келесі айға) қоса бере отырып, электрондық құжат нысанындағы сұрау салу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Қайта есепке алу үшін: көрсетілетін қызметті алушының ЭЦҚ қойылған электрондық құжат нысанындағы сұрау салу; жеке тұлғалар үшін – теле-, радиоарнаның меншік иесі - шетелдік жеке тұлғаның жеке басын куәландыратын құжаттың электрондық көшірмесі; жеке тұлғалар үшін – теле-, радиоарнаның меншік иесі - шетелдік жеке тұлғаның жеке басын куәландыратын құжаттың электрондық көшірмесі; кәсіпкерлік қызметпен айналысу құқығын растайтын құжаттың электрондық көшірмесі; заңды тұлғалар үшін – сауда тізілімінен заңдастырылған үзінді көшірменің электрондық көшірмесі немесе құрылтайшы – шетелдік заңды тұлғаның шет мемлекеттің заңнамасы бойынша заңды тұлға болып табылатынын куәландыратын, заңдастырылған басқа құжат.</w:t>
+жеке тұлғалар үшін – теле-, радиоарнаның меншік иесі – шетелдік жеке тұлғаның жеке басын куәландыратын құжаттың электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік</w:t>
-[...19 lines deleted...]
-              <w:t>(қайта тіркеу) туралы, жеке кәсіпкер ретінде тіркеу туралы мәліметтерді, төлемді растайтын құжатты көрсетілетін қызметті беруші Порталдан алады.</w:t>
+кәсіпкерлік қызметпен айналысу құқығын растайтын құжаттың электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заңды тұлғалар үшін – сауда тізілімінен заңдастырылған үзінді көшірменің электрондық көшірмесі немесе құрылтайшы – шетелдік заңды тұлғаның шет мемлекеттің заңнамасы бойынша заңды тұлға болып табылатынын куәландыратын, заңдастырылған басқа құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Қайта есепке алу үшін: көрсетілетін қызметті алушының ЭЦҚ қойылған электрондық құжат нысанындағы сұрау салу; жеке тұлғалар үшін – теле-, радиоарнаның меншік иесі - шетелдік жеке тұлғаның жеке басын куәландыратын құжаттың электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеке тұлғалар үшін – теле-, радиоарнаның меншік иесі - шетелдік жеке тұлғаның жеке басын куәландыратын құжаттың электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кәсіпкерлік қызметпен айналысу құқығын растайтын құжаттың электрондық көшірмесі; заңды тұлғалар үшін – сауда тізілімінен заңдастырылған үзінді көшірменің электрондық көшірмесі немесе құрылтайшы – шетелдік заңды тұлғаның шет мемлекеттің заңнамасы бойынша заңды тұлға болып табылатынын куәландыратын, заңдастырылған басқа құжат.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, жеке кәсіпкер ретінде тіркеу туралы мәліметтерді көрсетілетін қызметті беруші Порталдан алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10634,197 +11026,159 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) өтініш уәкілетті орган белгілеген талаптарға сәйкес келмейді;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) теле-, радиоарнаны есепке қою үшін алым төленбеген;</w:t>
+2) шетелдік теле-, радиоарнаның материалдары Қазақстан Республикасының конституциялық құрылысын күштеп өзгертуді, тұтастығын бұзуды, мемлекет қауіпсіздігіне нұқсан келтіруді, соғысты, экстремизмді немесе терроризмді, қатыгездік пен зорлық-зомбылықты, әлеуметтік, нәсілдік, ұлттық, діни, тектік-топтық және рулық басымдықты насихаттауды немесе үгіттеуді, ұлтаралық және конфессияаралық араздықты қоздыруға бағытталған ақпаратты, сондай-ақ порнографиялық және арнайы сексуалдық-эротикалық сипаттағы кино- және бейнеөнімдерді, сондай-ақ суицидті насихаттайтын ақпаратты қамтитын болса;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) шетелдік теле-, радиоарнаның материалдары Қазақстан Республикасының конституциялық құрылысын күштеп өзгертуді, тұтастығын бұзуды, мемлекет қауіпсіздігіне нұқсан келтіруді, соғысты, экстремизмді немесе терроризмді, қатыгездік пен зорлық-зомбылықты, әлеуметтік, нәсілдік, ұлттық, діни, тектік-топтық және рулық басымдықты насихаттауды немесе үгіттеуді, ұлтаралық және конфессияаралық араздықты қоздыруға бағытталған ақпаратты, сондай-ақ порнографиялық және арнайы сексуалдық-эротикалық сипаттағы кино- және бейнеөнімдерді, сондай-ақ суицидті насихаттайтын ақпаратты қамтитын болса;</w:t>
+3) дінтану сараптамасының нәтижелері бойынша теріс қорытындының болуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) дінтану сараптамасының нәтижелері бойынша теріс қорытындының болуы;</w:t>
+4) шетелдік теле-, радиоарнаның өніміне қатысты оны Қазақстан Республикасының аумағында таратуға тыйым салу туралы сот шешімінің болуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) шетелдік теле-, радиоарнаның өніміне қатысты оны Қазақстан Республикасының аумағында таратуға тыйым салу туралы сот шешімінің болуы;</w:t>
+5) заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) немесе филиалды (өкілдікті) Порталда есептік тіркеу (қайта тіркеу) туралы мәліметтер жоқ болуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) заңды тұлғаны мемлекеттік</w:t>
-[...19 lines deleted...]
-              <w:t>(қайта тіркеу) немесе филиалды (өкілдікті) Порталда есептік тіркеу (қайта тіркеу) туралы мәліметтер жоқ болуы;</w:t>
+6) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) анық еместігінің анықталуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) анық еместігінің анықталуы;</w:t>
+7) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-"Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+8) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге көрсетілетін қызметті алушының келісімінің болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -10913,69 +11267,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алады.</w:t>
-[...17 lines deleted...]
-Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары www.mam.gov.kz интернет -ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде көрсетілген, мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8 800 080 7777.</w:t>
+Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алады. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары www. mam. gov. kz интернет -ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде көрсетілген, мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11098,125 +11434,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 488-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Мерзімді баспасөз басылымдарын, интернет-басылымдарды есепке қою немесе қайта есепке алу" мемлекеттік қызмет көрсету қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 563-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z63" w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы "Мерзімді баспасөз басылымдарын, интернет-басылымдарды есепке қою немесе қайта есепке алу" мемлекеттік қызмет көрсету </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11231,150 +11567,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және "Мерзімді баспасөз басылымдарын, интернет-басылымдарды есепке қою немесе қайта есепке алу" мемлекеттік қызмет көрсету тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Мерзімді баспасөз басылымдарын, интернет-басылымдарды есепке қою немесе қайта есепке алу" мемлекеттік қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Мәдениет және ақпарат министрлігінің Ақпарат комитеті (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z65" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Көрсетілетін қызметті алушы – орталық мемлекеттік органдарды, Қазақстан Республикасының шетелдегі мекемелерін, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарын, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдерін қоспағанда, жеке және заңды тұлғалар (бұдан әрі – көрсетілетін қызметті алушы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z66" w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Электрондық үкіметтің" веб-порталы – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесін қамтитын ақпараттық жүйе (бұдан әрі – Портал).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қағидаларға өзгерістер және (немесе) толықтырулар енгізілген кезде көрсетілетін қызметті беруші "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылым операторына, Бірыңғай байланыс орталығына бекітілген күннен бастап 3 (үш) жұмыс күні ішінде осындай өзгерістер және (немесе) толықтырулар туралы ақпаратты жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметтер көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z69" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті алушы көрсетілетін қызметті берушіге Портал арқылы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11409,469 +11745,405 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішті, сондай-ақ осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде көрсетілген құжаттарды жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті берушінің кеңсесі құжаттар келіп түскен күні оларды қабылдауды, тіркеуді жүзеге асырады және жауапты құрылымдық бөлімшеге орындауға береді. Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған кезде еңбек заңнамасына сәйкес өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z70" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесінің қызметкері құжаттар тіркелген кезден бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, жеке кәсіпкер ретінде тіркеу туралы мәліметтерді көрсетілетін қызметті беруші Порталдан алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған кезде жауапты құрылымдық бөлімшенің қызметкері 2 (екі) жұмыс күні ішінде уәкілетті орган басшысының немесе оның орынбасарларының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) қол қойылған электрондық құжат нысанында өтінішті одан әрі қараудан уәжді бас тартуды дайындайды және өтініш берушіге Порталдағы жеке кабинетіне жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Көрсетілетін қызметті алушы есепке қою туралы куәлікті алу үшін құжаттардың толық топтамасын ұсынған жағдайда көрсетілетін қызметті берушінің құрылымдық бөлімшесінің қызметкері 8 (сегіз) жұмыс күні ішінде өтініштің мазмұны тұрғысынан құжаттарды қарайды, есепке қойылған мерзімді баспасөз басылымдарының, интернет-басылымдарды тізілімінде атаудың бірдей болу-болмауын тексереді, қорытындысы бойынша есепке қою туралы куәлікті қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      7-тармақтың екінші бөлігі жаңа редакцияда көзделген – ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 562-НҚ</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...187 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="57"/>
+    <w:bookmarkStart w:name="z72" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Мемлекеттік қызмет көрсетуден бас тарту үшін негіздер анықталған кезде көрсетілетін қызметті беруші мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша өз ұстанымын білдіруге мүмкіндік беру үшін тыңдау өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті беруші мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын көрсетілетін қызметті алушыға тыңдау туралы хабарлайды. Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 73-бабының 1-тармағына сәйкес тыңдау хабардар етілген күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші мерзімді баспасөз басылымдарын, интернет-басылымдарды есепке қою немесе қайта есепке қою туралы куәлік береді не мемлекеттік қызмет көрсетуден уәжді түрде бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="58"/>
+    <w:bookmarkStart w:name="z73" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мерзімді баспасөз басылымының, интернет-басылымдардың меншік иесі ауысқан не оның атауы, сондай-ақ басылымның не материалдар мен хабарлардың атауы, тілі, таралу аумағы, негізгі тақырыптық бағыты және шығару мерзімділігі өзгерген жағдайларда қайта есепке қойылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z74" w:id="59"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z74" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Көрсетілетін қызметті алушы куәлікті қайта есепке қоюға өтініш берген кезде көрсетілетін қызметті берушінің құрылымдық бөлімшесінің қызметкері 8 (сегіз) жұмыс күні ішінде өтініштің мазмұнына құжаттарды қарайды, есепке қойылған мерзімді басылымдардың, интернет-басылымдардың тізілімінде бірдей атаудың болуын тексереді, сондай-ақ меншік иесі өзгерген жағдайда, меншік иесінің ауысуын/меншік құқығының берілуін растайтын құжаттардың деректерін тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы жоғарыда көрсетілген талаптарға сәйкес келмеген кезде көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тарту туралы шешім шығарады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11900,128 +12172,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы хабарламаны алған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмейтін мерзімде мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешімге қарсылығын беруге немесе білдіруге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарсылықты қарау нәтижелері бойынша көрсетілетін қызметті алушыдан келіп түскен жағдайда көрсетілетін қызметті беруші қайта есепке қою туралы куәлікті немесе мемлекеттік қызметті көрсетуден уәжді бас тартуды береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="60"/>
+    <w:bookmarkStart w:name="z75" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Көрсетілетін қызметті беруші Тізбенің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген негіздер бойынша мемлекеттік қызмет көрсетуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z76" w:id="61"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z76" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Орталық мемлекеттік органдардың, көрсетілетін қызметті берушінің және (немесе) олардың лауазымды адамдарының мемлекеттік қызмет көрсету мәселелері бойынша шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z77" w:id="62"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z77" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселелері бойынша шешіміне, әрекетіне (әрекетсіздігіне) шағымды қарауды Қазақстан Республикасының заңнамасына сәйкес лауазымды адам, масс-медиа саласындағы мемлекеттік реттеуді жүзеге асыратын жоғары тұрған уәкілетті орган, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14037,166 +14309,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деректерді жинауға, өңдеуге мәліметтерді пайдалануға келісемін.  Мөр орны (бар</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       болған жағдайда) ______   (қолы)   20_ жылғы "___"_____</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14288,50 +14444,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мемлекеттік қызмет көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымша жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14345,51 +14559,471 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Мерзімді баспасөз басылымдарын, интернет-басылымдарды есепке қою немесе қайта есепке алу" (мемлекеттік көрсетілетін қызметтің атауы) мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мерзімді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баспасөз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басылымдарын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, интернет-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басылымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қою</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қайта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>" (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетуге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>талаптардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14910,51 +15544,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі – мерзімді баспасөз басылымдарын, интернет-басылымдарды есепке қою немесе қайта есепке алу туралы куәлік (бұдан әрі – куәлік) не осы Қағидаларда көзделген жағдайларда және негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы уәжді жауап. Порталда мемлекеттік қызметті көрсету нәтижесі немесе мемлекеттік қызметті көрсетуден бас тарту туралы уәжді жауап көрсетілетін қызметті берушінің уәкілетті тұлғаның электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) қол қойылған электрондық құжат нысанында "жеке кабинетіне" жолданады.</w:t>
+Мемлекеттік қызметті көрсету нәтижесі – мерзімді баспасөз басылымдарын, интернет-басылымдарды есепке қою немесе қайта есепке алу туралы куәлік (бұдан әрі – куәлік) не осы Қағидаларда көзделген жағдайларда және негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы уәжді жауап. Порталда мемлекеттік қызметті көрсету нәтижесі немесе мемлекеттік қызметті көрсетуден бас тарту туралы уәжді жауап көрсетілетін қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) қол қойылған электрондық құжат нысанында "жеке кабинетіне" жолданады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15022,108 +15656,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>
-1) мерзімді баспасөз басылымын, интернет-басылымдарды есепке қою туралы куәлік беру үшін: балаларға арналған және ғылыми тақырыптағы мерзімді баспасөз басылымын, интернет-басылымдарды құратын көрсетілетін қызметті алушылар үшін – алым төленген күні қолданыста болатын екі айлық есептік көрсеткішті; өзге де тақырыптағы мерзімді баспасөз басылымын, интернет-басылымдарды құратын көрсетілетін қызметті алушылар үшін – алым төленген күні қолданыста болатын бес айлық есептік көрсеткішті;</w:t>
-[...17 lines deleted...]
-Мерзімді баспасөз басылымын, интернет-басылымдарды қайта есепке қою тегін жүзеге асырылады. Ақы төлеу қолма-қол ақша және қолма-қол ақшасыз нысанда екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы жүргізіледі.</w:t>
+Мемлекеттік қызмет жеке және заңды тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15230,51 +15808,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) көрсетілетін қызметті беруші - Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, 13:00-ден 14:30-ға дейінгі түскі үзіліспен дүйсенбіден бастап жұмаға дейін. Мемлекеттік қызмет көрсету мекенжайлары Министрліктің www.mam.gov.kz интернет-ресурсының "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған.</w:t>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, 13:00-ден 14:30-ға дейінгі түскі үзіліспен дүйсенбіден бастап жұмаға дейін. Мемлекеттік қызмет көрсету мекенжайлары Министрліктің www. mam. gov. kz интернет-ресурсының "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15343,51 +15921,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) мерзімді баспасөз басылымдарын, интернет- басылымдарды есепке қою үшін көрсетілетін қызметті алушы: көрсетілетін қызметті алушының ЭЦҚ-сымен қол қойылған электрондық құжат нысанындағы сұрау салуды (осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесіне </w:t>
+1) мерзімді баспасөз басылымдарын, интернет-басылымдарды есепке қою үшін көрсетілетін қызметті алушы: көрсетілетін қызметті алушының ЭЦҚ-сымен қол қойылған электрондық құжат нысанындағы сұрау салуды (осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес) ұсынады;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -15401,51 +15979,69 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) мерзімді баспасөз басылымын, интернет-басылымдарды қайта есепке алу үшін (меншік иесінің ауысуына не ұйымдық-құқықтық нысанының, мерзімді баспасөз басылымының, интернет-басылымдар атауының, негізгі тақырыптық бағыттылығы мен шығару мерзімділігінің, сондай-ақ тарату аумағының өзгеруіне байланысты) көрсетілетін қызметті алушы: көрсетілетін қызметті алушының ЭЦҚ-сымен қол қойылған электрондық құжат нысанындағы сұрау салуды (осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес); Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, жеке кәсіпкер ретінде тіркеу туралы мәліметтерді, төлемді растайтын құжатты көрсетілетін қызметті беруші Порталдан алады.</w:t>
+              <w:t xml:space="preserve"> сәйкес);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, жеке кәсіпкер ретінде тіркеу туралы мәліметтерді көрсетілетін қызметті беруші Порталдан алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15514,177 +16110,327 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті берушінің бұрын сол атаумен және сол аумақта таралатын не оның атауы бұрын құрылған мерзімді баспасөз басылымының, интернет-басылымдардың атауымен айырғысыз дәрежеде ұқсас мерзімді баспасөз басылымын, интернет-басылымдарды есепке қойғаны туралы куәлікті беруі;</w:t>
+1) көрсетілетін қызметті берушінің бұрын сол атаумен және сол аумақта таралатын не оның атауы бұрын құрылған мерзімді баспасөз басылымының, интернет-басылымдардың атауымен айырғысыз дәрежеде ұқсас мерзімді баспасөз басылымына, интернет- басылымдарды есепке қойғаны туралы куәлікті беруі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2) мерзімді баспасөз басылымын, интернет-басылымды есепке қою немесе қайта есепке алу туралы өтініштің мазмұны "Масс-медиа туралы" Қазақстан Республикасы Заңының 22-бабы 5-тармағының талаптарына сәйкес келмейді;</w:t>
+              <w:t xml:space="preserve">
+2) мерзімді баспасөз басылымын, интернет-басылымды есепке қою немесе қайта есепке алу туралы өтініштің мазмұны "Масс-медиа туралы" Қазақстан Республикасы Заңының 22-бабы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-тармағының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>талаптарына сәйкес келмейді;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) мерзімді баспасөз басылымдарын, интернет-басылымдарды есепке қою үшін алымның төленбеуі;</w:t>
+3) меншік иесінің ауысуына орай мерзімді баспасөз басылымын, интернет- басылымдарды қайта есепке алу туралы өтініште мерзімді баспасөз басылымына, интернет-басылымдарды меншік құқықтарын басқа адамға беруді растайтын шарттың нөмірі мен күнінің көрсетілмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) меншік иесінің ауысуына орай мерзімді баспасөз басылымын, интернет-басылымдарды қайта есепке алу туралы өтініште мерзімді баспасөз басылымына интернет-басылымдарды меншік құқықтарын басқа адамға беруді растайтын шарттың нөмірі мен күнінің көрсетілмеуі;</w:t>
+4) шығарылуын бұрын сот тоқтатқан атауы (атауының бір бөлігі) бірдей және тақырыптық бағыты дәл сондай мерзімді баспасөз басылымын, интернет-басылымдарды есепке қоюдың мәлімделуі немесе атауы мен тақырыптық бағытын қайталайтын мерзімді баспасөз басылымының, интернет-басылымдардың мәлімделуі, сондай-ақ шығарылуы сот шешімімен тоқтатылған мерзімді баспасөз басылымының, интернет-басылымдардың меншік иесі немесе бас редакторы (редакторы) соттың шешімі заңды күшіне енген күннен бастап үш жыл ішінде өтініш берген жағдайда;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) шығарылуын бұрын сот тоқтатқан атауы (атауының бір бөлігі) бірдей және тақырыптық бағыты дәл сондай мерзімді баспасөз басылымдары, интернет- басылымдарды есепке қоюдың мәлімделуі немесе атауы мен тақырыптық бағытын қайталайтын мерзімді баспасөз басылымдарының, интернет-басылымдардың мәлімделуі, сондай-ақ шығарылуы сот шешімімен тоқтатылған мерзімді баспасөз басылымдарының, интернет-басылымдардың меншік иесі немесе бас редакторы (редакторы) соттың шешімі заңды күшіне енген күннен бастап үш жыл ішінде өтініш берген жағдайда;</w:t>
+5) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе белгілі бір мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-6) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе белгілі бір мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы.</w:t>
+              <w:t xml:space="preserve">
+6) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге көрсетілетін қызметті алушының келісімінің болмауы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге көрсетілетін қызметті алушының келісімінің болмауы.</w:t>
+7) Көрсетілетін қызметті алушы мемлекеттік қызметті алу үшін ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәлеметтердің) дұрыс еместігін анықтағанда.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+8) егер сот әрекетке қабілетсіз деп таныған Қазақстан Республикасының азаматы бас редактор болып табылса; "Масс-медиа туралы" Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18 бабы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-8) Көрсетілетін қызметті алушы мемлекеттік қызметті алу үшін ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәлеметтердің) дұрыс еместігін анықтағанда.</w:t>
+9) егер тағайындау кезінде заңда белгіленген тәртіппен өтелмеген немесе алынбаған сотталғандығы бар Қазақстан Республикасының азаматы бас редактор болып табылса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) егер шетелдік не азаматтығы жоқ адам бас редактор болып табылса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) егер сот шешімі заңды күшіне енген күннен бастап үш жыл ішінде, өздерінің кінәсінен бұқаралық ақпарат құралының шығарылуы және таратылуы сот шешімімен тоқтатылған бұқаралық ақпарат құралының бас редакторы (редакторлары) болған Қазақстан Республикасының азаматы бас редактор болып табылса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) Қазақстан Республикасындағы бұқаралық ақпарат құралының меншiк иесi – заңды тұлға немесе осы саладағы қызметті жүзеге асырушы заңды тұлға акцияларының (жарғылық капиталға қатысу үлестерiнiң, пайларының) 20 пайызынан астамын шетелдiктердің және шетелдік заңды тұлғалардың, азаматтығы жоқ адамдардың тiкелей және (немесе) жанама иеленуiне, пайдалануына, оларға билiк етуiне және (немесе) оларды басқаруына тыйым салынады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13) егер бұқаралық ақпарат құралының меншік иесі болып табылатын заңды тұлғаның құрамында шетелдік қатысу акцияларының (жарғылық капиталға қатысу үлестерінің, пайларының) 20 пайыздан астамы болса.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15752,70 +16498,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алады. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары www.mam.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде көрсетілген, мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8 800 080 7777.</w:t>
+Көрсетілетін қызметті алушы ЭЦҚ-сы болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алады. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алады. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары www. mam. gov. kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде көрсетілген, мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -15847,55 +16575,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>